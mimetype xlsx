--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -19,51 +19,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>WIZ-GAB-QU-0005 Gabinet Quadro</t>
   </si>
   <si>
-    <t>z dnia 2025-11-04 10:49:05</t>
+    <t>z dnia 2025-11-04 12:21:22</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>095446</t>
   </si>
   <si>
     <t>Quadro - biurko z szafką i 1 szufladą 90 st.  - szare, skrzynia klon jasny</t>
   </si>
@@ -222,51 +222,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f336847ee0a9b8c3d04ddf8471ee7211.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57e5bd76f6891009594872096e0e08c92.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52a70bb5ddc6c8e4eba81237a66b658d3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/471370e3308001eb44b50020338d9e534.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/858bb71e2617cd909d5efbec42a8e4315.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522d07736c21f56a0321577180a1e8026.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45bcfcf458122428a17422cccf3e7fb87.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a613f46ea3101027eab043bc2ee52888.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66a6156db02077420200df84a0d08da71.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c55ae3801cc7a94bc5470159ee824ca22.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe0711285621180998a0e5d20ee86ea43.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/011c91ed24359abc627332062dec9eb64.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56fb8e9c6d3b90da037ed3540572cbbf5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a8732b2903561fe971750c12d117a2e6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fefef6815ebea8304657e89986313897.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77eb8ccf7c5f652d9f16827eb3df817e8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-GAB-QU-0005" descr="Gabinet Quadro"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>