--- v1 (2025-11-04)
+++ v2 (2025-12-20)
@@ -14,128 +14,119 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>WIZ-GAB-QU-0005 Gabinet Quadro</t>
   </si>
   <si>
-    <t>z dnia 2025-11-04 12:21:22</t>
+    <t>z dnia 2025-12-20 11:08:52</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
-    <t>095446</t>
-[...7 lines deleted...]
-  <si>
     <t>548100</t>
   </si>
   <si>
     <t>Krzesło obrotowe szaro-czarne</t>
   </si>
   <si>
     <t>Wyposażone w wysokie, ergonomicznie wyprofilowane oparcie, zapewniające optymalne wsparcie dla kręgosłupa. Regulowana wysokość. Krzesło na kółkach. Materiał: 100% włókno syntetyczne. • śr. 63 cm • wym. siedziska 50 x 48 cm • wys. siedziska 51-57 cm</t>
   </si>
   <si>
     <t>SET6241</t>
   </si>
   <si>
     <t>Quadro - zestaw 121, 90 st., skrzynia klon jasny</t>
   </si>
   <si>
-    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną.• 092144 Quadro - szafka XL z 3 półkami, klon jasny 4 szt.• 096668 Quadro - nadstawka M z półką, klon jasny 4 szt.• 092212 Quadro - drzwiczki średnie 90 st.  - białe 16 szt.• wym. 316,80 x 41,50 x 238,60 cm• długość zestawu: 3,17 m</t>
+    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną.• 092144 Quadro - szafka XL z 3 półkami, klon jasny 4 szt.• 096668 Quadro - nadstawka M z półką, klon jasny 4 szt.• 092212 Quadro - drzwiczki średnie 90 st.  - białe 16 szt.• wym. 316,80 x 41,50 x 238,60 cm• długość zestawu: 3,17 mSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>SET6042</t>
   </si>
   <si>
     <t xml:space="preserve">Quadro - zestaw 39, 90 st., skrzynia klon jasny </t>
   </si>
   <si>
-    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną.• 092154 Quadro - szafka asymetryczna M na szerokie szuflady, klon jasny, 1 szt.                            • 092287 Półki wąskie do Quadro 2 szt., 1 kpl.• 092201 Quadro - drzwiczki małe 90 st. - szare, 2 szt.• 092250 Quadro - szuflada szeroka - biała, 4 szt.• wym. 116,80 x 41,50 x 86,80 cm</t>
+    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną.• 092154 Quadro - szafka asymetryczna M na szerokie szuflady, klon jasny, 1 szt.                            • 092287 Półki wąskie do Quadro 2 szt., 1 kpl.• 092201 Quadro - drzwiczki małe 90 st. - szare, 2 szt.• 092250 Quadro - szuflada szeroka - biała, 4 szt.• wym. 116,80 x 41,50 x 86,80 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092481</t>
   </si>
   <si>
     <t>Stół kawowy Expo śr. 80 cm - klon 375</t>
   </si>
   <si>
     <t>Stoły na metalowej konstrukcji w kolorze aluminium, którą tworzy rama i nogi wyposażone w stopkę regulacyjną. Stopka umożliwia idealne wypoziomowanie mebla - regulacja w zakresie do 25 mm. Blaty stołów wykonane z płyty laminowanej o gr. 25 mm (biały i klon 375) oraz gr. 18 mm (klon jasny), wykończonej obrzeżem o gr. 2 mm. • śr. 80 cm• wys. 76 cm• śr. 81 cm• wym. 76 cm</t>
   </si>
   <si>
     <t>056110</t>
   </si>
   <si>
-    <t>Dywan jednokolorowy - szary 2 x 3 m</t>
-[...2 lines deleted...]
-    <t>Dywan o jednolitym kolorze. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności tzn. atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • wym. 2 x 3 m  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 300 cm x 200 cm</t>
+    <t>Dywan jednokolorowy – szary 2 x 3 m</t>
+  </si>
+  <si>
+    <t>Dywan o jednolitym kolorze, wykonany z runa w 100% z włókna PP heat-set frise (przędza pojedyncza). Posiada Certyfikat Zgodności, czyli atest higieniczny. Pokryty środkiem uniepalniającym.. • wysokość runa: 7 mm • wym. 2 x 3 mNależy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 300 x 200 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>048009</t>
   </si>
   <si>
     <t>Krzesło Visa alu szare</t>
   </si>
   <si>
     <t>Krzesła na metalowym stelażu w kolorze jasnoszarym,z  podłokietnikami. Obszerne, komfortowe siedziska i oparcia, dostępne w szerokiej gamie kolorystycznej, starannie wykonanie. Wygodne oraz praktyczne. Materiał 100% poliester. • szer. siedziska 47 cm • gł. siedziska 45 cm • wym. 53 x 49 x 83,5 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -222,282 +213,252 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66a6156db02077420200df84a0d08da71.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c55ae3801cc7a94bc5470159ee824ca22.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe0711285621180998a0e5d20ee86ea43.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/011c91ed24359abc627332062dec9eb64.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56fb8e9c6d3b90da037ed3540572cbbf5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a8732b2903561fe971750c12d117a2e6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fefef6815ebea8304657e89986313897.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77eb8ccf7c5f652d9f16827eb3df817e8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bfa01ab709bff9fe18a952ec925958b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e027e6c272ba1333e5d949d4bedf2642.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10143440eb9c4052d56408bb0e39da523.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4b2cd41f2c334484b40f4abddf40ae04.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd5e698132cd2b4f6178ea520005ec555.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1a51598bed4b46785d1ef65ca74240e6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e401683a35429036534623c050962767.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-GAB-QU-0005" descr="Gabinet Quadro"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="095446" descr="095446"/>
+        <xdr:cNvPr id="2" name="548100" descr="548100"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="548100" descr="548100"/>
+        <xdr:cNvPr id="3" name="SET6241" descr="SET6241"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="SET6241" descr="SET6241"/>
+        <xdr:cNvPr id="4" name="SET6042" descr="SET6042"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="SET6042" descr="SET6042"/>
+        <xdr:cNvPr id="5" name="092481" descr="092481"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="092481" descr="092481"/>
+        <xdr:cNvPr id="6" name="056110" descr="056110"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="056110" descr="056110"/>
+        <xdr:cNvPr id="7" name="048009" descr="048009"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -764,54 +725,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G14"/>
+  <dimension ref="A1:G13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F14" sqref="F14:G14"/>
+      <selection activeCell="F13" sqref="F13:G13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="3"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
@@ -847,188 +808,167 @@
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="80">
       <c r="A6" s="7"/>
       <c r="B6" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="8">
         <v>1</v>
       </c>
       <c r="F6" s="10">
-        <v>949.9</v>
+        <v>659.9</v>
       </c>
       <c r="G6" s="11">
-        <v>949.9</v>
+        <v>659.9</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="80">
       <c r="A7" s="7"/>
       <c r="B7" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="8">
         <v>1</v>
       </c>
       <c r="F7" s="10">
-        <v>659.9</v>
+        <v>7277.6</v>
       </c>
       <c r="G7" s="11">
-        <v>659.9</v>
+        <v>7277.6</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="80">
       <c r="A8" s="7"/>
       <c r="B8" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="8">
         <v>1</v>
       </c>
       <c r="F8" s="10">
-        <v>7277.6</v>
+        <v>1999.2</v>
       </c>
       <c r="G8" s="11">
-        <v>7277.6</v>
+        <v>1999.2</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="80">
       <c r="A9" s="7"/>
       <c r="B9" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>18</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E9" s="8">
         <v>1</v>
       </c>
       <c r="F9" s="10">
-        <v>1999.2</v>
+        <v>469.9</v>
       </c>
       <c r="G9" s="11">
-        <v>1999.2</v>
+        <v>469.9</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="80">
       <c r="A10" s="7"/>
       <c r="B10" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="8">
         <v>1</v>
       </c>
       <c r="F10" s="10">
-        <v>469.9</v>
+        <v>679.9</v>
       </c>
       <c r="G10" s="11">
-        <v>469.9</v>
+        <v>679.9</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="80">
       <c r="A11" s="7"/>
       <c r="B11" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>24</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E11" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F11" s="10">
-        <v>679.9</v>
+        <v>599.9</v>
       </c>
       <c r="G11" s="11">
-        <v>679.9</v>
+        <v>1199.8</v>
       </c>
     </row>
-    <row r="12" spans="1:7" customHeight="1" ht="80">
-[...1 lines deleted...]
-      <c r="B12" s="8" t="s">
+    <row r="13" spans="1:7">
+      <c r="F13" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="C12" s="9" t="s">
-[...20 lines deleted...]
-        <v>13236.2</v>
+      <c r="G13" s="12">
+        <v>12286.3</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 