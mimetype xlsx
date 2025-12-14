--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -15,56 +15,56 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>WIZ-STO-GR-0001 Pracownia kulinarna</t>
   </si>
   <si>
-    <t>z dnia 2025-10-30 02:49:13</t>
+    <t>z dnia 2025-12-14 08:43:37</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>819042</t>
   </si>
   <si>
     <t>Wózek 3-półkowy</t>
   </si>
@@ -95,93 +95,93 @@
   <si>
     <t>Stół wyposażony w potrójne gniazdo z zestawem do mocowania pod blatem. W blacie znajduje się przelotka do wygodnej organizacji kabli. • wym. blatu 90 x 90 cm • wym. stelaża 80 x 80 cm • wys. 77,2 cm</t>
   </si>
   <si>
     <t>852345</t>
   </si>
   <si>
     <t>Szpatułka mix kolorów</t>
   </si>
   <si>
     <t>Nadaje się do mieszania. Wytrzymuje działanie wysokich temperatur. Różne kolory - sprzedawane losowo. • dł. 24,5 cm • temp. max. 100°C</t>
   </si>
   <si>
     <t>098206</t>
   </si>
   <si>
     <t>Szafka kuchenna Grande</t>
   </si>
   <si>
     <t>Seria mebli kuchennych Grande umożliwia dopasowanie do każdej przestrzeni w placówce. Kuchnia jest zaprojektowana tak, aby zmieściła się na nią nawet w niewielkich pomieszczeniach - jest idealna także jako aneks kuchenny. Można dowolnie łączyć szafki i dopasować do nich blat (dostępny w stałej szerokości, na 2 szafki lub w dowolnej szerokości - cena za metr bieżący). Sprzęt kuchenny nie jest wliczony w cenę.Szafka kuchenna wykonana z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu. Szafka dostosowana do nałożenia blatu (098213, 098214 sprzedawany osobno).  Nóżki umożliwiają wypoziomowanie szafki. • 1 półka • wym. 82 x 53 x 82,2 cm • z cokołem o wys. 10 cmDopasowane rozmiarem drzwiczki (098208, 098209), sprzedawane osobno. Po zamontowaniu drzwi,  głębokość szafki wzrasta o 2 cmPowierzchnia cokołu została cofnięta, aby zapewnić odpowiednią ilość miejsca na nogi• wym. 82 x 53 x 82,2 cm</t>
   </si>
   <si>
     <t>096877K</t>
   </si>
   <si>
-    <t>Drzwi Grande wysokie 90 st. z zamkiem 2 szt. - białe</t>
-[...2 lines deleted...]
-    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90 stopni i zastosowano w nich mechanizm cichego domyku. Wyposażone w zamek. Pasują do regałów L (096900, 096900W, 096901, 096901W) i nadstawek L (096892, 096892W, 096893, 096893W). • 2 szt. • wym. 40,5 x 105,3 cm</t>
+    <t>Drzwi Grande wysokie 90 st. z zamkiem 2 szt. – białe</t>
+  </si>
+  <si>
+    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90° i zastosowano w nich mechanizm cichego domyku. Wyposażone w zamek. Pasują do regałów L (096900, 096900W, 096901, 096901W) i nadstawek L (096892, 096892W, 096893, 096893W). • 2 szt. • wym. 40,50 x 105,30 cm</t>
   </si>
   <si>
     <t>029061-1</t>
   </si>
   <si>
     <t>Kosz na śmieci Flip - szary</t>
   </si>
   <si>
     <t>852318</t>
   </si>
   <si>
     <t>Łopatka mix kolorów</t>
   </si>
   <si>
     <t>Wykonana z tworzywa sztucznego. Różne kolory - sprzedawane losowo. • dł. 32 cm</t>
   </si>
   <si>
     <t>029061-5</t>
   </si>
   <si>
     <t>Kosz na śmieci Flip - żółty</t>
   </si>
   <si>
     <t>852316</t>
   </si>
   <si>
     <t>Łyżka cedzakowa</t>
   </si>
   <si>
     <t>Metalowa łyżka cedzakowa o dł. 32 cm.</t>
   </si>
   <si>
     <t>096900W</t>
   </si>
   <si>
-    <t>Regał Grande L - biały</t>
-[...2 lines deleted...]
-    <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Można uzupełnić je drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096888, 096888W, 096890, 096890W, 096892, 096892W).• maks. obciążenie: 15 kg• wym. 82 x 38 x 117,4 cm</t>
+    <t>Regał Grande L – biały</t>
+  </si>
+  <si>
+    <t>Regały wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Można uzupełnić je drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096888, 096888W, 096890, 096890W, 096892, 096892W).• maks. obciążenie: 15 kg• wym. 82 x 38 x 117,40 cm</t>
   </si>
   <si>
     <t>852308</t>
   </si>
   <si>
     <t>Miska, 18 cm</t>
   </si>
   <si>
     <t>Metalowa miska o poj. 1,7 l.</t>
   </si>
   <si>
     <t>852317</t>
   </si>
   <si>
     <t>Chochla</t>
   </si>
   <si>
     <t>Metalowa chochla o dł. 32 cm.</t>
   </si>
   <si>
     <t>852348</t>
   </si>
   <si>
     <t>Dozownik z miarką 0,5 L</t>
   </si>
@@ -219,87 +219,78 @@
     <t>852342</t>
   </si>
   <si>
     <t>Tarka mix kolorów</t>
   </si>
   <si>
     <t>Wykonana z tworzywa sztucznego. Różne kolory - sprzedawane losowo.• wym. 13 x 10,6 x 20 cm</t>
   </si>
   <si>
     <t>098210</t>
   </si>
   <si>
     <t>Szafka kuchenna Grande wisząca</t>
   </si>
   <si>
     <t>Seria mebli kuchennych Grande umożliwia dopasowanie do każdej przestrzeni w placówce. Kuchnia jest zaprojektowana tak, aby zmieściła się na nią nawet w niewielkich pomieszczeniach - jest idealna także jako aneks kuchenny. Można dowolnie łączyć szafki i dopasować do nich blat (dostępny w stałej szerokości, na 2 szafki lub w dowolnej szerokości - cena za metr bieżący). Sprzęt kuchenny nie jest wliczony w cenę.Szafka kuchenna wykonana z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu.  • 1 półka • po zamontowaniu drzwi,  głębokość szafki wzrasta o 2 cm• wym. 82 x 33,2 x 40 cm</t>
   </si>
   <si>
     <t>ZEST5692</t>
   </si>
   <si>
     <t>Kuchnia Grande - zestaw 2 - klon jasny</t>
   </si>
   <si>
     <t>Seria mebli kuchennych Grande umożliwia dopasowanie do każdej przestrzeni w placówce. Kuchnia jest zaprojektowana tak, aby zmieściła się na nią nawet w niewielkich pomieszczeniach - jest idealna także jako aneks kuchenny. Można dowolnie łączyć szafki i dopasować do nich blat (dostępny w stałej szerokości, na 2 szafki lub w dowolnej szerokości - cena za metr bieżący). Sprzęt kuchenny nie jest wliczony w cenę.# wym. 328 x 60 x 40/86 cmSkład zestawu: # 098206 Szafka kuchenna Grande, 2 szt.# 098208 Drzwi do szafki kuchennej Grande, 2 szt., 3 kpl# 098212 Szafka kuchenna Grande z 3 szufladami, 1 szt.# 098207 Szafka kuchenna Grande pod zlewozmywak, 1 szt.# 098213 Blat kuchenny do szafek Grande, 164 cm, 1 szt.# 098266-P Blat kuchenny do szafek Grande, 164 cm - z wycięciem na zlew po prawo, 1 szt.# 098210 Szafka kuchenna Grande wisząca, 4 szt.# 098211 Drzwi do szafki kuchennej Grande wiszącej, 2 szt., 4 pary # wys. szafek wiszących: 40 cm• wym. 328 x 60 x 86 cm• długość zestawu: 3,28 m</t>
-  </si>
-[...7 lines deleted...]
-    <t>Stolnica w kształcie trapezu z kołnierzem na krótszych bokach. Ma małą krawędź dolną uniemożliwiająca poruszanie stolnicy podczas ugniatania ciasta. • wym. 70 x 52 cm</t>
   </si>
   <si>
     <t>ZEST5332</t>
   </si>
   <si>
     <t>Szafa zamykana Grande - zestaw 22</t>
   </si>
   <si>
     <t>SKŁAD ZESTAWU
 	096900W Regał Grande L - biały, 1 szt.
 	096890W Nadstawka Grande M - biała, 1 szt.
 	096877K Drzwi Grande wysokie 90 st. z zamkiem 2 szt. - białe, 1 para
 	096926 Drzwi witrynowe Grande M, 1 para
 Wym. zestawu: 82 x 39,8 x 187,8 cm
 SZCZEGÓŁOWY OPIS
 096900W Regał Grande L - biały, 1 szt.
 Regał wykonany z białej płyty laminowanej o gr. 18 mm.
 • wym. 82 x 38 x 117.4
 096890W Nadstawka Grande M - biała, 1 szt. 
 Nadstawka wykonana z białej płyty laminowanej o gr. 18 mm.
 • wym. 82 x 38 x 70.4
 096877K Drzwi Grande wysokie 90 st. z zamkiem 2 szt. - białe, 1 para 
 Drzwi wykonane z białej płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90 stopni. Wyposażone w zamek. 2 szt.
 	wym. 40,5 x 105,3 cm
 096926  Drzwi witrynowe Grande M, 1 para 
 Drzwi witrynowe w ramce aluminiowej.
 	wym. 40,5 x 70,1 cm
-• wym. 82.00 x 39.80 x 187.80 cm</t>
+• wym. 82 x 39,80 x 187,80 cm</t>
   </si>
   <si>
     <t>852346</t>
   </si>
   <si>
     <t>Podkładka kuchenna mix kolorów</t>
   </si>
   <si>
     <t>Odporna na działanie wysokiej temperatury.  • wym. 16 x 16 cm •. temp. max. 100°C</t>
   </si>
   <si>
     <t>852314</t>
   </si>
   <si>
     <t>Ubijaczka</t>
   </si>
   <si>
     <t>Metalowa ubijaczka o dł. 28 cm.</t>
   </si>
   <si>
     <t>029061-3</t>
   </si>
   <si>
     <t>Kosz na śmieci Flip - niebieski</t>
   </si>
@@ -437,51 +428,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b54ac063379fec5405b92a82259ba1ad1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11acd6246eb97ae12e01fd82158bf18d2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07eb863a9939c5f88eb7d4cee93c64643.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f7d938bb518ca6c465efe61c28dc34c4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b386d8c5c0ced523aded09001607f865.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acf2871a89d3f65a9a80e6da8aecadd66.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5306911ee3b9a69ddf2dcfe5758fa797.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04e6dabc853ab400b387366fad2623f08.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7b8a276da21e12b56d6b1598ae837d59.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d40da13f40f8349f2dfade6f1ac3e08910.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5c82132833ddaca7701a6966e15d64611.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2a4adb9a335531efa017270a44f8f2d12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e14f9cb2429519ffbe60f9479d18813e13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7286d573bf2c93b27612cd4e3ac562eb14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25f992a602804481a5887610a73d45b815.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02fe26b808b2ec1bf04c07ece52be40916.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0468203825d0f497f853eee262b3395f17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efa312aefeb43b59f8f8fa7fdc8b383218.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21fa61cd01db4044ecffe0f1cd71549919.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1adfb4d78a23834245a9a11d3803cb3620.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d4b34542c8a14e16311088267205d1b21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10b9729cfd35b3e651591b547818da8822.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b35195f7299e2b3ec6e288a9e11ba823.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/630b4b4ce13c02507ba4f5fcc9f8c6d324.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ffbff48f5768ee461b580f30d9cfc5b25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4a4ee69ca72e9b17dcebc58e882d1e626.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c95a21ba2f18b9aa7184c6212cadcb1d27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9435709bdcce918553dce37b62abec528.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00840a5ecc5a5ff53f0c7731a13faeff29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db2c4f0d8d4e077bc9deba31b096a69d30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9274ececfaf12312478842daaed190da31.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dae85443593cdbee5668832ea0909511.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adc74026f1d48cf28d3d2eda2c87b5872.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83d71386eeff208edd102daff36220593.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffcbf274fe6d9784048cef491e5ae6964.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c6d566a2cd39c64fd9b9d1bf6c32b305.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b788e97d808babda427a3f64555dc526.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b01ed8ebcb11ed2b2df8c7056f2d94127.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77b1693c3cea1125627b260301746a338.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/033c6cd1cfb4559b9f6ffab9145344c39.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69b1808c7cda4f41601d335a4175922410.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b468cb9b57cb5aeda495b4913f83232c11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fd959b07ba199fb1a4fff441c6f10ea12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7f09eecd4f21146e6233f69a104cfa013.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9648c9657921a62646e4e4e4f14cfe614.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d436fece8cf11571971e1f6836da2df15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2307a85837086559ac3585ba205e4c2816.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5551f0eb03933e80508c8e73213cdaf517.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c9f651a1be0c0d37a1d8ac44325c8a618.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c41584995f4668a59f15af3a3dee44ae19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b16058b47fabf39d725cd5d9770f5f2d20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2476fb6e2d46b7ce6707a9bbeda67cc621.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72b9694de27a0effa0b9b48c8cdeff1b22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a82cbe89afa5e6e34e950b3751e38ad23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3db2483bf11c89a13c7124985ead7b5a24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59080cdc7731716faf5ec0183ff64c3625.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/569e55f787446e14ed9d6a3cd74c72d226.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a19b6356a3ded8b4d9ad7f97e1e2c7e427.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47aa39b0feaba0caf6e6a23ee88a42a528.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba7ab9b7e39fa791940f4ff6ae913f529.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8aefea9e8898084df3c4c5846b1493730.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-STO-GR-0001" descr="Pracownia kulinarna"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1112,297 +1103,267 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="852306" descr="852306"/>
+        <xdr:cNvPr id="23" name="ZEST5332" descr="ZEST5332"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="ZEST5332" descr="ZEST5332"/>
+        <xdr:cNvPr id="24" name="852346" descr="852346"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="852346" descr="852346"/>
+        <xdr:cNvPr id="25" name="852314" descr="852314"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="852314" descr="852314"/>
+        <xdr:cNvPr id="26" name="029061-3" descr="029061-3"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="029061-3" descr="029061-3"/>
+        <xdr:cNvPr id="27" name="852303" descr="852303"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>31</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="852303" descr="852303"/>
+        <xdr:cNvPr id="28" name="852310" descr="852310"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>32</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="852310" descr="852310"/>
+        <xdr:cNvPr id="29" name="098208" descr="098208"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="098208" descr="098208"/>
+        <xdr:cNvPr id="30" name="852325" descr="852325"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1669,54 +1630,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G37"/>
+  <dimension ref="A1:G36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F37" sqref="F37:G37"/>
+      <selection activeCell="F36" sqref="F36:G36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="3"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
@@ -2190,233 +2151,212 @@
       <c r="D26" s="9" t="s">
         <v>67</v>
       </c>
       <c r="E26" s="8">
         <v>2</v>
       </c>
       <c r="F26" s="10">
         <v>7488.3</v>
       </c>
       <c r="G26" s="11">
         <v>14976.6</v>
       </c>
     </row>
     <row r="27" spans="1:7" customHeight="1" ht="80">
       <c r="A27" s="7"/>
       <c r="B27" s="8" t="s">
         <v>68</v>
       </c>
       <c r="C27" s="9" t="s">
         <v>69</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>70</v>
       </c>
       <c r="E27" s="8">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="F27" s="10">
-        <v>79.9</v>
+        <v>2175.6</v>
       </c>
       <c r="G27" s="11">
-        <v>958.8</v>
+        <v>10878.0</v>
       </c>
     </row>
     <row r="28" spans="1:7" customHeight="1" ht="80">
       <c r="A28" s="7"/>
       <c r="B28" s="8" t="s">
         <v>71</v>
       </c>
       <c r="C28" s="9" t="s">
         <v>72</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>73</v>
       </c>
       <c r="E28" s="8">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="F28" s="10">
-        <v>2175.6</v>
+        <v>19.9</v>
       </c>
       <c r="G28" s="11">
-        <v>10878.0</v>
+        <v>238.8</v>
       </c>
     </row>
     <row r="29" spans="1:7" customHeight="1" ht="80">
       <c r="A29" s="7"/>
       <c r="B29" s="8" t="s">
         <v>74</v>
       </c>
       <c r="C29" s="9" t="s">
         <v>75</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>76</v>
       </c>
       <c r="E29" s="8">
         <v>12</v>
       </c>
       <c r="F29" s="10">
-        <v>19.9</v>
+        <v>15.9</v>
       </c>
       <c r="G29" s="11">
-        <v>238.8</v>
+        <v>190.8</v>
       </c>
     </row>
     <row r="30" spans="1:7" customHeight="1" ht="80">
       <c r="A30" s="7"/>
       <c r="B30" s="8" t="s">
         <v>77</v>
       </c>
       <c r="C30" s="9" t="s">
         <v>78</v>
       </c>
       <c r="D30" s="9" t="s">
-        <v>79</v>
+        <v>13</v>
       </c>
       <c r="E30" s="8">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F30" s="10">
-        <v>15.9</v>
+        <v>105.9</v>
       </c>
       <c r="G30" s="11">
-        <v>190.8</v>
+        <v>105.9</v>
       </c>
     </row>
     <row r="31" spans="1:7" customHeight="1" ht="80">
       <c r="A31" s="7"/>
       <c r="B31" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="C31" s="9" t="s">
         <v>80</v>
       </c>
-      <c r="C31" s="9" t="s">
+      <c r="D31" s="9" t="s">
         <v>81</v>
       </c>
-      <c r="D31" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E31" s="8">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F31" s="10">
-        <v>105.9</v>
+        <v>27.9</v>
       </c>
       <c r="G31" s="11">
-        <v>105.9</v>
+        <v>334.8</v>
       </c>
     </row>
     <row r="32" spans="1:7" customHeight="1" ht="80">
       <c r="A32" s="7"/>
       <c r="B32" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C32" s="9" t="s">
         <v>83</v>
       </c>
       <c r="D32" s="9" t="s">
         <v>84</v>
       </c>
       <c r="E32" s="8">
         <v>12</v>
       </c>
       <c r="F32" s="10">
-        <v>27.9</v>
+        <v>26.9</v>
       </c>
       <c r="G32" s="11">
-        <v>334.8</v>
+        <v>322.8</v>
       </c>
     </row>
     <row r="33" spans="1:7" customHeight="1" ht="80">
       <c r="A33" s="7"/>
       <c r="B33" s="8" t="s">
         <v>85</v>
       </c>
       <c r="C33" s="9" t="s">
         <v>86</v>
       </c>
       <c r="D33" s="9" t="s">
         <v>87</v>
       </c>
       <c r="E33" s="8">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="F33" s="10">
-        <v>26.9</v>
+        <v>219.9</v>
       </c>
       <c r="G33" s="11">
-        <v>322.8</v>
+        <v>659.7</v>
       </c>
     </row>
     <row r="34" spans="1:7" customHeight="1" ht="80">
       <c r="A34" s="7"/>
       <c r="B34" s="8" t="s">
         <v>88</v>
       </c>
       <c r="C34" s="9" t="s">
         <v>89</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>90</v>
       </c>
       <c r="E34" s="8">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="F34" s="10">
-        <v>219.9</v>
+        <v>16.9</v>
       </c>
       <c r="G34" s="11">
-        <v>659.7</v>
-[...4 lines deleted...]
-      <c r="B35" s="8" t="s">
+        <v>202.8</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="F36" s="4" t="s">
         <v>91</v>
       </c>
-      <c r="C35" s="9" t="s">
-[...20 lines deleted...]
-        <v>46710.6</v>
+      <c r="G36" s="12">
+        <v>45751.8</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 