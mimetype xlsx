--- v0 (2025-11-26)
+++ v1 (2026-01-11)
@@ -20,237 +20,238 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t xml:space="preserve">WIZ-PSI-QU-0002 Sala wyciszeń </t>
   </si>
   <si>
-    <t>z dnia 2025-11-26 02:08:55</t>
+    <t>z dnia 2026-01-11 09:43:36</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>092072</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki średnie 90 st., z zamkiem, 1 para - szare</t>
-[...2 lines deleted...]
-    <t>Drzwi przeznaczone do zamontowania w lewej lub prawej, górnej części regału wielofunkcyjnego 092187 oraz 096973 (sprzedawane osobno). Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wyposażone w zamek, umożliwiający zamknięcie jednego skrzydła drzwi (drugie można otworzyć bez zamka) • 1 para • wym. 36,9 x 74,3 cm</t>
+    <t>Quadro – drzwiczki średnie 90 st., z zamkiem, 1 para – szare</t>
+  </si>
+  <si>
+    <t>Drzwi przeznaczone do zamontowania w lewej lub prawej, górnej części regału wielofunkcyjnego 092187 oraz 096973 (sprzedawane osobno). Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wyposażone w zamek, umożliwiający zamknięcie jednego skrzydła drzwi (drugie można otworzyć bez zamka) • 1 para • wym. 36,90 x 74,30 cm</t>
   </si>
   <si>
     <t>101154</t>
   </si>
   <si>
     <t>Gruszka mała jasnoniebieska - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa I</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa ISpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>056107</t>
   </si>
   <si>
     <t>Dywan forma i kształt 4 x 5 m</t>
   </si>
   <si>
-    <t>Dywan we wzory geometryczne. Skład runa 100% PP heat-set frise, przędza pojedyncza. Posiada Certyfikat Zgodności tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 4 x 5 m</t>
+    <t>Dywan we wzory geometryczne, wykonany z runa w 100% z włókna PP heat-set frise (przędza pojedyncza). Posiada Certyfikat Zgodności, czyli atest higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mmNależy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 4 x 5 mSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>098417</t>
   </si>
   <si>
-    <t>Quadro - kryjówka błękitna</t>
-[...2 lines deleted...]
-    <t>Front kryjówki w kolorze białym, błękitnym, jasnoróżowym lub szarym. Skrytkę można uzupełnić materacem (101901, 101902, 109063, sprzedawane osobno).• wym. 90 x 60 x 86,6 cm</t>
+    <t>Quadro – kryjówka błękitna</t>
+  </si>
+  <si>
+    <t>Front kryjówki w kolorze białym, błękitnym, jasnoróżowym lub szarym. Skrytkę można uzupełnić materacem (101901, 101902, 109063, sprzedawane osobno).• wym. 90 x 60 x 86,60 cm</t>
   </si>
   <si>
     <t>101902</t>
   </si>
   <si>
-    <t>Materac do kryjówek Quadro  - szary</t>
-[...2 lines deleted...]
-    <t>Wymiarem dopasowane do kryjówek Quadro (098416-098419, sprzedawane osobno). Wykonane z trwałej tkaniny, niezawierającej ftalanów, łatwej do utrzymania w czystości .• wym. 86 x 56 x 8 cm</t>
+    <t>Materac do kryjówek Quadro – szary</t>
+  </si>
+  <si>
+    <t>Wymiarem dopasowane do kryjówek Quadro (098416-098419, sprzedawane osobno). Wykonane z trwałej tkaniny, niezawierającej ftalanów, łatwej do utrzymania w czystości.• wym. 86 x 56 x 8 cm• wym. 63 x 73 x 10 cm</t>
   </si>
   <si>
     <t>098410</t>
   </si>
   <si>
     <t>Piankowe pufy Lobo - zestaw 1</t>
   </si>
   <si>
-    <t xml:space="preserve">Zestaw składający się z puf i stolika, wykonany z pianki pokrytej meditapem. Siedziska zostały zaprojektowane tak, aby można je było dosunąć do stolika, gdy nie będą użytkowane. Niestandardowy kształt elementów zestawu sprawia, że stają się one ciekawym elementem wystroju.• wys. siedziska 38 cm • szer. siedziska 59 cm • wys. stolika 50 cm • szer. stolika 67,1 cm </t>
+    <t xml:space="preserve">Zestaw składający się z puf i stolika, wykonany z pianki pokrytej trwałą tkaniną bez ftalanów, łatwą do utrzymania w czystości. Siedziska zostały zaprojektowane tak, aby można je było dosunąć do stolika, gdy nie będą użytkowane. Niestandardowy kształt elementów zestawu sprawia, że stają się one ciekawym elementem wystroju.• wys. siedziska 38 cm • szer. siedziska 59 cm • wys. stolika 50 cm • szer. stolika 67,1 cm </t>
   </si>
   <si>
     <t>101865</t>
   </si>
   <si>
-    <t>Materac do domku Quadro - szary</t>
+    <t>Materac do domku Quadro – szary</t>
   </si>
   <si>
     <t>Wygodny materac uzupełniający szafkę-domek Quadro (099342-099353, 099342W-099353W), dostępny w 3 kolorach. Wykonany z pianki, pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości.• wym. 113 x 55,50 x 14 cm</t>
   </si>
   <si>
     <t>101437</t>
   </si>
   <si>
     <t>Fotel Inflamea 1, 1 os. - jasnoszary</t>
   </si>
   <si>
     <t xml:space="preserve">Wygodne fotele o nowoczesnym kształcie, w wielu kolorach do wyboru. Metalowe okrągłe nóżki umożliwiają poziomowanie mebla. Siedziska i oparcia  pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. Fotele można dowolnie ze sobą łączyć. Fotele narożne i rogowe zaopatrzone są w specjalne łączniki. Do foteli prostych łączniki należy dokupić (098326). • wys. siedziska 41 cm • gł. siedziska 52 cm • wym. 62 x 70 x 80 cm </t>
   </si>
   <si>
     <t>092147</t>
   </si>
   <si>
-    <t>Quadro - regał M z przegrodą i półką, klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał można uzupełnić małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098843-098853, 092212S-092225S, 098843S-098853S, sprzedawane osobno) i półkami (092199, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) - od 2024 r. można zamocować je na 4 poziomach. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,20 x 41,50 x 86,80 cm</t>
+    <t>Quadro – regał M z przegrodą i półką, klon jasny</t>
+  </si>
+  <si>
+    <t>Regał można uzupełnić małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098843-098853, 092212S-092225S, 098843S-098853S, sprzedawane osobno) i półkami (092199, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) – od 2024 r. można zamocować je na 4 poziomach. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,20 x 41,50 x 86,80 cm</t>
   </si>
   <si>
     <t>548100</t>
   </si>
   <si>
     <t>Krzesło obrotowe szaro-czarne</t>
   </si>
   <si>
     <t>Wyposażone w wysokie, ergonomicznie wyprofilowane oparcie, zapewniające optymalne wsparcie dla kręgosłupa. Regulowana wysokość. Krzesło na kółkach. Materiał: 100% włókno syntetyczne. • śr. 63 cm • wym. siedziska 50 x 48 cm • wys. siedziska 51-57 cm</t>
   </si>
   <si>
     <t>101476</t>
   </si>
   <si>
     <t>Fotel rogowy Inflamea 1 - jasnoniebieski</t>
   </si>
   <si>
     <t>Wygodne fotele o nowoczesnym kształcie, w wielu kolorach do wyboru. Metalowe okrągłe nóżki umożliwiają poziomowanie mebla. Siedziska i oparcia są pokryte wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wys. siedziska 41 cm • gł. siedziska 52 cm • wym. 110 x 110 x 80 cm • dł. boku 70 cm</t>
   </si>
   <si>
     <t>578009</t>
   </si>
   <si>
     <t>Pufa-fotel szara</t>
   </si>
   <si>
     <t xml:space="preserve">Wygodna pufa-fotel z pokrowcem z poliestru, wypełniona pianką. • wys. całkowita 70 cm • wys. siedziska 30 cm • wym. 60 x 100 cm. </t>
   </si>
   <si>
     <t>099344</t>
   </si>
   <si>
     <t>Quadro - szafka-domek z 2 półkami, skrzynia klon jasny,błękitna</t>
   </si>
   <si>
-    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,3 x 60 x 185,5 cm</t>
+    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.
+• wym. 154,30 x 60 x 185,50 cm</t>
   </si>
   <si>
     <t>ZEST5225</t>
   </si>
   <si>
     <t>Zestaw kwadratów wyciszających 4</t>
   </si>
   <si>
     <t>Zestaw zawiera:• 842158 Kwadrat wyciszający - ciemnoszary, gr. 20 mm, 6 szt. • 842159 Kwadrat wyciszający - ciemnoszary, gr. 40 mm, 4 szt.• 842146 Kwadrat wyciszający - jasnoszary, gr. 20 mm, 2 szt.• 842147 Kwadrat wyciszający - jasnoszary, gr. 40 mm, 3 szt. • 842148 Kwadrat wyciszający - jasnoszary, gr. 50 mm, 5 szt. • wym. 60 cm x 60 cm</t>
   </si>
   <si>
     <t>079123</t>
   </si>
   <si>
     <t>Las - naklejka wielokrotnego użytku</t>
   </si>
   <si>
     <t>Naklejka dużych rozmiarów składająca się z 3 elementów. Drukowana na wysokiej jakości materiale posiadającym opatentowany rodzaj kleju oparty na mikro przyssawkach. Jest idealny do krótkookresowej jak i długookresowej aplikacji do wewnątrz. Usuwalny, aplikowany bez pęcherzyków. Łatwy w aplikacji, przyjazny dla środowiska. Nie pozostawia żadnych śladów po usunięciu, nawet po długookresowej aplikacji. Przeznaczony do większości czystych i gładkich powierzchni takich jak szyby, metal, płyty meblowe.• wym. 3,5 x 2,5 mUwaga, częścią dostawy jest TESTER. Koniecznie, przed instalacja tapety sprawdź, czy będzie trzymać na twojej powierzchni. • wym. 350 cm x 250 cm</t>
   </si>
   <si>
     <t>101691</t>
   </si>
   <si>
     <t>Gruszka mała szara - MED</t>
   </si>
   <si>
     <t>092955</t>
   </si>
   <si>
     <t>Niski stół kawowy Expo śr. 80 cm - klon 375</t>
   </si>
   <si>
     <t>Stoły na metalowej konstrukcji w kolorze aluminium, którą tworzy rama i nogi wyposażone w stopkę regulacyjną. Stopka umożliwia idealne wypoziomowanie mebla - regulacja w zakresie do 25 mm. Blaty stołów wykonane z płyty laminowanej o gr. 25 mm (biały i klon 375) oraz gr. 18 mm (klon jasny), wykończonej obrzeżem o gr. 2 mm. • śr. 80 cm• wys. 50 cm• śr. 80 cm• wym. 50 cm</t>
   </si>
   <si>
     <t>092226</t>
   </si>
   <si>
     <t>Quadro - biurko z szeroką szufladą - szare, skrzynia klon jasny</t>
   </si>
   <si>
-    <t>Wykonane z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego oraz białej z kolorowymi elementami z płyty MDF o gr. 18 mm, pokrytej trwałą okleiną termoplastyczną. • wym. frontu szuflady 45,9 x 11,4 cm • wym. wewn. szuflady 40,7 x 43,2 x 8,1 cm• wym. 80 x 60 x 76 cm</t>
+    <t>Wykonane z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego oraz białej z kolorowymi elementami z płyty MDF o gr. 18 mm, pokrytej trwałą okleiną termoplastyczną. • wym. frontu szuflady 45,9 x 11,4 cm • wym. wewn. szuflady 40,7 x 43,2 x 8,1 cm• wym. 80 x 60 x 76 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101904</t>
   </si>
   <si>
     <t>Kanapka rozkładana - szara</t>
   </si>
   <si>
-    <t>Wygodna i stabilna kanapka z pianki, pokryta wytrzymałą tkaniną, łatwą do utrzymania w czystości. Tkanina nie zawiera ftalanów. • wym. 48 x 80 x 49 cm • wym. po rozłożeniu 80 x 144 x 32,5 cm • gr. materaca 8 cm• wym. 80 x 144 x 32,50 cm</t>
+    <t>Wygodna i stabilna kanapka z pianki, pokryta wytrzymałą tkaniną, łatwą do utrzymania w czystości. Tkanina nie zawiera ftalanów. • wym. 48 x 80 x 49 cm • wym. po rozłożeniu 80 x 144 x 32,5 cm • gr. materaca 8 cm• wym. 80 x 144 x 32,50 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -328,51 +329,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e1a9735ffc5f103a3c5e4c5c3938f8d1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5669fd650a60ec3edfb391eae0b9fd9e2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88d979091a80904c2112c6de0f32d65a3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6ec1df4ac28ad30fa750078813390d14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85ea9da374544453f0583ab2ead690fa5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5557555e77806aba4427db306675bf146.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c132b095ccabd06bc76f84c12e95476c7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/200af7dc6c18c2948d07d140c78186e88.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfc899f97b73d4435c37bd801f0e52259.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e74feab45c59385cd496279ebd60f5d510.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2099409224534b466ad06d05c841141711.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c69aa3aa61b46006e96f9187cde684612.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3df73f6ee497f30b085bebed5d654ff813.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03d4a0c788477426f07f596392ed0af914.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/735e17b8e34a72b1c96a6e0d233ea75115.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bb9285846cde0a035e28043b365b76916.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3861e956263781c345d3c560cc31b9bf17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2deeeeffaee8013172d192258ad3ddf618.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f46793ccc3e9ad81818bea2f82c4e97b19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf0bd26059abb6acb2195fef7c16c63720.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d56eabba5411f97f0a59e5af41986c0f1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563a2061598046373f80e9213930f1c12.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6420145ec56dff9d8c56055cd4139e73.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a757f1fb42a66f97b7f316a84627f26f4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0c2008a4a2f8051433e0bd4fe4af5ed5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c92df9eb9340c685298ec75292f18c996.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa365f50a8f32cb11a0848bbabd85d927.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f885888bec33a09f788a6e0ab103dec28.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec9df20199517569e3b6a7e4789d03359.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dd2ceeb9b06ed29ff731dd329914a9910.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01ee84604896381d40efc119ef3b7b8c11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b11e6f9306b9cfcef4dc65b4169ba60d12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c996c0da18eca3b941e218296a5c56313.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/224cdb401aa49f5970b7eed5b120f24514.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c100532a74bfe8645d0dbba402486e815.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0175b6128475cb4790a73701ee1c4c1c16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d105fb2dd3b7662c93813adde0e05dd517.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dff33a987c3f0baf72d066f00f6ad5ee18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a09397356d81e14a7d4660eb4c289e4319.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb0f6556149df9a41aa0fd3189c86f1920.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PSI-QU-0002" descr="Sala wyciszeń "/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>