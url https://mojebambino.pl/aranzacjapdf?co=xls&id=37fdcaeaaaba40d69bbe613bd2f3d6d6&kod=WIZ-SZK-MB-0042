--- v0 (2025-11-03)
+++ v1 (2025-12-25)
@@ -19,51 +19,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>WIZ-SZK-MB-0042 Zielona Pracownia 10</t>
   </si>
   <si>
-    <t>z dnia 2025-11-03 09:03:27</t>
+    <t>z dnia 2025-12-25 13:14:37</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>096175</t>
   </si>
   <si>
     <t>Biurko LAB HPL ze zlewem, szare</t>
   </si>
@@ -73,51 +73,51 @@
   <si>
     <t>079123</t>
   </si>
   <si>
     <t>Las - naklejka wielokrotnego użytku</t>
   </si>
   <si>
     <t>Naklejka dużych rozmiarów składająca się z 3 elementów. Drukowana na wysokiej jakości materiale posiadającym opatentowany rodzaj kleju oparty na mikro przyssawkach. Jest idealny do krótkookresowej jak i długookresowej aplikacji do wewnątrz. Usuwalny, aplikowany bez pęcherzyków. Łatwy w aplikacji, przyjazny dla środowiska. Nie pozostawia żadnych śladów po usunięciu, nawet po długookresowej aplikacji. Przeznaczony do większości czystych i gładkich powierzchni takich jak szyby, metal, płyty meblowe.• wym. 3,5 x 2,5 mUwaga, częścią dostawy jest TESTER. Koniecznie, przed instalacja tapety sprawdź, czy będzie trzymać na twojej powierzchni. • wym. 350 cm x 250 cm</t>
   </si>
   <si>
     <t>ZEST5331</t>
   </si>
   <si>
     <t>Grande - zestaw 21</t>
   </si>
   <si>
     <t>Meble wykonane z klonowej płyty laminowanej o gr. 18 mm.
 	096901 Regał Grande L głęboki - klon, wym. 82 x 48 x 117,4 cm, 2 szt.
 	096899 Regał Grande M głęboki - klon, wym. 82 x 48 x 82,2 cm, 3 szt.
 	096889 Nadstawka Grande S głęboka - klon, wym. 82 x 48 x 35,2 cm, 4 szt.
 	096871K Drzwi Grande niskie 90 st. z zamkiem 2 szt. - białe, wym. 40,5 x 34,9 cm, 2 pary
 	096874K Drzwi Grande średnie 90 st. z zamkiem 2 szt. - białe, wym. 40,5 x 70,1 cm, 3 pary
 	096877K Drzwi Grande wysokie 90 st. z zamkiem 2 szt. - białe, wym. 40,5 x 105,3 cm, 2 pary
 Wym. 410 x 49,8 x 187,8 cm
 Długość zestawu: 4,10 m
-• wym. 410.00 x 49.80 x 187.80 cm• długość zestawu: 4.10 m</t>
+• wym. 410 x 49,80 x 187,80 cm• długość zestawu: 4,10 m</t>
   </si>
   <si>
     <t>146026</t>
   </si>
   <si>
     <t>Tablica biała suchościeralna ceramiczna</t>
   </si>
   <si>
     <t>Tablica biała suchościeralna o powierzchni magnetycznej ceramicznej. Rama wykonana z profilu aluminiowego w kolorze srebrnym, wykończona popielatymi narożnikami. 10 lat gwarancji na powierzchnię lakierowaną. Wymaga częstego czyszczenia płynem do tablic suchościeralnych (146164, sprzedawany osobno). Płyn jest dostępny także w zestawie startowym do tablic suchościeralnych (146113). Półka na pisaki o dł. 30 cm. • wym. 170 x 100 cmUWAGA! Aby zapobiec powstawaniu wybrzuszeń, tablice należy przechowywać w poziomie.</t>
   </si>
   <si>
     <t>096178</t>
   </si>
   <si>
     <t>Biurko z jedną szufladą - klon</t>
   </si>
   <si>
     <t>Stelaż biurka wykonany z profilu 30 x 30 mm. Blat i szuflada wykonane z płyty melaminowanej o gr. 18 mm. W lewym górnym rogu osłony biurka, pod blatem, zamontowane dwa gniazda elektryczne z kablem o dł. ok. 1 m. • wym. 120 x 60 x 76 cm.• tonacja: klon.</t>
   </si>
   <si>
     <t>096179</t>
   </si>
   <si>
     <t>Stolik pod rzutnik - buk</t>
   </si>
@@ -259,51 +259,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c68910621b4f57c120f39db67b57d2f61.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf094798f599013940e11a59c2bc823e2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6bdddaa8c3c01c3cac57744b5ea83303.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/273180c3fadeded2c986da0266e4f8a94.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6e37c2f481b9f81727b2d63aa5a8b155.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3556b3703252226b12cea71d3e0b0436.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/668e770b5a00d39e3694322e6832d37b7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12f052829201866ac960b45cf4b06248.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fc90d47ef923ae94fb36b64d6911e7b9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b67644793ae7e41b332f4425023dbec810.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a32b324c04eb5e0e19b5d50ea9523c211.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4565ab1a98ce80b769e4a0b5169c87f31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d42c7bea8946b18d3bc9ce114b92aa602.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15504388298598f07f7b0b46ffb5e16d3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85a991cbe73777b1f82c49b22641bb464.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e79c33c2190a68b6893cb4b8764a24a45.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7626019b0b0d67b6c9b0d640709194dc6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c564c0cff13dcf5c1687e260931353f27.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bda55a927e2984bfc26098fc59f730b08.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c7248dcfbe832dde9a1a4f7b959091a9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/151a9104d4845a989bfe8a3057b1391010.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f329ab46b6e72390313aa27675fada711.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0042" descr="Zielona Pracownia 10"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>