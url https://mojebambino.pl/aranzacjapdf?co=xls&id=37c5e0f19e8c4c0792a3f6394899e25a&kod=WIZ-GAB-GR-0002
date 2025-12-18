--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>WIZ-GAB-GR-0002 Pokój nauczycielski z fotelami na kółkach</t>
   </si>
   <si>
-    <t>z dnia 2025-11-03 10:51:28</t>
+    <t>z dnia 2025-12-18 12:30:18</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>101477</t>
   </si>
   <si>
     <t>Fotel rogowy Inflamea 1 - jasnoszary</t>
   </si>
@@ -293,51 +293,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0935e8e86d7bd0fd1837d612cfe09a4e1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e27a465c8f9c9faebb70e505bf020f02.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e94dd4f0c67009986cfeb87feb514923.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcb5503da571fd1e64929ece739dfeff4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40baec10944feed4e73f60ebff801e655.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0eabed834954f81efc47d96bf7af0866.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88c6d647e19c38a6a59d8320db6119647.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1af1890d90cd1159cb3885b8850eeec28.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d3ecd4da62e711267f1a1a498b787349.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5949bac629cc59449ca981e5b418de0010.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/398467d048f8fa0fb27164a3b5cb11a511.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28d2421bb0a6d132136980068833f18912.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9fe7e742e0b1596bd9b64c45c8ef9d213.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ddcf4c7076b71216294bab7edd0dca14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abc39b3fe80ff632af8a1abc9624695515.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34214bd63c511bc1475242f971129fb21.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c048452e7ffbc94826ff09e203377212.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cb79c4f6953e888f67e2d8d3bf602803.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9fedd7fd3d51cf035d7fa6fdb0f0b1c4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bc3b9eca8154feffac36a094ebae6d45.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68b9a4647826dbcdb530fd66318c107c6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ec810995073822b60bee7709929be0c7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14cd88bdd7afe571a8c89e9e3181920f8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53c9909f39f797f225f8eed937c68c709.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b5897006d9364fa4e63098681f50e3910.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/969a4d8ef8644553870542e7055e258511.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8b31e8edad2db4561c2ab53a0b27caa12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d33424303fce02af8e30e2a1e2df9e7613.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b17fe2cb1027ed8ca01affb1d6dd89514.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59fbcdf7a94b6e58fa5b7b63f9111cad15.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6391275" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-GAB-GR-0002" descr="Pokój nauczycielski z fotelami na kółkach"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>