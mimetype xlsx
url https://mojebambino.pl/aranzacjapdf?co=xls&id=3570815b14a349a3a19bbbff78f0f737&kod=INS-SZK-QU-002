--- v0 (2025-11-17)
+++ v1 (2026-01-11)
@@ -20,279 +20,283 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t xml:space="preserve">INS-SZK-QU-002 Sala szkolna Quadro w kolorystyce łososiowej </t>
   </si>
   <si>
-    <t>z dnia 2025-11-17 12:28:44</t>
+    <t>z dnia 2026-01-11 22:16:41</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>109024</t>
   </si>
   <si>
-    <t>Gruszka mała łososiowa - MED</t>
-[...2 lines deleted...]
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cm• śr. 60 cm• wym. 80 cm</t>
+    <t>Gruszka mała łososiowa – MED</t>
+  </si>
+  <si>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cm• śr. 60 cm• wym. 80 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>098834</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - łososiowe</t>
-[...2 lines deleted...]
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,9 x 36,9 cm</t>
+    <t>Quadro – drzwiczki małe 90 st. – łososiowe</t>
+  </si>
+  <si>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,90 x 36,90 cm</t>
   </si>
   <si>
     <t>ZEST5958</t>
   </si>
   <si>
     <t>Stół Daniel 1-os. klon 375 z krzesłem P, rozm. 6, łososiowe</t>
   </si>
   <si>
-    <t>Skład zestawu: • B9036-06-21-SP-1AMC05-PA-P Stół Daniel 70 x 50 rozm. 6, 1os., stelaż łososiowy, blat klon 375, obrzeże ABS, narożniki proste, 1 szt. • 098728-6 Krzesło P rozm. 6 - łososiowe, 1 szt.</t>
+    <t>Skład zestawu:
+• B9036-06-21-SP-1AMC05-PA-P Stół Daniel 70 x 50 rozm. 6, 1os., stelaż łososiowy, blat klon 375, obrzeże ABS, narożniki proste, 1 szt.
+• 098728-6 Krzesło P rozm. 6 - łososiowe, 1 szt.Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>109109</t>
   </si>
   <si>
     <t>Siedzisko tapicerowane duże, szaro-łososiowe</t>
   </si>
   <si>
-    <t>Praktyczne i wygodne siedziska o nowoczesnym kształcie i kolorach, do szatni lub na korytarz, dostępne w 3 rozmiarach. Stelaż zapewniający stabilność pokryty warstwą miękkiej pianki oraz trwałą tkaniną, łatwą do utrzymania w czystości. • wym. 120 x 40 x 40 cm</t>
+    <t>Praktyczne i wygodne siedziska o nowoczesnym kształcie i kolorach, do szatni lub na korytarz, dostępne w 3 rozmiarach. Stelaż zapewniający stabilność pokryty warstwą miękkiej pianki oraz trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 120 x 40 x 40 cm</t>
   </si>
   <si>
     <t>109110</t>
   </si>
   <si>
     <t>Siedzisko tapicerowane duże, szaro-beżowe</t>
   </si>
   <si>
     <t>101924</t>
   </si>
   <si>
     <t>Poduszka jasnoszara</t>
   </si>
   <si>
-    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cm</t>
+    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>109054</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. jasnobrązowe</t>
   </si>
   <si>
-    <t>Okrągłe poduszki wykonane z pianki, obszyte meditapem. Idealnie sprawdzą się w kącikach relaksacyjnych czy świetlicach. • śr. 35 cm• gr. 3 cm</t>
+    <t>Okrągłe poduszki wykonane z pianki, obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości.• śr. 35 cm• gr. 3 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>099388</t>
   </si>
   <si>
     <t>Panel na 5 poduszek</t>
   </si>
   <si>
     <t>Panel ścienny przeznaczony do przechowywania okrągłych poduszek będzie stanowił także piękną dekorację każdej sali. Wykonany ze sklejki. Można mocować kilka paneli koło siebie, aby móc przechowywać większą liczbę poduszek. Poduszki (101738, 101260-101264, 101874, 109048-109055, sprzedawane osobno). • wym. 125 x 80 cm</t>
   </si>
   <si>
     <t>101874</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. szare</t>
   </si>
   <si>
-    <t>Poduszki wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
+    <t>Poduszki wykonane z trwałej tkaniny, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
   </si>
   <si>
     <t>092099</t>
   </si>
   <si>
-    <t>Quadro - skrzynia duża - brązowa</t>
-[...2 lines deleted...]
-    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,3 x 37,8 x 44,7 cm</t>
+    <t>Quadro – skrzynia duża – brązowa</t>
+  </si>
+  <si>
+    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,30 x 37,80 x 44,70 cm</t>
   </si>
   <si>
     <t>109053</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. beżowe</t>
   </si>
   <si>
     <t>109061</t>
   </si>
   <si>
     <t>Materac-siedzisko beżowe</t>
   </si>
   <si>
-    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cm</t>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cm• wym. 126 x 55,50 x 14 cm</t>
   </si>
   <si>
     <t>842204</t>
   </si>
   <si>
     <t>EKO dekor - domek duży - łososiowy</t>
   </si>
   <si>
-    <t xml:space="preserve">Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 16 prac formatu A4. • wym. 116,5 x 154,5 cm </t>
+    <t xml:space="preserve">Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 16 prac formatu A4. • wym. 116,5 x 154,5 cm
+</t>
   </si>
   <si>
     <t>092195-6</t>
   </si>
   <si>
-    <t>Quadro - szafka-domek - łososiowa, skrzynia klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafka - kryjówka w kształcie domku z aplikacją - ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną meditap, łatwą do utrzymania w czystości.  • wym. 130 x 60 x 173,5 cm</t>
+    <t>Quadro – szafka-domek – łososiowa, skrzynia klon jasny</t>
+  </si>
+  <si>
+    <t>Szafka – kryjówka w kształcie domku z aplikacją – ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować się i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną, łatwą do utrzymania w czystości. • wym. 130 x 60 x 173,50 cm</t>
   </si>
   <si>
     <t>092201</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - szare</t>
+    <t>Quadro – drzwiczki małe 90 st. – szare</t>
   </si>
   <si>
     <t>092187</t>
   </si>
   <si>
-    <t>Quadro - regał wielofunkcyjny, klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał proponuje możliwość uporządkowania pomocy poprzez umieszczenie w górnej części mebla przedmiotów dostępnych tylko dla nauczyciela, wyeksponowanie pomocy na półkach w zasięgu ręki dziecka, a w skrzyniach schowanie zabawek. W dolnej części jest miejsce na 2 duże (092291-092292, 092294-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). W górnej części regału można zamontować jedną parę drzwiczek z zamkiem (092071–092077, 092079–092083, 098887-098897, 092071S-092077S, 092079S-092083S, 098887S-098897S, sprzedawane osobno). W regale można montować także małe (092200–092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnie drzwiczki (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Regał można wyposażyć także w dodatkowe półki (092199 - w zewnętrznych kolumnach, lub 092287 - w wewnętrznych kolumnach, sprzedawane osobno). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• wym. 154,3 x 41,5 x 161,6 cm</t>
+    <t>Quadro – regał wielofunkcyjny, klon jasny</t>
+  </si>
+  <si>
+    <t>Regał proponuje możliwość uporządkowania pomocy poprzez umieszczenie w górnej części mebla przedmiotów dostępnych tylko dla nauczyciela, wyeksponowanie pomocy na półkach w zasięgu ręki dziecka, a w skrzyniach schowanie zabawek. W dolnej części jest miejsce na 2 duże (092291-092292, 092294-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). W górnej części regału można zamontować jedną parę drzwiczek z zamkiem (092071–092077,092079–092083, 098887-098897, 092071S-092077S, 092079S-092083S, 098887S-098897S, sprzedawane osobno). W regale można montować także małe (092200–092211,098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnie drzwiczki (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Regał można wyposażyć także w dodatkowe półki (092199 – w zewnętrznych kolumnach, lub 092287 – w wewnętrznych kolumnach, sprzedawane osobno). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• wym. 154,30 x 41,50 x 161,60 cm</t>
   </si>
   <si>
     <t>092210</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - beżowe</t>
+    <t>Quadro – drzwiczki małe 90 st. – beżowe</t>
   </si>
   <si>
     <t>109055</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. łososiowe</t>
   </si>
   <si>
     <t>372078</t>
   </si>
   <si>
     <t>Pojemnik płytki 1 ciemnobeżowy</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • wym. wewn. 27 x 35,5 cm • 1 szt.</t>
   </si>
   <si>
     <t>096973</t>
   </si>
   <si>
-    <t>Quadro - regał XL z 3 przegrodami i 3 półkami - klon jasny</t>
-[...2 lines deleted...]
-    <t>Duży, pojemny regał do przechowywania i porządkowania pomocy i zabawek. Regał można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) - w miejscach, gdzie będą zamontowane do ścianek zewnętrznych regału lub drzwiczkami mocowanymi do przegrody (092238-092249, 098843-098853, 092238S-092249S, 098843S-098853S, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) lub wąskimi, środkowymi szufladami (092006-092010, 092170, 092198, 092558-092563, 094006-094016, sprzedawane osobno) - w środkowej kolumnie. W regale można zamontować także drzwiczki z zamkiem (092071-092077, 092079-092083, 098887-098897, 092079S-092083S, 092071S-092077S, 098887S-098897S). Dodatkowo regał można wyposażyć w półki (092199, sprzedawane osobno) - w zewnętrznych kolumnach oraz wąskie półki (092287, sprzedawane osobno) - w środkowej kolumnie. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 154,3 x 41,5 x 161,6 cm</t>
+    <t>Quadro – regał XL z 3 przegrodami i 3 półkami – klon jasny</t>
+  </si>
+  <si>
+    <t>Duży, pojemny regał do przechowywania i porządkowania pomocy i zabawek. Regał można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) – w miejscach, gdzie będą zamontowane do ścianek zewnętrznych regału lub drzwiczkami mocowanymi do przegrody (092238-092249, 098843-098853, 092238S-092249S, 098843S-098853S, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) lub wąskimi, środkowymi szufladami (092006-092010, 092170, 092198, 092558-092563, 094006-094016, sprzedawane osobno) – w środkowej kolumnie. W regale można zamontować także drzwiczki z zamkiem (092071-092077, 092079-092083, 098887-098897, 092079S-092083S, 092071S-092077S, 098887S-098897S). Dodatkowo regał można wyposażyć w półki (092199, sprzedawane osobno) – w zewnętrznych kolumnach oraz wąskie półki (092287, sprzedawane osobno) – w środkowej kolumnie. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 154,30 x 41,50 x 161,60 cm</t>
   </si>
   <si>
     <t>056188</t>
   </si>
   <si>
     <t>Dywan jednokolorowy - łososiowy 3 x 4 m</t>
   </si>
   <si>
-    <t>Dywan o jednolitym kolorze. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności tzn. atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • wym. 3 x 4 m  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
+    <t>Dywan o jednolitym kolorze. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności tzn. atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • wym. 3 x 4 m
+Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>372052</t>
   </si>
   <si>
-    <t>Pojemnik płytki 1 - jasnoszary</t>
+    <t>Pojemnik płytki 1 – jasnoszary</t>
   </si>
   <si>
     <t>092224</t>
   </si>
   <si>
     <t>Quadro - drzwiczki średnie 90 st.  - beżowe</t>
   </si>
   <si>
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,9 x 74,3 cm</t>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,90 x 74,30 cm</t>
   </si>
   <si>
     <t>092162</t>
   </si>
   <si>
-    <t>Quadro - szafka M+ na plastikowe pojemniki - z przegrodą, klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafkę należy uzupełnić plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 70,2 x 48 x 105,4 cm</t>
+    <t>Quadro – szafka M+ na plastikowe pojemniki – z przegrodą, klon jasny</t>
+  </si>
+  <si>
+    <t>Szafkę należy uzupełnić plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 70,20 x 48 x 105,40 cm</t>
   </si>
   <si>
     <t>101923</t>
   </si>
   <si>
     <t>Poduszka jasnobrązowa</t>
   </si>
   <si>
     <t>098833</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - jasnobrązowe</t>
+    <t>Quadro – drzwiczki małe 90 st. – jasnobrązowe</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -370,51 +374,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed55ffbdd05dfcf2488864b3232a31031.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab9dc1b89985c354a448f701812621c92.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ebd5f32e6e96e9d5d2ff5b21daa6b513.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083e88594766cfe51a4b4968222b786c4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/968c4bd38507ec11f3c748944d8bf6475.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c880c219478f8d1e0fc28abcf1095ff6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dcee7de3621533e5a001ef9fbb0972c7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a2386f69eb7e7f22bacaf6c4f9fcd108.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11adbb86788a2b8d49419d64b80f98919.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00c76c2f4e84aab2be16d70a4d5a7e5810.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/736577f2374e73582a3da02451f1460e11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/745c5f6e7fe04f3275c04979d5175c3112.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d8404428b0b2ae8ce0bca35d386f8dd13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ff92a8c6fcf4fbda407d5032b8bd15a14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36d48ff244992c8e767c8f2bfdd15e8b15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/978664a2b447aa3df3c471a23a552ece16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2162a07a55de7446f618ef7ffaa43cba17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/540177377123984cf5a624a368f4be0418.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85a8bba32f3c491acacd7ceb53ca395d19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c601e437b582aafc1c086ca66f047ded20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e4eb3fc2d748df7cc66b985c0e3abed21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f129f005f137ff5902bfb999f59da3622.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8a26ec798fb271516663c5ba070132923.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/045766dcd085905c4351a5df8e68a0da24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2f342b4641ec76a7a2093f1ce18c00025.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0598b4cfd1db43ff68910b2c6429777f26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c89bab151cb55fe2a1628a33243e11e27.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60ee3ab2cfd552ec2b8b249b460aaf691.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8678b6c14601d2136e150d65179dbcf82.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/655e09136d61f7082f1791a152d089773.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30c5038a34cea3cfdd8a089ab0caacd64.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2969d6b58bc8b404782040284e6bf8705.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0d0a27527c350be6efcbe75ee4dbe166.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57ae491d703e33955786b7cc541f218e7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91897b3c480b1765337a643d5a50f2de8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dcb6e96633112912e94ed6834a6ccdc9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/068914e98fccde6cb653b943482e9b4310.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c281c5914d6bfc1fd7645723cee0a4f511.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53342aaf8fd916c465e5fb29f1ae1b3912.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7f2fb22d721b69a05be24db9790fea413.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b16b3c551494448659a8c845f487afed14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c65498816a0c354b9a90ef0a7f84fdd15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c928d872329a7fa76f2af5b6591bfcdc16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3987b1c2bab57a2aec796b4e5027ca0117.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed198f1d3f1590ef4f5e6b9be5de510918.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62f61a3d3828357931a3edd9d950064119.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e70b42a8c1e9e5a0ae9998283358d5920.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99586638265bb7c508d8f363f865d4c921.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707a657491872e3523b8be42b0cc697122.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eede4e7157c853ad87973cac4901e72423.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54caf0b713ceb6f4cd65d6c79be1862824.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c43c4dd5d239f1d98d30a04c71f7e4ab25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59654e68a4db2736c5759f1538613e0626.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a70b7b7ca9ad88ad3f0204bf034cf08527.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4286250" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="INS-SZK-QU-002" descr="Sala szkolna Quadro w kolorystyce łososiowej "/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>