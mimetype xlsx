--- v0 (2025-10-09)
+++ v1 (2025-11-29)
@@ -20,238 +20,354 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>WIZ-SZK-GR-0007 Klasa szkolna I-III Grande</t>
   </si>
   <si>
-    <t>z dnia 2025-10-09 12:03:34</t>
+    <t>z dnia 2025-11-29 15:42:55</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>099749W</t>
   </si>
   <si>
     <t>Biurko Grande narożne prawe z metalową nogą, białe</t>
   </si>
   <si>
     <t>Duże biurka narożne uzupełniające kolekcję meblową Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Wyposażone w 4 szuflady (w górnej szufladzie zamek), z przelotką w blacie. • dł. boku 80 cm• wym. 180 x 160 x 76,6 cm</t>
   </si>
   <si>
     <t>099388</t>
   </si>
   <si>
     <t>Panel na 5 poduszek</t>
   </si>
   <si>
     <t>Panel ścienny przeznaczony do przechowywania okrągłych poduszek będzie stanowił także piękną dekorację każdej sali. Wykonany ze sklejki. Można mocować kilka paneli koło siebie, aby móc przechowywać większą liczbę poduszek. Poduszki (101738, 101260-101264, 101874, 109048-109055, sprzedawane osobno). • wym. 125 x 80 cm</t>
   </si>
   <si>
     <t>044108</t>
   </si>
   <si>
-    <t>Tablica korkowa 90 x 120 cm - błękitna</t>
-[...2 lines deleted...]
-    <t>Tablica z kolorową powierzchnią korkową, w drewnianej oprawie, do prezentacji prac lub wywieszania ogłoszeń szkolnych. • wym. 90 x 120 cm</t>
+    <t>Tablica korkowa 90 x 120 cm – błękitna</t>
+  </si>
+  <si>
+    <t>Tablica z kolorową powierzchnią korkową w drewnianej oprawie do prezentacji prac lub wywieszania ogłoszeń szkolnych. • wym. 90 x 120 cm</t>
   </si>
   <si>
     <t>B9041-37-08-SP-1AMC03-PA-P</t>
   </si>
   <si>
     <t>Stół IN-R 70x50 rozm. 3-7, 1-os., stelaż aluminium, blat biały, obrzeże ABS, narożniki proste</t>
   </si>
   <si>
     <t>Stoły oferowane w dwóch rozmiarach blatów: 1-os- 70 x 50 cm i 2-os- 130 x 50 cm. Stelaż wykonany z profilu płaskoowalnego o przekroju 38 x 20 i 30 x 15 mm w 4 kolorach, różowym, oliwkowym, łososiowym i turkusowym. Stoły są wyposażone w haczyki na tornister, masywną, podwójną nogę, plastikowe zatyczki chroniące podłogę przed zarysowaniem . Do stołów można zamocować Półki metalowe do stołów do zamocowania pod blatem stołu IN-R 1-os, 2-os (F042000-0-01/INR do F042000-0-08/INR, sprzedawane osobno).</t>
   </si>
   <si>
     <t>256088</t>
   </si>
   <si>
     <t>Krzesło Colores obrotowe z reg.  wys. zielone</t>
   </si>
   <si>
     <t>Krzesło o nowoczesnym wzornictwie, posiadające wiele zalet. Siedzisko i oparcie połączone w jedną całość, wykonane z tworzywa sztucznego. Dzięki swojej sprężystości oparcie w naturalny sposób dostosowuje się do pleców dziecka. Otwór w oparciu krzesła to doskonały uchwyt do przestawiania krzesła z miejsca na miejsce. Odporne na zabrudzenia i wilgoć. Na powierzchni siedziska zastosowano system antypoślizgowy zabezpieczający przed zsunięciem się dziecka. Stelaż krzesła wyposażony w mechanizm regulacji wysokości. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • wys. siedziska od 38 do 51 cm</t>
   </si>
   <si>
     <t>056101</t>
   </si>
   <si>
     <t>Dywan okrągły o śr. 2 m - szaro-zielony</t>
   </si>
   <si>
     <t>Skład runa 100% PP heat-set frise, przędza pojedyncza. Posiadają Certyfikat Zgodności tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • śr. 2 m  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>101448</t>
   </si>
   <si>
     <t>Fotel Inflamea 1, 2 os. - ciemnoszary</t>
   </si>
   <si>
     <t xml:space="preserve">Wygodne fotele o nowoczesnym kształcie, w wielu kolorach do wyboru. Metalowe okrągłe nóżki umożliwiają poziomowanie mebla. Siedziska i oparcia są pokryte wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wys. siedziska 41 cm • gł. siedziska 52 cm • wym. 123 x 70 x 80 cm </t>
   </si>
   <si>
     <t>101738</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. jasnoszare</t>
   </si>
   <si>
-    <t>Poduszki wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno.</t>
+    <t>Poduszki wykonane z trwałej tkaniny, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno.</t>
   </si>
   <si>
     <t>096626</t>
   </si>
   <si>
     <t>Stół Benito HPL 2-os. z elektrycznie regulowaną wysokością</t>
   </si>
   <si>
     <t>Stoły z elektrycznie regulowaną wysokością blatu to bardzo wszechstronne rozwiązanie dające duży komfort pracy, nauki czy zabawy. Wysokość blatu można regulować w zakresie od 69 cm do 110 cm. Blat wykonany ze sklejki laminowanej białym laminatem HPL, o gr. 25 mm. Zasilanie sieciowe - w zestawie: zasilacz, kable oraz konsola sterująca do podnoszenia i opuszczania blatu. Stelaż wykonany ze stali malowanej proszkowo. • wym. blatu: 130 x 70 cm Za naciśnięciem przycisku biurko można przekształcić w stojącą stację roboczą do eksperymentów lub prezentacji. Ponadto zmiana pozycji roboczej korzystnie wpływa na kręgosłup oraz zwiększa koncentrację i uwagę.• wym. 130 cm x 70 cm</t>
   </si>
   <si>
     <t>096934W</t>
   </si>
   <si>
     <t>Regał Grande biblioteczny z wnęką - biały</t>
   </si>
   <si>
     <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Wysokie i pojemne, ułatwią przechowywanie książek i innych materiałów bibliotecznych. Wnęki są dopasowane wymiarem do siedzisk szatniowych (101504, 101505, sprzedawane osobno).• wym. 88 x 48 x 223 cm</t>
   </si>
   <si>
     <t>101478</t>
   </si>
   <si>
     <t>Fotel rogowy Inflamea 1 - ciemnoszary</t>
   </si>
   <si>
     <t>Wygodne fotele o nowoczesnym kształcie, w wielu kolorach do wyboru. Metalowe okrągłe nóżki umożliwiają poziomowanie mebla. Siedziska i oparcia są pokryte wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wys. siedziska 41 cm • gł. siedziska 52 cm • wym. 110 x 110 x 80 cm • dł. boku 70 cm</t>
   </si>
   <si>
     <t>ZEST5702</t>
   </si>
   <si>
     <t>Grande - zestaw 65</t>
   </si>
   <si>
     <t>Meble wykonane z klonowej płyty laminowanej o gr. 18 mm.
 	098291 Regał Grande M z 12 szufladami - klonowo-biały, wym. 122 x 39,8 x 82.2 cm, 1 szt.
 	096898 Regał Grande M - klon, wym. 82 x 38 x 82,2 cm, 3 szt.
 	096890 Nadstawka Grande M - klon, wym. 82 x 38 x 70,4 cm, 1 szt.
 	098168 Drzwi Grande średnie 90 st. 2 szt. - zielone, wym. 40,5 x 70,1 cm, 1 para
 	096896 Regał Grande M na pojemniki - 3 kolumny - klon, wym. 104 x 48 x 82,2 cm, 1 szt.
 	098258 Nadstawka Grande M na regały na pojemniki, szer. 104 – klon, wym. 104 x 48 x 70,4 cm, 1 szt.
 	372034 Pojemnik płytki 1 - limonka, wym. 31,2 x 42,7 x 7,5 cm, 14 szt.
 	372050 Pojemnik płytki 1 - biały, wym. 31,2 x 42,7 x 7,5 cm, 7 szt.
 Wym. 472 x 48 x 152,6 cm
-• wym. 472 x 48 x 152,6 cm• długość zestawu: 4,72 m</t>
+• wym. 472 x 48 x 152,60 cm• długość zestawu: 4,72 m</t>
   </si>
   <si>
     <t>522002</t>
   </si>
   <si>
     <t>Piłka 55 cm - żółta</t>
   </si>
   <si>
-    <t>Piłki z PCV do gier i zabaw ruchowych oraz rehabilitacyjnych. • śr. 55 cm • maksymalne obciążenie 400 kgDo nadmuchania piłki potrzebna jest pompka, np.522021 (sprzedawana osobno).</t>
+    <t>Piłki z PVC do gier i zabaw ruchowych oraz rehabilitacyjnych. • śr. 55 cm • maksymalne obciążenie 400 kgDo nadmuchania piłki potrzebna jest pompka, np.522021 (sprzedawana osobno).• od 4 lat</t>
   </si>
   <si>
     <t>048203</t>
   </si>
   <si>
     <t>Krzesło obrotowe Leon limonkowo-czarne</t>
   </si>
   <si>
     <t>• Szerokie, komfortowe siedzisko tapicerowane tkaniną welurową i ergonomicznie wyprofilowane oparcie. • Stałe podłokietniki. • Podstawa z tworzywa sztucznego. • Kółka do powierzchni dywanowych. W standardzie Mechanizm Tilt: - funkcja swobodnego kołysania  -  możliwość blokady kąta odchylenia oparcia w pozycji do pracy - możliwość regulacji siły oporu oparcia pozwala na dostosowanie szybkości odchylenia oparcia i siedziska do wagi użytkownika - regulacja wysokości siedziska umożliwia dopasowanie krzesła do wzrostu każdej siedzącej na nim osoby  • Regulowana wysokość siedziska: 44,5-57,5 cm • Średnica podstawy: 71,5 cm •  Wysokość całkowita: 100-113 cm</t>
   </si>
   <si>
     <t>256087</t>
   </si>
   <si>
     <t>Krzesło Colores obrotowe z reg.  wys. żółte</t>
   </si>
   <si>
     <t>256086</t>
   </si>
   <si>
     <t>Krzesło Colores obrotowe z reg.  wys. czerwone</t>
   </si>
   <si>
     <t>044107</t>
   </si>
   <si>
-    <t>Tablica korkowa 90 x 120 cm - różowa</t>
-[...2 lines deleted...]
-    <t>ZEST6272</t>
+    <t>Tablica korkowa 90 x 120 cm – różowa</t>
+  </si>
+  <si>
+    <t>MZEST0018</t>
   </si>
   <si>
     <t>Monitor interaktywny Insgraf Digital EduSpace 75 ze statywem z windą i tablicami</t>
   </si>
   <si>
-    <t>Skład zestawu:  • 585038 Monitor interaktywny insGraf Digital EduSpace 75, 1 szt. • 620007 Statyw z windą i tablicami do monitora interaktywnego 75, 1 szt.</t>
+    <t xml:space="preserve">
+Skład zestawu:
+	585038 Monitor interaktywny insGraf Digital EduSpace 75, 1 szt. Więcej informacji &gt;&gt;
+	620007 Statyw z windą i tablicami do monitora interaktywnego 75, 1 szt. Więcej informacji &gt;&gt;
+585038 Monitor interaktywny insGraf Digital EduSpace 75, 1 szt.
+insGraf DIGITAL EDUSpace – era innowacyjnej edukacji cyfrowej
+insGraf DIGITAL EDUSpace to najnowocześniejszy monitor interaktywny zaprojektowany specjalnie z myślą o placówkach edukacyjnych i cyfrowej transformacji szkoły. Łączy w sobie zaawansowane technologie, łatwość obsługi i funkcjonalności, które wspierają zarówno nauczycieli, jak i uczniów. Wyposażony w system operacyjny Android 14 z certyfikatem Google EDLA (Enterprise Device Licensing Agreement), zapewnia pełną integrację z ekosystemem Google, oferując dostęp do Google for Education oraz sklepu Google Play. To innowacyjne rozwiązanie gwarantuje szkołom nieograniczone możliwości edukacyjne oraz najwyższy poziom bezpieczeństwa.
+Co daje certyfikat Google EDLA? Certyfikat EDLA to potwierdzenie zgodności urządzenia z rygorystycznymi standardami Google, dzięki czemu monitor jest w pełni bezpieczny, wydajny i kompatybilny. EDLA umożliwia regularne aktualizacje systemu, zapewniając jego stabilność i nowoczesność. Dzięki integracji z Google Play nauczyciele mogą korzystać z tysięcy aplikacji edukacyjnych, takich jak narzędzia do nauki matematyki, języków obcych czy programowania, które wzbogacają lekcje o interaktywne treści. Ponadto pełna integracja z Google Workspace for Education (Classroom, Meet, Drive, Docs) usprawnia współpracę i organizację pracy zarówno w klasie, jak i w trybie zdalnym.
+Najważniejsze nowości i zalety:
+1. System Android 14 z certyfikatem Google EDLA:
+	Pełna integracja z Google Workspace for Education.
+	Nieograniczony dostęp do sklepu Google Play.
+	Regularne aktualizacje i zgodność z najnowszymi technologiami.
+2. Generatywna sztuczna inteligencja Google Gemini:
+	Pomoc w tworzeniu materiałów dydaktycznych.
+	Zaawansowany asystent wspierający nauczyciela i ucznia w procesie edukacji
+	Źródło inspiracji, zwiększenie produktywności, zaangażowanie ucznia w proces uczenia.
+3. Ułatwienia dostępu – nauka bez barier:
+Monitor Insgraf DIGITAL EDUSpace został wyposażony w skróty ułatwień dostępu, które zostały stworzone z myślą o uczniach ze specjalnymi potrzebami edukacyjnymi (SPE), wszystko dostępne wprost na ekranie w pasku ułatwień dostępu:
+	Powiększanie tekstu – umożliwia lepsze zrozumienie treści osobom z problemami ze wzrokiem.
+	Odwrócenie kolorów – ułatwia korzystanie z urządzenia uczniom z dysfunkcją wzroku lub trudnościami w odróżnianiu kolorów.
+	Duży wskaźnik – poprawia widoczność kursora, wspierając uczniów z trudnościami w koordynacji ruchowej.
+	Czytanie zawartości ekranu – funkcja lektora pomaga osobom niewidomym lub z dysleksją w przyswajaniu treści
+Te rozwiązania sprawiają, że monitor jest w pełni dostosowany do potrzeb uczniów z specjalnymi potrzebami edukacyjnymi (SPE) wspierając integrację i równe szanse w edukacji.
+4. Moduł NFC – szybkie i bezpieczne logowanie. Dzięki tej technologii nauczyciele mogą błyskawicznie uzyskać dostęp do swoich kont, eliminując konieczność wpisywania haseł. To rozwiązanie zwiększa wygodę oraz chroni przed nieautoryzowanym dostępem.
+5. Zewnętrzna kamera AI:
+	Tryb panoramiczny
+	Lokalizowanie uczestników i automatyczne kadrowanie
+	Lokalizacja dźwięku
+Kamera do zakupienia osobno (585040).
+6. Teraz 50 punktów dotyku, umożliwiających jednoczesną pracę wielu osób
+7. Bezprzewodowa komunikacja z EShare Pro:
+	Wbudowane oprogramowanie EShare PRO w cenie monitora.
+	Bezprzewodowe przesyłanie treści z urządzeń uczniów i nauczycieli.
+	Wsparcie dla współpracy między różnymi platformami.
+8. Niezależne dzielenie ekranu:
+Choć funkcja podziału ekranu pojawiała się już w niektórych monitorach, insGraf DIGITAL EDUSpace wyróżnia się płynnością działania i pełną swobodą w wyborze aplikacji, co czyni go wyjątkowo przydatnym w edukacji.
+	Podział ekranu na dwie części
+	Jednoczesne uruchamianie dowolnych aplikacji
+	Regulowana szerokość podzielonych części
+Nowe funkcje Whiteboard – jeszcze więcej możliwości w nauczaniu
+Zaawansowana aplikacja Whiteboard wprowadza innowacyjne funkcje, które sprawdzą się zarówno podczas lekcji matematyki, muzyki, jak i innych przedmiotów:
+	Rozpoznawanie pisma ręcznego – automatyczne konwertowanie ręcznie napisanych notatek na tekst cyfrowy.
+	Diagramy i mapy myśli – narzędzia wspierające wizualne przedstawianie informacji i organizację pracy - tworzenie diagramów i map myśli .
+Dlaczego warto wybrać insGraf DIGITAL EDUSpace?
+Monitor insGraf DIGITAL EDUSpace to idealne rozwiązanie dla nowoczesnych szkół, które chcą wprowadzić edukację na wyższy poziom. Dzięki zaawansowanym funkcjom, integracji z Google Workspace i wsparciu generatywnej sztucznej inteligencji, monitor zapewnia nauczycielom więcej możliwości, oszczędzając czas i angażując uczniów w aktywne uczestnictwo w lekcjach.
+Postaw na insGraf DIGITAL EDUSpace i odkryj nowy wymiar edukacji!
+Google EDLA (Enterprise Device Licensing Agreement) to certyfikat, który gwarantuje, że urządzenie spełnia najwyższe standardy Google w zakresie bezpieczeństwa, wydajności i kompatybilności. Certyfikowane monitory, takie jak insGraf DIGITAL EDUSpace, zapewniają pełen dostęp do Google Workspace for Education, umożliwiając korzystanie z takich narzędzi jak Google Classroom, Google Meet, Docs, Sheets czy Slides. Dzięki temu nauczyciele mogą z łatwością planować lekcje, prowadzić wideokonferencje, zarządzać zadaniami domowymi i monitorować postępy uczniów w jednym, spójnym ekosystemie. Certyfikat EDLA oznacza również regularne aktualizacje oprogramowania, zapewniające ciągłe wsparcie dla nowych funkcji i ochronę przed zagrożeniami cybernetycznymi. Google Workspace for Education to nie tylko narzędzia organizacyjne, ale również platforma wspierająca kreatywność i współpracę, co pozwala uczniom rozwijać umiejętności XXI wieku, takie jak komunikacja, krytyczne myślenie i współpraca w grupie.
+SPECYFIKACJA TECHNICZNA:
+Przekątna obrazu: 75"
+Wymiary: 170,5 x 102,6 x 11 cm
+Waga: 51 kg
+Matryca: VA
+Podświetlenie: DLED
+Żywotność matrycy: 50 000h
+Technologia matrycy: Zero bonding
+Twardość szkła: 9h
+Grubość szkła: 3,2mm
+Rozdzielczość: 3840x2160 pixel (4k)
+Współczynnik proporcji: 16:9
+Jasność świecenia: 450 cd/m²
+Kontrast: 5500:1
+HDR: HDR 10
+Kolory wyświetlacza: 8 bitów + FRC
+Czujnik światła otoczenia: Tak
+Czas rekcji wyświetlacza: 6,5 ms
+Kąt widzenia H/V: 178°/178°
+Czujnik dotyku: podczerwień
+Punkty dotyku: 50 punktów
+Narzędzia do pisania: pisak, palec, dłoń
+Pisanie 2 kolory: Tak - dwa pisaki
+Dokładność pisania: &lt; 1 mm (ponad 90% pow.)
+Wysokość odczytu pisak: 1,5 mm
+Czas reakcji pisania/dotyk: 3,3 ms
+Pamięć ram: 8GB
+Procesor: CORTEX A72x4 A53x4
+Chipset: RK3576
+Pojemność dysku: 256GB
+System operacyjny: ANDROID 14 + Certyfikat Google EDLA, wsparcie dla aktualizacji systemu przez 5 lat. Aktualizacje w trybie OTA (Over-The-Air)
+Slot OPS: Tak (12 x 18 x 3 cm)
+WIFI: Tak / 6
+Bluetooth: Tak/ BT 5.2
+ZŁĄCZA PORTY
+Przedni panel: • HDMI 2.0 x 1 • USB (dotykowe) x 1 • USB 3.0 x 2 • Wejście mikrofonu x 1 • USB Typ C x 1 - do 5V/3A 65W
+Panel tylny: • USB3.0 (dotykowy) x 1 • USB Typ C x 1 • Wejście HDMI 1/2 x 2 • Wyjście HDMI x 1 • DP x 1 • USB 3.0 x2 • USB 2.0 (Android) x 1 • RS-232 x 1 • słuchawki x 1 • wyjście SPDIF x 1 • audio-VGA x 1 • VGA x 1 • gniazdo OPS x 1 (4K przy 60 Hz) • Wejście sieciowe LAN RJ45/8P8C x 1 • Wyjście sieciowe LAN RJ45/8P8C x 1
+Obsługa HDCP (Cyfrowa ochrona treści przed kopiowanie)
+Głośniki: przód 2 x 20 W
+Mikrofon: Tak (8 macierzy, 10m, nagrywanie, redukcja pogłosu)
+Podział ekranu: Tak/dowolne 2 aplikacje - nowość
+Udostępnianie ekranu: Tak
+Obsługiwane pliki: Full
+Wbudowany pakiet OFFICE: Tak
+Obsługiwane pliki video: Full
+FUNKCJE TABLICY
+Pisanie - rysik, palec dłoń: Tak
+Wysokość pisania: 1,5 mm
+Czas reakcji (pisanie): ≤ 3,3 ms
+Funkcja Painting
+Funkcje rozpoznawania i zamiana pisania i figur geometrycznych: Tak
+Autokształty: Tak
+Funkcja notatki: Tak
+Gadżety: stoper, minutnik spotlight
+Przybory geometryczne: TAK - linijka, ekierka, kątomierz
+Podział tablicy: Tak
+Zapis aktywnej tablicy: Tak
+YOUTUBE w Tablicy: Tak
+Własne Wideo w Tablicy: Tak
+Wyszukiwanie obrazów: Tak
+Powierzchnia ekranu monitora jest matowa, antyodblaskowa.
+Zawartość:
+	pilot, 1 szt.
+	pisak, 2 szt.
+	przewód zasilający 3m, 1 szt.
+	przewód USB-C 65W dł - 2m, 1 szt.
+	przewód USB 2.0 A-B -3M, 1 szt.
+	przewód HDMI 2.0 dł - 3m, 1 szt.
+</t>
   </si>
   <si>
     <t>044105</t>
   </si>
   <si>
-    <t>Tablica korkowa 90 x 120 cm - zielona</t>
+    <t>Tablica korkowa 90 x 120 cm – zielona</t>
   </si>
   <si>
     <t>256097</t>
   </si>
   <si>
     <t>Krzesło Colores obrotowe z regulacją wysokości - szare</t>
   </si>
   <si>
     <t>101468</t>
   </si>
   <si>
     <t>Fotel narożny Inflamea 1 - ciemnoszary</t>
   </si>
   <si>
     <t xml:space="preserve">Wygodne fotele o nowoczesnym kształcie, w wielu kolorach do wyboru. Metalowe okrągłe nóżki umożliwiają poziomowanie mebla. Siedziska i oparcia są pokryte wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wys. siedziska 41 cm • gł. siedziska 52 cm • wym. 70 x 70 x 80 cm • UWAGA: fotel może być montowany pomiędzy dwoma kanapami lub być zakończeniem jednej kanapy. Jeśli fotel jest zakończeniem kanapy, należy domontować go do ściany w celu zwiększenia stabilności. </t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -344,51 +460,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/571e7008f8ecd1d6ede7420a514d94331.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb87687b0cf50b5e3ed4f1a33d2d41ed2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4d588dd972530c6f786e001999752293.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27c1f5e23b1e2cec24e1290c8d2ced494.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5bcc8b14ada05b7a468b85c70e787c95.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb0d50cf3d644552db9ffd50be0273e46.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/138e0556f8357dd3f38d001ea171e08d7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25b45f9a5228ebd913075c4c890c19808.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/414c10b86573196babdabb64b59a36629.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08262909ab0b745751775be55286367310.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8704b94a0afc70579ea172ba1b79ed5211.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3892acde788174c8908034ae529b680812.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e4c22c4567d6201eb7da822d4cc0e8913.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6c5aedb86450ee997cb061be1ef006614.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d605aa883b601998782347c46ab6827915.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3abfa3a79892ef16592bce9fcc0e3cac16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e88f99f3e7946f992cabf0441c461a7317.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c659689cc19a0669e37ee1935adc6e618.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a478f65682e90022e0dd812d8478f61119.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0f4783092d488f521e17fac09efbecc20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d9acb08ce2e979fc99db5c53c01a91621.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/455dd78be8dcbf6b5395787396eab4b122.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f330b96902ece32d8638997b2b744d11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfa1e3bb2316a6aac7cca0278573afcc2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf0c1ff9e5d89474053d5f16537e397c3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd4f7f9b8ea05a5e8718e6a405d3ef654.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e778a5784f574dd563ebdac764167675.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aee1b91e2eeb485772bec11cc05d64546.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52b32aeb555a635f8bb6104d2c445a997.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0953f09b31ed9699a55614765e6dac938.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba873d7f589d6554b5fc43c402bbffea9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/261e28f9de4a0f199a3140fb707a6d1110.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76a44f948d82a5c0bf58fa997fdabccc11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5732888c92509f4dfc6f11ccd684e2812.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f395d71cb50c875ede87966073db5c3613.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/825abdf1a6b70f501bc41f63ccbc3f6e14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71ef6faeef5e472e07b1c12a460894d515.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/557393976284492d5f249d65206119de16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2191f3d034b336659724f6bbcc865d4017.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37f38ee54a084a83cc4803667da2177318.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6854e721178c3123b63cdb43ed2d8b819.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a478d3a14e343ed62bf2bb9f72b1103d20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a340d25f4e139cbd7dd16654ce94fefe21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fb627a94a9a2726fec5a54b77a4682822.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4572000" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-GR-0007" descr="Klasa szkolna I-III Grande"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -899,51 +1015,51 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="ZEST6272" descr="ZEST6272"/>
+        <xdr:cNvPr id="19" name="MZEST0018" descr="MZEST0018"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>