--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>AR-098303-zb-21 Sala żłobkowa Quadro z Kącikiem Iris 1</t>
   </si>
   <si>
-    <t>z dnia 2025-10-04 09:25:09</t>
+    <t>z dnia 2025-11-20 00:02:22</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>092140W</t>
   </si>
   <si>
     <t>Quadro - szafka S na 6 szuflad na cokole, biała</t>
   </si>
@@ -83,87 +83,88 @@
   <si>
     <t>092176W</t>
   </si>
   <si>
     <t>Quadro - szafka rogowa M, biała</t>
   </si>
   <si>
     <t>Wykonana z białej płyty laminowanej o gr. 18 mm.• wym. 41,5 x 72 x 86,8 cm</t>
   </si>
   <si>
     <t>092084</t>
   </si>
   <si>
     <t>Quadro - skrzynia mała - biała</t>
   </si>
   <si>
     <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną.• wym. frontu 36,9 x 36,9 cm • wym. wewn. 33 x 34,2 x 28 cm• wym. 36,9 x 37,8 x 44,7 cm</t>
   </si>
   <si>
     <t>101745</t>
   </si>
   <si>
     <t>Bujak Chmurka</t>
   </si>
   <si>
-    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości.• wys. siedziska 28 cm • waga: 2,2 kg• wykonany z wytrzymałej pianki• wym. 73 x 30 x 40,5 cm• od 3 lat</t>
+    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny, łatwej do utrzymania w czystości.• wys. siedziska 28 cm
+• waga: 2,2 kg• wykonany z wytrzymałej pianki• wym. 73 x 30 x 40 cm• od 3 lat</t>
   </si>
   <si>
     <t>056163</t>
   </si>
   <si>
     <t>Dywan Flora, 2 x 3 m</t>
   </si>
   <si>
     <t>Dywany stworzone z myślą o kącikach tematycznych z kolekcji Quadro, ale dzięki stonowanym kolorom i delikatnym wzorom sprawdzą się w prawie każdym wnętrzu. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiada Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm   Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>146271</t>
   </si>
   <si>
     <t xml:space="preserve">EKO dekor - liść ażurowy średni </t>
   </si>
   <si>
     <t>Ozdobne aplikacje w kształcie liści wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie).• wym. 50 x 57,5 x 1,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
   </si>
   <si>
     <t>101316</t>
   </si>
   <si>
     <t>Zestaw piankowy Wyspa malucha - MED</t>
   </si>
   <si>
     <t>Pianki obszyte trwałą tkaniną meditap, łatwą do utrzymania w czystości. Elementy tworzą tor przeszkód dla maluchów, które zaczynają ćwiczyć i rozwijać swoją koordynację ruchową. Pianki są kompatybilne z zestawami (101237, 101316). Oraz mogą być uzupełniane pojedyńczymi elementami (101294 - 101301).Skład zestawu: • Kostka Wyspa, wym. 50 x 50 x 20 cm• Materac kwadrat sensoryczno-manipulacyjny (2 szt.), wym. 60 x 60 x 10 cm• Materac narożny sensoryczno-manipulacyjny (2 szt.), wym. 60 x 60 x 10 cm• Sensoryczne schody, wym. 60 x 50 x 20 cm• Sensoryczna drabinka, wym. 60 x 50 x 20 cm• Kształtka Pagórki, wym. 60 x 50 x 20 cm• Kształtka Zygzak, wym. 60 x 50 x 20 cm• wyrób medyczny - klasa I</t>
   </si>
   <si>
     <t>101849</t>
   </si>
   <si>
     <t>Bujak liść</t>
   </si>
   <si>
-    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości.• wykonany z wytrzymałej pianki• wym. 66 x 29 x 42 cm</t>
+    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny, łatwej do utrzymania w czystości.• wykonany z wytrzymałej pianki• wym. 66 x 29 x 42 cm</t>
   </si>
   <si>
     <t>146272</t>
   </si>
   <si>
     <t xml:space="preserve">EKO dekor - liść ażurowy duży </t>
   </si>
   <si>
     <t>Ozdobne aplikacje w kształcie liści wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie).• wym. 40 x 78 x 1,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
   </si>
   <si>
     <t>098303</t>
   </si>
   <si>
     <t>Kącik Iris</t>
   </si>
   <si>
     <t>Kącik zabaw dla najmłodszych ma dwa wejścia - schodki i trap, idealny dla raczkujących maluchów, w środku czekają atrakcje w postaci paneli sensorycznych. Wykonany z lakierowanej sklejki, drewna i płyty laminowanej. Podest pokryty wykładziną. Z przodu znajduje się okienko wykonane z pleksi. Konieczne kotwiczenie do podłoża. • wym. całkowite 220 x 286 x 120 cm• wys. podestu 35 cm • Sklejka lakierowana o grubości 19 mm - wysoka jakość i stabilność • Zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych! • Rama z litego drewna (buk, jesion), klejona • Elementy wykonane z kolorowej płyty MDF  • Fala: pokrycie piankowe  ze sztuczą a skórą</t>
   </si>
   <si>
     <t>146247</t>
   </si>
   <si>
     <t xml:space="preserve">EKO dekor - liść 3D mały </t>
   </si>
@@ -349,51 +350,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fab9f1ad57f7b8b2d53c9a9c83f2a001.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2275375ffa22b86d8ee4fb7a64f255d2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c43ff6636a28b8be4fe00ed2e7650f6d3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b4be85960c975292871a051b6f787284.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d52200cb574f04315c97db8c866831155.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b74270ddfac8e616331814e466b507576.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0cba5737cc5ac9479523b2ff4e3eac37.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd8e3bf81dd6da952cddf02ae45d5eba8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c69caf8e38315667fe885171830806969.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83edd92344bf5b010a025bead0b8983510.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35b11728538b35063462c529c78ea94d11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81f5717d65395886f39733faf0a5a59d12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddd91013fabeaafc5b553a9ee549a66b13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cb73e32705001c34e28aa05ae95d2bc14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6feefde10d18ef2f181061676b3bad4015.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f7d6b21960a469299af8710b227ee2e16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d77c3bae0082adc1e5338663db6e22da17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b41079c82ff3fb8076691d860e4c061218.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e0df1600faed76cef9eb6a400c982b119.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95322a0e980ff331506fd78af638459e20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77232233fa0163e0d27e01c596789b0821.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4b8efe56dfa1c123dc589c093cfbd6822.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9153ebd5c599c73ca853b00638ba16a31.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95f92b806db1b4e8d6585917b9d2cf3a2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3ff9d1d66f45594028eb36d546b7d3b3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7889a76c69b6ddbd7a939f8d9c7c47f4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50395ada3b4e2d4a05413bbecc0f7e5c5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe3f6b2714441f7ed7dc34996ff758366.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee46ef9fa05dd04c3513007c6158486d7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f5dc71ec0e5788842cdae56da373aeb8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b21447d9544dc6c4dd04c9b83e5120c9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4cf6b10f3d99bac933d9c572c5150f910.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa7cb284608026d89bc0bc673bb2736811.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc6f591aca5213196fb494e390e5fba812.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a38a6538de91c383c5cae51f289fcecf13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10ff1cb4873dd5eb972ad3172660557114.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d061c2ce11f65260648c208ec943654115.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6453d57e303309142712560cc9dcd5ea16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b4182678b125b210f1d180d285e3b6317.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffe8e4929f34bd08ce95eab37bb78ecb18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2305973a6f960f1e51ab2d6dfab323bd19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be49320732cc1de2098a92422cbc899c20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f86ebc2d6940ceed00849dd6c99ecb9921.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6abca7e5975bcf92a68d3ff6c40ee05422.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4276725" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="AR-098303-zb-21" descr="Sala żłobkowa Quadro z Kącikiem Iris 1"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>