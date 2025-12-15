--- v0 (2025-10-18)
+++ v1 (2025-12-15)
@@ -20,114 +20,114 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>WIZ-GAB-MB-0005 Gabinet terapeutyczny 1</t>
   </si>
   <si>
-    <t>z dnia 2025-10-18 18:03:18</t>
+    <t>z dnia 2025-12-15 23:06:34</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>ZEST6145</t>
   </si>
   <si>
     <t>Stół Expo okrągły biały z 4 krzesłami Baltic Basic mix kolorów</t>
   </si>
   <si>
     <t>Skład: • 098215 Stół kawowy Expo śr. 80 cm biały, 1 szt. • 861014 Krzesło Baltic Basic oliwkowe, 1 szt. • 861015 Krzesło Baltic Basic żółte, 1 szt. • 861016 Krzesło Baltic Basic beżowe, 2 szt.</t>
   </si>
   <si>
     <t>101912</t>
   </si>
   <si>
     <t>Poduszka żółta</t>
   </si>
   <si>
-    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cm</t>
+    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>842584</t>
   </si>
   <si>
     <t>Panele Ecophon Akusto One zielone 30 x 120, 2 szt.</t>
   </si>
   <si>
     <t>Panele dają duże możliwości projektowe, można dobierać różne formaty oraz kolory płyt i tworzyć dowolne układy. Rdzeń płyty wykonany jest z wełny szklanej 3. generacji o wysokiej gęstości.  Tkanina charakteryzuje się zmniejszoną o połowę wielkością mikroperforacji oraz ich podwojoną ilością, zachowując dobre właściwości akustyczne. Przy mniejszych mikroperforacjach powłoka jest łatwiejsza do czyszczenia. Tył płyty pokryto welonem szklanym, a krawędzie są pomalowane na biało. Płyty są materiałem niepalnym wg badań i klasyfikacji EN ISO 1182 (Standard: EN 13501-1, Klasa: A2-s1,d0). Mogą być instalowane w pomieszczeniach i strefach, gdzie wilgotność względna powietrza i temperatura nie przekraczają, odpowiednio, 95% i 30°C. W komplecie listwa montażowa. • 2 szt. • gr. 4 cm • wym. 60 x 60 cm• wym. 60 cm x 60 cm x 4 cm</t>
   </si>
   <si>
     <t>ZEST6060</t>
   </si>
   <si>
     <t>Grande - zestaw 87</t>
   </si>
   <si>
-    <t>Zestaw pojemnych szaf do przechowywania, odpowiednie do świetlic i innych pomieszczeń rekreacyjnych. Wnęka pokryta jest szarą sklejką laminowaną HPL, a w środku znajduje się materac z łatwym w pielęgnacji pokrowcem. Za każdymi drzwiami średniej wielkości znajduje się 1 regulowana półka. Wymagany montaż ścienny.Skład zestawu:• 098803W Szafa Grande XXL z siedziskiem 57 cm - biała, 1 szt.• 098801W Szafa Grande XXL - biała, 1 szt.• wym. wnęki 100 x 50 x 100 cm• wym. materaca 99,5 x 50 x 10 cm• wym. 215,2 x 52 x 258,2 cm• długość zestawu: 2,152 m</t>
+    <t>Zestaw pojemnych szaf do przechowywania, odpowiednie do świetlic i innych pomieszczeń rekreacyjnych. Wnęka pokryta jest szarą sklejką laminowaną HPL, a w środku znajduje się materac z łatwym w pielęgnacji pokrowcem. Za każdymi drzwiami średniej wielkości znajduje się 1 regulowana półka. Wymagany montaż ścienny.Skład zestawu:• 098803W Szafa Grande XXL z siedziskiem 57 cm - biała, 1 szt.• 098801W Szafa Grande XXL - biała, 1 szt.• wym. wnęki 100 x 50 x 100 cm• wym. materaca 99,5 x 50 x 10 cm• wym. 215,20 x 52 x 258,20 cm• długość zestawu: 2,15 mSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>D095016</t>
   </si>
   <si>
     <t>Półka otwarta</t>
   </si>
   <si>
-    <t>Regały wykonane z płyty laminowanej w tonacji klonu 375, o gr. 18 mm, wykończonej obrzeżem. Dostępne w trzech wersjach: otwarte, zamknięte lub z witryną, wyposażone w zawiasy uchylne podnoszone do góry.• wym. 80 x 30 x 37,6 cm• wym. 80 cm x 30 cm x 38 cm</t>
+    <t>Regały wykonane z płyty laminowanej w tonacji klonu 375, o gr. 18 mm, wykończonej obrzeżem. Dostępne w trzech wersjach: otwarte, zamknięte lub z witryną, wyposażone w zawiasy uchylne podnoszone do góry.• wym. 80 x 30 x 37,6 cm• wym. 80 x 30 x 37,60 cm</t>
   </si>
   <si>
     <t>101458</t>
   </si>
   <si>
     <t>Fotel Inflamea 1, 3 os. - ciemnoszary</t>
   </si>
   <si>
     <t>Wygodne fotele o nowoczesnym kształcie, w wielu kolorach do wyboru. Metalowe okrągłe nóżki umożliwiają poziomowanie mebla. Siedziska i oparcia są pokryte wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wys. siedziska 41 cm • gł. siedziska 52 cm • wym. 145 x 70 x 80 cm • wym. 145 cm x 70 cm x 80 cm</t>
   </si>
   <si>
     <t>ZEST5965</t>
   </si>
   <si>
     <t>Szafka z klockami LEGO® Education - zestaw szkolny</t>
   </si>
   <si>
     <t>Zestaw zawiera:
 	098457 Quadro - szafka M na plastikowe pojemniki - z przegrodą, na kółkach, klon, 1 szt.
 	LEGO45678 LEGO® Education SPIKE™ Prime - zestaw podstawowy, 4 kpl.
 	LEGO45400 LEGO® Education BricQ Motion Prime Set, 4 kpl.
 098457 Quadro - szafka M na plastikowe pojemniki - z przegrodą, na kółkach, klon, 1 szt.
 Wykonana z płyty laminowanej w tonacji klonu o gr. 18 mm. W komplecie prowadnice do montażu pojemników z LEGO.
 	szerokość: 70,2 cm
 	głębokość: 48 cm
@@ -199,69 +199,186 @@
 	Wskazówki ułatwiające lub rozszerzające zajęć
 	Rozszerzenie lekcji o umiejętności humanistyczne
 	Rozszerzenie lekcji o umiejętności matematyczne
 	Dodatkowe zasoby
 	Kryteria ocen
 	Zasoby edukacyjne do nauczania hybrydowego
 	Instrukcję budowania
 Podstawowe informacje:
 	Wiek: 10+
 	562 elementów LEGO® Technic™
 	Wym. 42 x 31 x 15,5 cm
 	Pudełko do przechowywania i części zamienne
 	Drukowana instrukcja
 	Zestaw dla 2 uczniów
 	1 zestaw do nauki - dla starszych klas szkoły podstawowej
 	Scenariusze lekcji w języku polskim
 • wym. 70,2 x 48 x 86,8 cm</t>
   </si>
   <si>
     <t>558004</t>
   </si>
   <si>
     <t>Kolumna wodna 15 x 180 cm</t>
   </si>
   <si>
-    <t>Urządzenie to umożliwia sterowanie kolorem (za pomocą podłączonej skrzyneczki lub pilota zdalnego sterowania - w komplecie).  Możliwość wyboru 5 kolorów świecenia. Do kolumn należy wlewać wodę destylowaną. Włącznik/wyłącznik na podstawie.  • wym. 15 x 180 cm Do napełnienia kolumny potrzeba 26,5 L.   Do czyszczenia zaleca się zastosowanie wody w temperaturze do 25 stopni z dodatkiem mydła. Należy unikać gąbek, szorstkich szmatek, skrobaczek, szczoteczek i tym podobnych. Bardzo dobrze sprawdza się delikatna ściereczka z mikrofibry, która w połączeniu z letnią wodą i mydłem umożliwi bezpieczne usunięcie zabrudzeń bez ryzyka uszkodzenia powierzchni.  Nie należy wystawiać urządzenia (plexi) na działanie wysokich temperatur i środków chemicznych. NIEDOZWOLONE jest używanie rozpuszczalników, alkoholi, kwasów oraz płynów do dezynfekcji. Te czynniki mogą spowodować odkształcenia, uszkodzenie powierzchni czy też naruszenie struktury materiału. • śr. 15 cm• wym. 180 cm</t>
+    <t>Urządzenie to umożliwia sterowanie kolorem (za pomocą podłączonej skrzyneczki lub pilota zdalnego sterowania – w komplecie). Możliwość wyboru 5 kolorów świecenia. Do kolumn należy wlewać wodę destylowaną. Włącznik/wyłącznik na podstawie. Do napełnienia kolumny potrzeba 26,5 L. • wym. 15 x 180 cmDo czyszczenia używaj wody o temperaturze do 25 °C z dodatkiem mydła. Nie stosuj gąbek, szorstkich szmatek, skrobaczek ani szczoteczek. Najlepiej sprawdza się delikatna ściereczka z mikrofibry, która w połączeniu z letnią wodą i mydłem usuwa zabrudzenia bez ryzyka uszkodzenia powierzchni.Nie należy wystawiać urządzenia (plexi) na działanie wysokich temperatur ani środków chemicznych. Zabronione jest stosowanie rozpuszczalników, alkoholi, kwasów i płynów dezynfekujących, ponieważ mogą one odkształcić lub uszkodzić powierzchnię.• śr. 15 cm• wym. 180 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101438</t>
   </si>
   <si>
     <t>Fotel Inflamea 1, 1 os. - ciemnoszary</t>
   </si>
   <si>
     <t>Wygodne fotele o nowoczesnym kształcie, w wielu kolorach do wyboru. Metalowe okrągłe nóżki umożliwiają poziomowanie mebla. Siedziska i oparcia  pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. Fotele można dowolnie ze sobą łączyć. Fotele narożne i rogowe zaopatrzone są w specjalne łączniki. Do foteli prostych łączniki należy dokupić (098326). • wys. siedziska 41 cm • gł. siedziska 52 cm • wym. 62 x 70 x 80 cm • wym. 62 cm x 70 cm x 80 cm</t>
   </si>
   <si>
-    <t>ZEST6274</t>
+    <t>MZEST0020</t>
   </si>
   <si>
     <t>Monitor interaktywny Insgraf Digital EduSpace 65 na podstawie mobilnej</t>
   </si>
   <si>
-    <t>Skład zestawu: _x0001_ • 585037 Monitor interaktywny insGraf Digital EduSpace 65, 1 szt. • 585104 Podstawa mobilna do monitorów interaktywnych, 1 szt.</t>
+    <t xml:space="preserve">
+Skład zestawu:
+	585037 Monitor interaktywny insGraf Digital EduSpace 65, 1 szt. Więcej informacji &gt;&gt;
+	585104 Podstawa mobilna do monitorów interaktywnych, 1 szt. Więcej informacji &gt;&gt;
+585037 Monitor interaktywny insGraf Digital EduSpace 65, 1 szt.
+insGraf DIGITAL EDUSpace – era innowacyjnej edukacji cyfrowej
+insGraf DIGITAL EDUSpace to najnowocześniejszy monitor interaktywny zaprojektowany specjalnie z myślą o placówkach edukacyjnych i cyfrowej transformacji szkoły. Łączy w sobie zaawansowane technologie, łatwość obsługi i funkcjonalności, które wspierają zarówno nauczycieli, jak i uczniów. Wyposażony w system operacyjny Android 14 z certyfikatem Google EDLA (Enterprise Device Licensing Agreement), zapewnia pełną integrację z ekosystemem Google, oferując dostęp do Google for Education oraz sklepu Google Play. To innowacyjne rozwiązanie gwarantuje szkołom nieograniczone możliwości edukacyjne oraz najwyższy poziom bezpieczeństwa.
+Co daje certyfikat Google EDLA? Certyfikat EDLA to potwierdzenie zgodności urządzenia z rygorystycznymi standardami Google, dzięki czemu monitor jest w pełni bezpieczny, wydajny i kompatybilny. EDLA umożliwia regularne aktualizacje systemu, zapewniając jego stabilność i nowoczesność. Dzięki integracji z Google Play nauczyciele mogą korzystać z tysięcy aplikacji edukacyjnych, takich jak narzędzia do nauki matematyki, języków obcych czy programowania, które wzbogacają lekcje o interaktywne treści. Ponadto pełna integracja z Google Workspace for Education (Classroom, Meet, Drive, Docs) usprawnia współpracę i organizację pracy zarówno w klasie, jak i w trybie zdalnym.
+Najważniejsze nowości i zalety:
+1. System Android 14 z certyfikatem Google EDLA:
+	Pełna integracja z Google Workspace for Education.
+	Nieograniczony dostęp do sklepu Google Play.
+	Regularne aktualizacje i zgodność z najnowszymi technologiami.
+2. Generatywna sztuczna inteligencja Google Gemini:
+	Pomoc w tworzeniu materiałów dydaktycznych.
+	Zaawansowany asystent wspierający nauczyciela i ucznia w procesie edukacji
+	Źródło inspiracji, zwiększenie produktywności, zaangażowanie ucznia w proces uczenia.
+3. Ułatwienia dostępu – nauka bez barier:
+Monitor Insgraf DIGITAL EDUSpace został wyposażony w skróty ułatwień dostępu, które zostały stworzone z myślą o uczniach ze specjalnymi potrzebami edukacyjnymi (SPE), wszystko dostępne wprost na ekranie w pasku ułatwień dostępu:
+	Powiększanie tekstu – umożliwia lepsze zrozumienie treści osobom z problemami ze wzrokiem.
+	Odwrócenie kolorów – ułatwia korzystanie z urządzenia uczniom z dysfunkcją wzroku lub trudnościami w odróżnianiu kolorów.
+	Duży wskaźnik – poprawia widoczność kursora, wspierając uczniów z trudnościami w koordynacji ruchowej.
+	Czytanie zawartości ekranu – funkcja lektora pomaga osobom niewidomym lub z dysleksją w przyswajaniu treści
+Te rozwiązania sprawiają, że monitor jest w pełni dostosowany do potrzeb uczniów z specjalnymi potrzebami edukacyjnymi (SPE) wspierając integrację i równe szanse w edukacji.
+4. Moduł NFC – szybkie i bezpieczne logowanie. Dzięki tej technologii nauczyciele mogą błyskawicznie uzyskać dostęp do swoich kont, eliminując konieczność wpisywania haseł. To rozwiązanie zwiększa wygodę oraz chroni przed nieautoryzowanym dostępem.
+5. Zewnętrzna kamera AI:
+	Tryb panoramiczny
+	Lokalizowanie uczestników i automatyczne kadrowanie
+	Lokalizacja dźwięku
+Kamera do zakupienia osobno (585040).
+6. Teraz 50 punktów dotyku, umożliwiających jednoczesną pracę wielu osób
+7. Bezprzewodowa komunikacja z EShare Pro:
+	Wbudowane oprogramowanie EShare PRO w cenie monitora.
+	Bezprzewodowe przesyłanie treści z urządzeń uczniów i nauczycieli.
+	Wsparcie dla współpracy między różnymi platformami.
+8. Niezależne dzielenie ekranu:
+Choć funkcja podziału ekranu pojawiała się już w niektórych monitorach, insGraf DIGITAL EDUSpace wyróżnia się płynnością działania i pełną swobodą w wyborze aplikacji, co czyni go wyjątkowo przydatnym w edukacji.
+	Podział ekranu na dwie części
+	Jednoczesne uruchamianie dowolnych aplikacji
+	Regulowana szerokość podzielonych części
+Nowe funkcje Whiteboard – jeszcze więcej możliwości w nauczaniu
+Zaawansowana aplikacja Whiteboard wprowadza innowacyjne funkcje, które sprawdzą się zarówno podczas lekcji matematyki, muzyki, jak i innych przedmiotów:
+	Rozpoznawanie pisma ręcznego – automatyczne konwertowanie ręcznie napisanych notatek na tekst cyfrowy.
+	Diagramy i mapy myśli – narzędzia wspierające wizualne przedstawianie informacji i organizację pracy - tworzenie diagramów i map myśli .
+Dlaczego warto wybrać insGraf DIGITAL EDUSpace?
+Monitor insGraf DIGITAL EDUSpace to idealne rozwiązanie dla nowoczesnych szkół, które chcą wprowadzić edukację na wyższy poziom. Dzięki zaawansowanym funkcjom, integracji z Google Workspace i wsparciu generatywnej sztucznej inteligencji, monitor zapewnia nauczycielom więcej możliwości, oszczędzając czas i angażując uczniów w aktywne uczestnictwo w lekcjach.
+Postaw na insGraf DIGITAL EDUSpace i odkryj nowy wymiar edukacji!
+Google EDLA (Enterprise Device Licensing Agreement) to certyfikat, który gwarantuje, że urządzenie spełnia najwyższe standardy Google w zakresie bezpieczeństwa, wydajności i kompatybilności. Certyfikowane monitory, takie jak insGraf DIGITAL EDUSpace, zapewniają pełen dostęp do Google Workspace for Education, umożliwiając korzystanie z takich narzędzi jak Google Classroom, Google Meet, Docs, Sheets czy Slides. Dzięki temu nauczyciele mogą z łatwością planować lekcje, prowadzić wideokonferencje, zarządzać zadaniami domowymi i monitorować postępy uczniów w jednym, spójnym ekosystemie. Certyfikat EDLA oznacza również regularne aktualizacje oprogramowania, zapewniające ciągłe wsparcie dla nowych funkcji i ochronę przed zagrożeniami cybernetycznymi. Google Workspace for Education to nie tylko narzędzia organizacyjne, ale również platforma wspierająca kreatywność i współpracę, co pozwala uczniom rozwijać umiejętności XXI wieku, takie jak komunikacja, krytyczne myślenie i współpraca w grupie.
+SPECYFIKACJA TECHNICZNA:
+Przekątna obrazu: 65"
+Wymiary: 148 x 92 x 11 cm
+Waga: 38 kg
+Matryca: VA
+Podświetlenie: DLED
+Żywotność matrycy: 50 000h
+Technologia matrycy: Zero bonding
+Twardość szkła: 9h
+Grubość szkła: 3,2mm
+Rozdzielczość: 3840x2160 pixel (4k)
+Współczynnik proporcji: 16:9
+Jasność świecenia: 450 cd/m²
+Kontrast: 5000:1
+HDR: HDR 10
+Kolory wyświetlacza: 8 bitów + FRC
+Czujnik światła otoczenia: Tak
+Czas rekcji wyświetlacza: 6,5 ms
+Kąt widzenia H/V: 178°/178°
+Czujnik dotyku: podczerwień
+Punkty dotyku: 50 punktów
+Narzędzia do pisania: pisak, palec, dłoń
+Pisanie 2 kolory: Tak - dwa pisaki
+Dokładność pisania: &lt; 1 mm (ponad 90% pow.)
+Wysokość odczytu pisak: 1,5 mm
+Czas reakcji pisania: 3,3 ms
+Pamięć ram: 8GB
+Procesor: CORTEX A72x4 A53x4
+Chipset: RK3576
+Pojemność dysku: 256GB
+System operacyjny: ANDROID 14 + Certyfikat Google EDLA
+Slot OPS: Tak (12 x 18 x 3 cm)
+WIFI: Tak / 6
+Bluetooth: Tak/ BT 5.2
+ZŁĄCZA PORTY
+Przedni panel: • HDMI 2.0 x 1 • USB (dotykowe) x 1 • USB 3.0 x 2 • Wejście mikrofonu x 1 • USB Typ C x 1 - do 5V/3A 65W
+Panel tylny: • USB3.0 (dotykowy) x 1 • USB Typ C x 1 • Wejście HDMI 1/2 x 2 • Wyjście HDMI x 1 • DP x 1 • USB 3.0 x2 • USB 2.0 (Android) x 1 • RS-232 x 1 • słuchawki x 1 • wyjście SPDIF x 1 • audio-VGA x 1 • VGA x 1 • gniazdo OPS x 1 (4K przy 60 Hz) • Wejście sieciowe LAN RJ45/8P8C x 1 • Wyjście sieciowe LAN RJ45/8P8C x 1
+Obsługa HDCP (Cyfrowa ochrona treści przed kopiowanie)
+Głośniki: przód 2 x 20 W
+Mikrofon: Tak (8 macierzy, 10m, nagrywanie, redukcja pogłosu)
+Podział ekranu: Tak/dowolne 2 aplikacje - nowość
+Udostępnianie ekranu: Tak
+Obsługiwane pliki: Full
+Wbudowany pakiet OFFICE: Tak
+Obsługiwane pliki video: Full
+FUNKCJE TABLICY
+Pisanie - rysik, palec dłoń: Tak
+Wysokość pisania: 1,5 mm
+Czas reakcji (pisanie): ≤ 3,3 ms
+Funkcja Painting
+Funkcje rozpoznawania i zamiana pisania i figur geometrycznych: Tak
+Autokształty: Tak
+Funkcja notatki: Tak
+Gadżety: stoper, minutnik spotlight
+Przybory geometryczne: TAK - linijka, ekierka, kątomierz
+Podział tablicy: Tak
+Zapis aktywnej tablicy: Tak
+YOUTUBE w Tablicy: Tak
+Własne Wideo w Tablicy: Tak
+Wyszukiwanie obrazów: Tak
+Powierzchnia ekranu monitora jest matowa, antyodblaskowa.
+Zawartość:
+	pilot, 1 szt.
+	pisak, 2 szt.
+	przewód zasilający 3m, 1 szt.
+	przewód USB-C 65W dł - 2m, 1 szt.
+	przewód USB 2.0 A-B -3M, 1 szt.
+	przewód HDMI 2.0 dł - 3m, 1 szt.
+• produkt wymaga baterii (są w zestawie)
+</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -339,51 +456,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f9472b1430e48d981214c242507b3981.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/568f703f1ef16518c4f33514d94d988e2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8dca4508a7fb68fe8e24caa1e3231173.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82941f71cf4d7b5fdaf0a6a4d9c412ec4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e823e6bbd5817cf4b0fcb8f9f79dd8a5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4149decc0dea7c1509c3599cf56c4b806.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c5bc1278e8c3d10c1ff71168e47a1757.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46ba89967e9438405e0573c25dc90f218.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/468a8c9bae59c046ae5a86d147554fcf9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2a1767f83f03fb3a4a7b579766fe22e10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fdf4c36feaab21a016af8e3e44aa16e11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a21057ff808561770aa6a51424108c741.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2b82923949eb1b70b6085a3dd946eb72.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b101c1935233c9fdca83a2843868372a3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d0fa7ce998875a73fe682d15aa9504c4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a41396c2c6e4f9136847e0ed9da62fc5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cad9bc2cb55e9c8a12795b47e4b922fa6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7750ea55f884c99208fcbf50458e4e47.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015a629a68eadb1e829ca4b7c12bcc588.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6d219eb450b7355ae9bc94cbf6b1e0d9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b38d3e13afc88f6c712ecc2d9c6c10110.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3aee3f1255183ab1f57764660ea9b7511.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-GAB-MB-0005" descr="Gabinet terapeutyczny 1"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -654,51 +771,51 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="ZEST6274" descr="ZEST6274"/>
+        <xdr:cNvPr id="11" name="MZEST0020" descr="MZEST0020"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>