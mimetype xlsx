--- v0 (2025-11-14)
+++ v1 (2026-01-09)
@@ -19,126 +19,268 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>WIZ-SZK-MB-0044 STEAM LAB-Strefa T (Technology) - Technologia</t>
   </si>
   <si>
-    <t>z dnia 2025-11-14 07:29:18</t>
+    <t>z dnia 2026-01-10 00:22:22</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>085603-0VAT</t>
   </si>
   <si>
     <t>Drukarka 3D Flashforge Adventurer 4</t>
   </si>
   <si>
     <t xml:space="preserve">Cena skalkulowana wyłącznie dla placówek oświatowych.    Pakiet zawiera produkt ze stawką VAT 0%: Drukarka 3D FlashForge Adventurer 4, (wartość netto = brutto).  Przy zakupie wymagane jest przesłanie wypełnionego i podpisanego przez organ nadzorujący Zaświadczenia.  Wzór Zaświadczenia &gt;&gt; Przykład wypełnionego Zaświadczenia &gt;&gt;  * wysyłka realizowana jest po dostarczeniu prawidłowo wypełnionego formularza zamówienia VAT0% w oryginale.     Drukarka 3D Sygnis FlashForge Adventurer 4 doskonale sprawdza się w tworzeniu technologicznego parku maszyn. Funkcja RESUME PRINT pozwala na rozpoczęcie drukowania od tego samego momentu, w którym go przerwano z powodu, np. nagłego odcięcia zasilania, a większe pole robocze umożliwia jeszcze efektywniej drukować wybrane modele.  Drukarka 3D Adventurer 4 to nie tylko większy rozmiar wydruku: 220 x 200 x 250 mm, ale także większe możliwości. Posiada wbudowany uchwyt szpuli filamentu 1kg oraz możliwość korzystania z dysz o średnicach 0,3 / 0,4 mm. Drukarka 3D wyposażona jest w czujnik filamentu, schowek na narzędzia oraz kamerę, która pozwala na wykonywanie i przeglądanie zdjęć z poziomu interfejsu drukarki. Możliwość zdalnej kontroli nad urządzeniem poprzez Wi-Fi lub Ethernet. Lokalne sterowanie urządzenia odbywa się za pomocą 4.3 calowego kolorowego wyświetlacza HD, posiadającego trzy stopnie jasności. Drukarka 3D posiada tryb oszczędzania energii. Dzięki ekstruderowi 265 °C możliwy jest druk z PLA/ABS/PC/PETG/PLA-CF/PETG-CF. Nowe funkcje w oprogramowaniu pozwalają nadzorować wiele urządzeń jednocześnie. Drukarka 3D posiada dwa tryby kalibracji: 9-cio punktową i ekspercką. Dodatkowo istnieje możliwość pobrania log’u z urządzenia.  Drukarka 3D Adventurer 4 posiada funkcję umożliwiającą edycję temperatury stołu oraz dyszy w trakcie drukowania. Zmienić można także wysokość osi Z, procentową ilość podawanego filamentu, moc wentylatorów oraz prędkość drukowania. Wbudowana instrukcja obsługi oraz informacje na temat oprogramowania pozwolą na lepsze zapoznanie się z drukarką. Na drukarkę udzielamy rocznej gwarancji i świadczymy pomoc techniczną, jako jedyny autoryzowany serwis FlashForge w Polsce.       Wyposażenie:   _x0001_szpula filamentu (1 kg) _x0001_kabel zasilający _x0001_dodatkowy moduł wysokotemperaturowy o średnicy 0.4mm _x0001_śrubokręt _x0001_narzędzie do przepychania dyszy _x0001_komplet śrubokrętów imbusowych _x0001_smar _x0001_pendrive _x0001_karta do poziomowania _x0001_złączka do filamentu _x0001_instrukcja obsługi    Specyfikacja:   _x0001_Technologia: FDM/FFF _x0001_Liczba głowic: 1 _x0001_Temperatura Ekstrudera: 240 ℃ / 265 ℃ _x0001_Temperatura platformy roboczej: 110 ℃ _x0001_Prędkość drukowania: 10 – 150 mm/s _x0001_Obszar roboczy: 220 x 200 x 250 mm _x0001_Rozdzielczość warstwy: 0,1 – 0,4 mm _x0001_Komora robocza: zamknięta _x0001_Głośność: 45 dB _x0001_Wielkość wyświetlacza: 4,3" _x0001_Zasilanie: 100-240 VAC, 47-603Hz _x0001_Kamera: 1 _x0001_Filtr: HEPA _x0001_Czujnik filamentu _x0001_Łączność: pamięć USB, Wi-Fi, Ethernet, FlashCloud _x0001_Waga: 20,1 kg _x0001_Wymiary: 500 x 470 x 540 mm   Serwis i infolinia techniczna dostępne pod numerem (22) 790-00-19   serwis@sygnis.pl;  bambino@sygnis.pl </t>
   </si>
   <si>
     <t>318011</t>
   </si>
   <si>
     <t>Krzesło Genito, wys. 30-38 cm - żółte</t>
   </si>
   <si>
     <t>Funkcjonalne i wygodne krzesło o niepowtarzalnym designie, wytrzymałe, nadaje się do instytucji, szkół, pomieszczeń biurowych i produkcyjnych.Wyposażone w kółka, z regulacją wysokości. Siedzisko wykonane ze sztucznej skóry w różnych kolorach. • maksymalne obciążenie 80 kg • wys. siedziska: 30 - 38 cm lub 38 - 48 cm</t>
   </si>
   <si>
     <t>098150W</t>
   </si>
   <si>
     <t>Stół Lektor mobilny prawy - biały</t>
   </si>
   <si>
     <t>Mobilne stoły na stabilnym, spawanym stelażu wykonanym z okrągłego profilu o gr. 32 mm. Blaty wykonane z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego lub białej, z zaokrąglonymi narożnikami. Wyposażone w 2 kółka w hamulcami. • wym. blatu 50 x 70 x 70 x 72,8 cm • wys. stołu 76 cm</t>
   </si>
   <si>
-    <t>585022-0VAT</t>
-[...7 lines deleted...]
-  <si>
     <t>096928W</t>
   </si>
   <si>
-    <t>Regał Grande mobilny M - biały</t>
-[...2 lines deleted...]
-    <t>Mobilne regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Wyposażone w kółka z hamulcami. Można uzupełnić drzwiczkami (096874, sprzedawane osobno).• wym. 82 x 38 x 82,2 cm</t>
+    <t>Regał Grande mobilny M – biały</t>
+  </si>
+  <si>
+    <t>Mobilne regały wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Wyposażone w kółka z hamulcami. Można uzupełnić drzwiczkami (096874, sprzedawane osobno).• wym. 82 x 38 x 82,20 cm</t>
   </si>
   <si>
     <t>098151W</t>
   </si>
   <si>
     <t>Stół Lektor mobilny lewy - biały</t>
   </si>
   <si>
+    <t>585037-0VAT</t>
+  </si>
+  <si>
+    <t>Monitor interaktywny Insgraf DIGITAL EduSpace 65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Monitor ze stawką VAT 0% dla placówek oświatowych.
+Przy zakupie wymagane jest przesłanie wypełnionego i podpisanego przez organ nadzorujący Zaświadczenia.
+ Wzór Zaświadczenia &gt;&gt;
+ Przykład wypełnionego Zaświadczenia &gt;&gt;
+insGraf Digital EDUSpace – era innowacyjnej edukacji cyfrowej
+insGraf Digital EDUSpace to najnowocześniejszy monitor interaktywny zaprojektowany specjalnie z myślą o placówkach edukacyjnych i cyfrowej transformacji szkoły. Łączy w sobie zaawansowane technologie, łatwość obsługi i funkcjonalności, które wspierają zarówno nauczycieli, jak i uczniów. Wyposażony w system operacyjny Android 14 z certyfikatem Google EDLA (Enterprise Device Licensing Agreement), zapewnia pełną integrację z ekosystemem Google, oferując dostęp do Google for Education oraz sklepu Google Play. To innowacyjne rozwiązanie gwarantuje szkołom nieograniczone możliwości edukacyjne oraz najwyższy poziom bezpieczeństwa.
+Co daje certyfikat Google EDLA? Certyfikat EDLA to potwierdzenie zgodności urządzenia z rygorystycznymi standardami Google, dzięki czemu monitor jest w pełni bezpieczny, wydajny i kompatybilny. EDLA umożliwia regularne aktualizacje systemu, zapewniając jego stabilność i nowoczesność. Dzięki integracji z Google Play nauczyciele mogą korzystać z tysięcy aplikacji edukacyjnych, takich jak narzędzia do nauki matematyki, języków obcych czy programowania, które wzbogacają lekcje o interaktywne treści. Ponadto pełna integracja z Google Workspace for Education (Classroom, Meet, Drive, Docs) usprawnia współpracę i organizację pracy zarówno w klasie, jak i w trybie zdalnym.
+Najważniejsze nowości i zalety:
+1. System Android 14 z certyfikatem Google EDLA:
+	Pełna integracja z Google Workspace for Education.
+	Nieograniczony dostęp do sklepu Google Play.
+	 Regularne aktualizacje i zgodność z najnowszymi technologiami.
+2. Generatywna sztuczna inteligencja Google Gemini:
+	Pomoc w tworzeniu materiałów dydaktycznych.
+	Zaawansowany asystent wspierający nauczyciela i ucznia w procesie edukacji
+	Źródło inspiracji, zwiększenie produktywności, zaangażowanie ucznia w proces uczenia.
+3. Ułatwienia dostępu – nauka bez barier:
+Monitor Insgraf Digital EDUSpace został wyposażony w skróty ułatwień dostępu, które zostały stworzone z myślą o uczniach ze specjalnymi potrzebami edukacyjnymi (SPE), wszystko dostępne wprost na ekranie w pasku ułatwień dostępu:
+	Powiększanie tekstu – umożliwia lepsze zrozumienie treści osobom z problemami ze wzrokiem.
+	Odwrócenie kolorów – ułatwia korzystanie z urządzenia uczniom z dysfunkcją wzroku lub trudnościami w odróżnianiu kolorów.
+	Duży wskaźnik – poprawia widoczność kursora, wspierając uczniów z trudnościami w koordynacji ruchowej.
+	Czytanie zawartości ekranu – funkcja lektora pomaga osobom niewidomym lub z dysleksją w przyswajaniu treści
+Te rozwiązania sprawiają, że monitor jest w pełni dostosowany do potrzeb uczniów z specjalnymi potrzebami edukacyjnymi (SPE) wspierając integrację i równe szanse w edukacji.
+4. Moduł NFC – szybkie i bezpieczne logowanie. Dzięki tej technologii nauczyciele mogą błyskawicznie uzyskać dostęp do swoich kont, eliminując konieczność wpisywania haseł. To rozwiązanie zwiększa wygodę oraz chroni przed nieautoryzowanym dostępem.
+5. Zewnętrzna kamera AI:
+	Tryb panoramiczny
+	Lokalizowanie uczestników i automatyczne kadrowanie
+	Lokalizacja dźwięku
+Kamera do zakupienia osobno (585040).
+6. Teraz 50 punktów dotyku, umożliwiających jednoczesną pracę wielu osób
+7. Bezprzewodowa komunikacja z EShare Pro:
+	Wbudowane oprogramowanie EShare PRO w cenie monitora.
+	Bezprzewodowe przesyłanie treści z urządzeń uczniów i nauczycieli.
+	Wsparcie dla współpracy między różnymi platformami.
+8. Niezależne dzielenie ekranu:
+Choć funkcja podziału ekranu pojawiała się już w niektórych monitorach, insGraf Digital EDUSpace wyróżnia się płynnością działania i pełną swobodą w wyborze aplikacji, co czyni go wyjątkowo przydatnym w edukacji.
+	Podział ekranu na dwie części
+	Jednoczesne uruchamianie dowolnych aplikacji
+	Regulowana szerokość podzielonych części
+Nowe funkcje Whiteboard – jeszcze więcej możliwości w nauczaniu
+Zaawansowana aplikacja Whiteboard wprowadza innowacyjne funkcje, które sprawdzą się zarówno podczas lekcji matematyki, muzyki, jak i innych przedmiotów:
+	Rozpoznawanie pisma ręcznego – automatyczne konwertowanie ręcznie napisanych notatek na tekst cyfrowy.
+	Diagramy i mapy myśli – narzędzia wspierające wizualne przedstawianie informacji i organizację pracy - tworzenie diagramów i map myśli .
+Dlaczego warto wybrać insGraf Digital EDUSpace?
+Monitor insGraf Digital EDUSpace to idealne rozwiązanie dla nowoczesnych szkół, które chcą wprowadzić edukację na wyższy poziom. Dzięki zaawansowanym funkcjom, integracji z Google Workspace i wsparciu generatywnej sztucznej inteligencji, monitor zapewnia nauczycielom więcej możliwości, oszczędzając czas i angażując uczniów w aktywne uczestnictwo w lekcjach.
+Postaw na insGraf Digital EDUSpace i odkryj nowy wymiar edukacji!
+Google EDLA (Enterprise Device Licensing Agreement) to certyfikat, który gwarantuje, że urządzenie spełnia najwyższe standardy Google w zakresie bezpieczeństwa, wydajności i kompatybilności. Certyfikowane monitory, takie jak insGraf Digital EDUSpace, zapewniają pełen dostęp do Google Workspace for Education, umożliwiając korzystanie z takich narzędzi jak Google Classroom, Google Meet, Docs, Sheets czy Slides. Dzięki temu nauczyciele mogą z łatwością planować lekcje, prowadzić wideokonferencje, zarządzać zadaniami domowymi i monitorować postępy uczniów w jednym, spójnym ekosystemie. Certyfikat EDLA oznacza również regularne aktualizacje oprogramowania, zapewniające ciągłe wsparcie dla nowych funkcji i ochronę przed zagrożeniami cybernetycznymi. Google Workspace for Education to nie tylko narzędzia organizacyjne, ale również platforma wspierająca kreatywność i współpracę, co pozwala uczniom rozwijać umiejętności XXI wieku, takie jak komunikacja, krytyczne myślenie i współpraca w grupie.
+SPECYFIKACJA TECHNICZNA:
+Przekątna obrazu: 65\"
+Wymiary: 148 x 92 x 11 cm
+Waga: 38 kg
+Matryca: VA
+Podświetlenie: DLED
+Żywotność matrycy: 50 000h
+Technologia matrycy: Zero bonding
+Twardość szkła: 9h
+Grubość szkła: 3,2mm
+Rozdzielczość: 3840x2160 pixel (4k)
+Współczynnik proporcji: 16:9
+Jasność świecenia: 450 cd/m²
+Kontrast: 5000:1
+HDR: HDR 10
+Kolory wyświetlacza: 8 bitów + FRC
+Czujnik światła otoczenia: Tak
+Czas rekcji wyświetlacza: 6,5 ms
+Kąt widzenia H/V: 178°/178°
+Czujnik dotyku: podczerwień
+Punkty dotyku: 50 punktów
+Narzędzia do pisania: pisak, palec, dłoń
+Pisanie 2 kolory: Tak - dwa pisaki
+Dokładność pisania: &lt; 1 mm (ponad 90% pow.)
+Wysokość odczytu pisak: 1,5 mm
+Czas reakcji pisania: 3,3 ms
+Pamięć ram: 8GB
+Procesor: CORTEX A72x4 A53x4
+Chipset: RK3576
+Pojemność dysku: 256GB
+System operacyjny: ANDROID 14 + Certyfikat Google EDLA
+Slot OPS: Tak (12 x 18 x 3 cm)
+WIFI: Tak / 6
+Bluetooth: Tak/ BT 5.2
+ZŁĄCZA PORTY
+Przedni panel: 
+	HDMI 2.0 x 1
+	USB (dotykowe) x 1 
+	USB 3.0 x 2 
+	Wejście mikrofonu x 1
+	USB Typ C x 1 - do 5V/3A 65W
+Panel tylny: 
+	USB3.0 (dotykowy) x 1 
+	USB Typ C x 1 
+	Wejście HDMI 1/2 x 2 
+	Wyjście HDMI x 1 
+	DP x 1 
+	USB 3.0 x2 
+	USB 2.0 (Android) x 1
+	RS-232 x 1 
+	słuchawki x 1 
+	wyjście SPDIF x 1 
+	audio-VGA x 1 
+	VGA x 1 
+	gniazdo OPS x 1 (4K przy 60 Hz) 
+	Wejście sieciowe LAN RJ45/8P8C x 1 
+	Wyjście sieciowe LAN RJ45/8P8C x 1
+Obsługa HDCP (Cyfrowa ochrona treści przed kopiowanie)
+Głośniki: przód 2 x 20 W
+Mikrofon: Tak (8 macierzy, 10m, nagrywanie, redukcja pogłosu)
+Podział ekranu: Tak/dowolne 2 aplikacje - nowość
+Udostępnianie ekranu: Tak
+Obsługiwane pliki: Full
+Wbudowany pakiet OFFICE: Tak
+Obsługiwane pliki video: Full
+FUNKCJE TABLICY
+Pisanie - rysik, palec dłoń: Tak
+Wysokość pisania: 1,5 mm
+Czas reakcji (pisanie): ≤ 3,3 ms
+Funkcje rozpoznawania i zamiana pisania i figur geometrycznych: Tak
+Autokształty: Tak
+Funkcja notatki: Tak
+Gadżety: stoper, minutnik spotlight
+Przybory geometryczne: TAK - linijka, ekierka, kątomierz
+Podział tablicy: Tak
+Zapis aktywnej tablicy: Tak
+YOUTUBE w Tablicy: Tak
+Własne Wideo w Tablicy: Tak
+Wyszukiwanie obrazów: Tak
+Powierzchnia ekranu monitora jest matowa, antyodblaskowa.
+Zawartość:
+	pilot, 1 szt.
+	pisak, 2 szt.
+	przewód zasilający 3m, 1 szt.
+	przewód USB-C 65W dł - 2m, 1 szt.
+	przewód USB 2.0 A-B -3M, 1 szt.
+	przewód HDMI 2.0 dł - 3m, 1 szt.
+	produkt wymaga baterii (są w zestawie)
+Zawartość:
+• pilot, 1 szt.
+• pisak, 2 szt.
+• przewód zasilający 3 m, 1 szt.
+• przewód USB-C 65W dł – 2 m, 1 szt.
+• przewód USB 2.0 A-B – 3 m, 1 szt.
+• przewód HDMI 2.0 dł – 3 m, 1 szt.</t>
+  </si>
+  <si>
     <t>372066</t>
   </si>
   <si>
-    <t>Pojemnik Jumbo 4 - błękitny</t>
+    <t>Pojemnik Jumbo 4 – błękitny</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. Kółka do pojemnika (372048) można dokupić osobno. • wym. 31,2 x 42,7 x 30 cm • 1 szt.</t>
   </si>
   <si>
     <t>096929W</t>
   </si>
   <si>
     <t>Regał Grande mobilny M na pojemniki - biały</t>
   </si>
   <si>
     <t>Mobilne regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Wyposażone w kółka z hamulcami. Należy uzupełnić je plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Można zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096932, 096932W). • wym. 70,2 x 48 x 82,2 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
@@ -228,51 +370,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8d33ab38a24ba05e96367bbd8b6201f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23aaae800793b80b955b962e812989aa2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14c688ab8ad28e67b5e28ab8d8e6d98b3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fa92e03388a81985c4534152ae21fe24.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dca4313f2a122a0c8f350a442df24d8c5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50616a98915dbbbe03f9573260c65b7c6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c50dcf0e881be2eb8221923048c819167.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8080c97ac3c46cc8ac83331a862d8b38.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0440dd7e8ee30febbb07b450644e81739.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7075a589490933c0f60a16e3396687501.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/721590355a2b372b936181ea1ac887a72.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c5a753fb7e7909100bca6b30f63255d3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be6abccfb65d7b23698d684b7e7be51a4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96c027c9631e8b87b6f817ffd98ff6fd5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b221b3efcd44addb0e05a03fda9987bf6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c467099cb1846a2d4dbdb7cba2cd47bf7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/400f19f387b83aa8c414e05f4fbc73528.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e955e23b970825f045dd4b7bd793d4089.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0044" descr="STEAM LAB-Strefa T (Technology) - Technologia"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -363,111 +505,111 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="585022-0VAT" descr="585022-0VAT"/>
+        <xdr:cNvPr id="5" name="096928W" descr="096928W"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="096928W" descr="096928W"/>
+        <xdr:cNvPr id="6" name="098151W" descr="098151W"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="098151W" descr="098151W"/>
+        <xdr:cNvPr id="7" name="585037-0VAT" descr="585037-0VAT"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
@@ -946,146 +1088,146 @@
       <c r="E8" s="8">
         <v>4</v>
       </c>
       <c r="F8" s="10">
         <v>499.9</v>
       </c>
       <c r="G8" s="11">
         <v>1999.6</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="80">
       <c r="A9" s="7"/>
       <c r="B9" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>18</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E9" s="8">
         <v>1</v>
       </c>
       <c r="F9" s="10">
-        <v>5599.9</v>
+        <v>699.9</v>
       </c>
       <c r="G9" s="11">
-        <v>5599.9</v>
+        <v>699.9</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="80">
       <c r="A10" s="7"/>
       <c r="B10" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="9" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E10" s="8">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F10" s="10">
-        <v>699.9</v>
+        <v>499.9</v>
       </c>
       <c r="G10" s="11">
-        <v>699.9</v>
+        <v>1999.6</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="80">
       <c r="A11" s="7"/>
       <c r="B11" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" s="9" t="s">
         <v>23</v>
       </c>
-      <c r="C11" s="9" t="s">
+      <c r="D11" s="9" t="s">
         <v>24</v>
       </c>
-      <c r="D11" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" s="8">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F11" s="10">
-        <v>499.9</v>
+        <v>7316.0</v>
       </c>
       <c r="G11" s="11">
-        <v>1999.6</v>
+        <v>7316.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="80">
       <c r="A12" s="7"/>
       <c r="B12" s="8" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>26</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>27</v>
       </c>
       <c r="E12" s="8">
         <v>1</v>
       </c>
       <c r="F12" s="10">
         <v>102.9</v>
       </c>
       <c r="G12" s="11">
         <v>102.9</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="80">
       <c r="A13" s="7"/>
       <c r="B13" s="8" t="s">
         <v>28</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>30</v>
       </c>
       <c r="E13" s="8">
         <v>1</v>
       </c>
       <c r="F13" s="10">
         <v>759.9</v>
       </c>
       <c r="G13" s="11">
         <v>759.9</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="F15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="G15" s="12">
-        <v>19652.4</v>
+        <v>21368.5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 