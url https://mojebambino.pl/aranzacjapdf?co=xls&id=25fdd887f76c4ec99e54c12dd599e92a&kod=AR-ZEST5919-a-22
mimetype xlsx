--- v0 (2025-10-09)
+++ v1 (2025-11-26)
@@ -19,195 +19,195 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>AR-ZEST5919-a-22 Sala doświadczania świata 2 Snoezelen</t>
   </si>
   <si>
-    <t>z dnia 2025-10-09 12:03:30</t>
+    <t>z dnia 2025-11-26 02:15:48</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>118265</t>
   </si>
   <si>
     <t>Panel manipulacyjny</t>
   </si>
   <si>
-    <t>Dekoracyjne elementy ze sklejki z różnego rodzaju motywami, które zachęcą dzieci do zabawy, obserwacji i doświadczania dotykiem. Elementy przytwierdzone do ściany, oprócz walorów estetycznych, stanowią kącik zabawy. Dzięki manipulowaniu sznureczkami i rozpoznawaniu faktur dotykiem dzieci rozwijają sprawność rąk i zmysł dotyku. Dostarczane z elementami mocującymi do ściany. • wym. 35 x 35 cmPanel został wyposażony w drążek z koralikami do przesuwania oraz w drewniane figury na sznureczkach do dopasowywania.• wym. 35 cm x 35 cm• od 2 latOSTRZEŻENIE: Produkt może być montowany tylko przez osobę dorosłą.</t>
+    <t>Dekoracyjne elementy ze sklejki z różnego rodzaju motywami, które zachęcą dzieci do zabawy, obserwacji i doświadczania dotykiem. Elementy przytwierdzone do ściany, oprócz walorów estetycznych, stanowią kącik zabawy. Dzięki manipulowaniu sznureczkami i rozpoznawaniu faktur dotykiem dzieci rozwijają sprawność rąk i zmysł dotyku. Dostarczane z elementami mocującymi do ściany. • wym. 35 x 35 cmPanel został wyposażony w drążek z koralikami do przesuwania oraz w drewniane figury na sznureczkach do dopasowywania.• wym. 35 x 35 cm• od 2 latOSTRZEŻENIE: Produkt może być montowany tylko przez osobę dorosłą.</t>
   </si>
   <si>
     <t>101592</t>
   </si>
   <si>
     <t>Pufa wklęsła biała, wys. 35,5 cm</t>
   </si>
   <si>
-    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Wykonane z pianki pokrytej trwałą tkaniną meditap, łatwą do utrzymania w czystości. • dł. boku 60 cm</t>
+    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Pufy wykonane ze skrzynki pokrytej cienką warstwą pianki i obszyte trwałą tkaniną bez ftalanów, łatwą w pielęgnacji. • dł. boku 60 cm</t>
   </si>
   <si>
     <t>118261</t>
   </si>
   <si>
     <t>Dźwiękowe myszki</t>
   </si>
   <si>
-    <t>Dekoracyjne elementy ze sklejki z różnego rodzaju motywami, które zachęcą dzieci do zabawy, obserwacji i doświadczania dotykiem. Elementy przytwierdzone do ściany, oprócz walorów estetycznych, stanowią kącik zabawy. Dzięki manipulowaniu sznureczkami i rozpoznawaniu faktur dotykiem dzieci rozwijają sprawność rąk i zmysł dotyku. Dostarczane z elementami mocującymi do ściany. • wym. 35 x 35 cmMyszki mają frezowane linie, po których można przesuwać drewnianymi sztyftami, które zostały zamocowane na sznurku.• wym. 35 cm x 35 cm• od 2 latOSTRZEŻENIE: Produkt może być montowany tylko przez osobę dorosłą.</t>
+    <t>Dekoracyjne elementy ze sklejki z różnego rodzaju motywami, które zachęcą dzieci do zabawy, obserwacji i doświadczania dotykiem. Elementy przytwierdzone do ściany, oprócz walorów estetycznych, stanowią kącik zabawy. Dzięki manipulowaniu sznureczkami i rozpoznawaniu faktur dotykiem dzieci rozwijają sprawność rąk i zmysł dotyku. Dostarczane z elementami mocującymi do ściany. • wym. 35 x 35 cmMyszki mają frezowane linie, po których można przesuwać drewnianymi sztyftami, które zostały zamocowane na sznurku.• wym. 35 x 35 cm• od 2 latOSTRZEŻENIE: Produkt może być montowany tylko przez osobę dorosłą.</t>
   </si>
   <si>
     <t>566006</t>
   </si>
   <si>
     <t>Kurtyna światłowodowa 2 m, 100 wiązek</t>
   </si>
   <si>
-    <t>Kurtyna światłowodowa daje ciekawe efekty świetlne. Może stanowić element ozdobny i oświetleniowy np. w Sali doświadczania świata. Możliwa zmiana kolorów. Światłowody mają osłonę PVC. Należy zamocować do sufitu lub ściany (brak elem. montażowych w zestawie). • aluminiowy stelaż o dł. 100 cm z linkami o dł. 1 m (brak regulacji) • 100 wiązek • dł. 2 m • wym. 100 cm x 200 cm</t>
+    <t>Kurtyna światłowodowa daje ciekawe efekty świetlne. Może stanowić element ozdobny i oświetleniowy np. w Sali doświadczania świata. Możliwa zmiana kolorów. Światłowody mają osłonę PVC. Należy zamocować do sufitu lub ściany (brak elem. montażowych w zestawie). • aluminiowy stelaż o dł. 100 cm z linkami o dł. 1 m (brak regulacji) • 100 wiązek • dł. 2 m • wym. 100 x 200 cm• od 2 lat</t>
   </si>
   <si>
     <t>101595</t>
   </si>
   <si>
     <t>Pufa wypukła biała, wys. 35,5 cm</t>
   </si>
   <si>
-    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Wykonane z pianki pokrytej trwałą tkaniną meditap, łatwą do utrzymania w czystości. • dł. boku 61 cm • dł. z wypukleniem 71 cm</t>
+    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Pufy wykonane ze skrzynki pokrytej cienką warstwą pianki i obszyte trwałą tkaniną bez ftalanów, łatwą w pielęgnacji. • dł. boku 61 cm • dł. z wypukleniem 71 cm</t>
   </si>
   <si>
     <t>085765</t>
   </si>
   <si>
     <t>Lampa UV</t>
   </si>
   <si>
     <t>Zestaw ultrafiolet: świetlówka UV o długości 45 cm + oprawa (lampa) Oprawa wyposażona jest we włącznik ON/OFF na obudowie oraz w przewód zasilający zakończony wtyczką sieciową.  Zestaw jest oryginalnie zapakowany, kompletny i gotowy do użycia - wystarczy podłączyć wtyczkę do gniazdka 230V, by jarzeniówka zaczęła świecić ultrafioletowym światłem w ciemności. Jest to idealny zestaw do klubów, pubów, zastosowania nad barem, schodami czy przy wejściu.  Dane techniczne: • świetlówka UV T8 15W (1 szt. w komplecie z oprawą) • zasilanie: 230Vac - 50Hz • wymiary oprawy: 475x 100x 45mm • waga: 1.2kg• wym. 48 cm x 10 cm x 5 cm</t>
   </si>
   <si>
     <t>118264</t>
   </si>
   <si>
     <t>Panel sensoryczny</t>
   </si>
   <si>
-    <t>Dekoracyjne elementy ze sklejki z różnego rodzaju motywami, które zachęcą dzieci do zabawy, obserwacji i doświadczania dotykiem. Elementy przytwierdzone do ściany, oprócz walorów estetycznych, stanowią kącik zabawy. Dzięki manipulowaniu sznureczkami i rozpoznawaniu faktur dotykiem dzieci rozwijają sprawność rąk i zmysł dotyku. Dostarczane z elementami mocującymi do ściany. • wym. 35 x 35 cmNa panelu zostały umieszczone materiały o różnych fakturach.• wym. 35 cm x 35 cm• od 2 latOSTRZEŻENIE: Produkt może być montowany tylko przez osobę dorosłą.</t>
+    <t>Dekoracyjne elementy ze sklejki z różnego rodzaju motywami, które zachęcą dzieci do zabawy, obserwacji i doświadczania dotykiem. Elementy przytwierdzone do ściany, oprócz walorów estetycznych, stanowią kącik zabawy. Dzięki manipulowaniu sznureczkami i rozpoznawaniu faktur dotykiem dzieci rozwijają sprawność rąk i zmysł dotyku. Dostarczane z elementami mocującymi do ściany. • wym. 35 x 35 cmNa panelu zostały umieszczone materiały o różnych fakturach.• wym. 35 x 35 cm• od 2 latOSTRZEŻENIE: Produkt może być montowany tylko przez osobę dorosłą.</t>
   </si>
   <si>
     <t>356177</t>
   </si>
   <si>
     <t>Przełącz i naciśnij - aktywna tablica</t>
   </si>
   <si>
-    <t>Wielofunkcyjny panel z lampkami, które uruchamia się na różne sposoby. Dzieci uczą się dzięki niemu jak obsłużyć różne rodzaje włączników, a także dowiadują się czym są związki przyczynowo-skutkowe i ćwiczą motorykę rąk: naciskają, przełączają, obracają, ciągną i przesuwają. Panel wymaga użycia 3 baterii AAA (brak w zestawie). • wym. 80 x 25 x 4 cm• wym. 80 cm x 4 cm x 25 cm</t>
+    <t>Wielofunkcyjny panel z lampkami, które uruchamia się na różne sposoby. Dzieci uczą się dzięki niemu jak obsłużyć różne rodzaje włączników, a także dowiadują się czym są związki przyczynowo-skutkowe i ćwiczą motorykę rąk: naciskają, przełączają, obracają, ciągną i przesuwają. Panel wymaga użycia 3 baterii AAA (brak w zestawie). • wym. 80 x 25 x 4 cm• wym. 80 x 4 x 25 cm• od 10 miesięcy</t>
   </si>
   <si>
     <t>101846</t>
   </si>
   <si>
     <t>Oparcie do białych puf 2</t>
   </si>
   <si>
-    <t>Oparcie do puf (101592-101606) wykonane z pianki, z drewnianym stelażem, pokryte trwałą tkaniną meditap, łatwą do utrzymania w czystości. Można mocować w pionie lub w poziomie. Elementy montażowe w zestawie. • 1 szt. • wym. 60 x 90 x 6 cm</t>
+    <t>Oparcie do puf (101592-101606) wykonane ze skrzynki pokrytej cienką warstwą pianki i obszyte trwałą tkaniną bez ftalanów, łatwą w pielęgnacji. Można mocować w pionie lub w poziomie. Elementy montażowe w zestawie. • 1 szt. • wym. 60 x 90 x 6 cm</t>
   </si>
   <si>
     <t>554004</t>
   </si>
   <si>
     <t>Magiczna kula</t>
   </si>
   <si>
     <t>Lampa będzie idealnym uzupełnieniem kącików relaksacyjnych czy pomieszczeń sprzyjających stymulacji i aktywizacji zmysłów. Zmieniające się kolory stymulują uwagę dziecka i wprowadzają tajemniczy nastrój. Mogą stanowić element oświetlenia w białym domku lub kryjówkach czy szafkach. Jasność i kolor światła można zmieniać dzięki pilotowi na podczerwień (działa w promieniu 4 m). Do lampy dołączono także zasilacz (czas działania naładowanego urządzenia: powyżej 8 godzin, czas ładowania: 4-8 godzin). Wykonana z tworzywa sztucznego. • dł. kabla zasilającego 1,85 m • 16 kolorów • max. obciążenie 100 kg • temp. użytkowania od -14 do +35 stopni Celsjusza• wersja międzynarodowa - opis w języku obcym• śr. 40 cm</t>
   </si>
   <si>
     <t>101691</t>
   </si>
   <si>
     <t>Gruszka mała szara - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną meditap bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny - klasa I</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa I</t>
   </si>
   <si>
     <t>128001</t>
   </si>
   <si>
     <t>Projektor przestrzenny Mathmos</t>
   </si>
   <si>
     <t>Wyświetla na ścianie lub suficie poruszający się obraz o szerokości do 1,5 m. Do projektora można wybrać wkłady olejowe (128002, pakowane po 4) lub wkłady graficzne (128011, pakowane po 4). Dodatkowo, do projektora jest dorzucana losowo 1 sztuka wkładu olejowego. • wym. 30 x 26,5 x 15 cm</t>
   </si>
   <si>
     <t>558003</t>
   </si>
   <si>
     <t>Kolumna wodna 20 x 180 cm</t>
   </si>
   <si>
     <t>Urządzenie to umożliwia sterowanie kolorem i nasyceniem bąbelków powietrza za pomocą  pilota. Możliwość wyboru 7 kolorów świecenia, zatrzymanie koloru. Do kolumn należy wlewać wodę destylowaną. Możliwość połączenia przez Bluetooth oraz podłączenia urządzenia odtwarzającego muzykę. Mikrofon i pilot w zestawie. Włącznik/wyłącznik na podstawie. Do czyszczenia zaleca się zastosowanie wody w temperaturze do 25 stopni z dodatkiem mydła. Należy unikać gąbek, szorstkich szmatek, skrobaczek, szczoteczek i tym podobnych. Bardzo dobrze sprawdza się delikatna ściereczka z mikrofibry, która w połączeniu z letnią wodą i mydłem umożliwi bezpieczne usunięcie zabrudzeń bez ryzyka uszkodzenia powierzchni.Nie należy wystawiać urządzenia (plexi) na działanie wysokich temperatur i środków chemicznych. NIEDOZWOLONE jest używanie rozpuszczalników, alkoholi, kwasów oraz płynów do dezynfekcji. Te czynniki mogą spowodować odkształcenia, uszkodzenie powierzchni czy też naruszenie struktury materiału. Do napełnienia kolumny potrzeba 47,1 L. • wym. 20 x 180 cm• śr. 20 cm• wym. 37 x 37 x 181 cm</t>
   </si>
   <si>
     <t>101604</t>
   </si>
   <si>
     <t>Pufa fala biała, wys. 35,5 cm</t>
   </si>
   <si>
-    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Wykonane z pianki pokrytej trwałą tkaniną meditap, łatwą do utrzymania w czystości. • dł. boków 40 i 120 cm</t>
+    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Pufy wykonane ze skrzynki pokrytej cienką warstwą pianki i obszyte trwałą tkaniną bez ftalanów, łatwą w pielęgnacji. • dł. boków 40 i 120 cm</t>
   </si>
   <si>
     <t>100373</t>
   </si>
   <si>
     <t>Lustro malucha</t>
   </si>
   <si>
     <t>Dzięki zajęciom z lustrem dzieci odkrywają siebie i wspaniale się bawią. Rama lustra ze sklejki, na której można umieścić zabawne aplikacje z kolorowej płyty MDF (098409, sprzedawane osobno). Pośrodku lustra można dodatkowo umieścić metalowy uchwyt (montowany bezpośrednio do ściany), na którym znajdują się kolorowe, drewniane kształty do manipulowania (098407 lub 098408, sprzedawane osobno). Lustro zostało podklejone specjalną folią, która uniemożliwia stłuczenie na drobne elementy. • wym. 120 x 80 cm• wym. 120 cm x 80 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -294,51 +294,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69ce48534fc3bb9c2fb2ab67c5f36c4b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adda27aa702e1ca27af002059029b3fc2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/777f8aff88edf5f6ab84e520dd79e4473.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de9ae57616594c2f7c0fb7c24874e3974.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fc6fb084e671079c07656049376edf25.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4371e73fbecdfef5ba5513b8aa0db6006.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4139ae336a1131ff3937ca30f4bac6077.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9393fff69d255bb190ba49dfe7667d18.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f98a8c166565887346ba21d17aabf8169.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/354200aed7be1aa3672f2ed44e1f725610.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab24433c107fab2544092d761c8ab22011.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26a6c704fbfb8b59755b5221a2db92eb12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d81fa129f4af4d60b369ce41a6de523713.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91e568af0972f5f0d47f16b4bec5b16814.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c11f1001de24df4b4b971b4798fc43c15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5729157fffc13286c2a15993ac660d5f16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecd3f9d8fe8f37210aa603bfff442ffe1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51b0c8efdc15cb471561e2cb3c1f52052.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/202ae3dd55e18bf75f8a73d738afc16c3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26c265a04b36e0cd6e25c3e75ada74a34.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b22e0d32145c93536d3e188f64813afc5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e2b3333555b31b7df4b373df1d467ef6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2be25d58a68084e4b6bdecebb46d1187.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e91ef6236bd79e4c7f7e7f95c4a5d458.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec5150e0fb24a518480f6a06e607986d9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f965cc86303f761884250c6a009c683310.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b1541447999d3f7aaf8f6c9c708433f11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc542289b837c388a57502dc61b53ebb12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a4c6cbc201927963d89e89895a34a5813.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14c6ea804628ccf8a02ff50b03ca479714.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b68bf3775133998a6622ef366069d5a615.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e06cb03c8eedf72b2b7b34723acd600216.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="AR-ZEST5919-a-22" descr="Sala doświadczania świata 2 Snoezelen"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>