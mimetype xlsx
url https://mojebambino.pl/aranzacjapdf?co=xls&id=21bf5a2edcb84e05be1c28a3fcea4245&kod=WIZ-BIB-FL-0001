--- v0 (2025-10-28)
+++ v1 (2025-12-16)
@@ -20,273 +20,277 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>WIZ-BIB-FL-0001 Biblioteka i czytelnia Flexi</t>
   </si>
   <si>
-    <t>z dnia 2025-10-29 00:42:20</t>
+    <t>z dnia 2025-12-16 05:07:33</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>096643</t>
   </si>
   <si>
     <t>Blat Flexi pięciokątny mały - niebieski</t>
   </si>
   <si>
-    <t>Blaty o gr. 25 mm wykonane ze sklejki pokrytej kolorowym laminatem HPL, o zaokrąglonych krawędziach i rogach. HPL to tworzywo termoutwardzalne, odporne na zarysowania oraz uderzenia, posiadające wysoką odporność na czynniki chemiczne oraz wysoką temperaturę. Pięciokątny kształt stołu oferuje wiele interesujących zastosowań. Stoły można ze sobą zestawiać na różne sposoby, gdyż do każdego można wybrać różne zestawy okrągłych nóg, sprzedawanych osobno, po 5 sztuk. Dostępne są 2 zestawy nóg o regulowanej wysokości: od 40 do 58 cm (096658) lub od 58 do 64 cm (096659). Ponadto, można stworzyć mobilne stoły, uzupełniając blaty zestawami 3 zwykłych nóg oraz 2 wyposażonych w kółka z hamulcem, w 7 różnych wysokościach (096651-096657).# kolor niebieski # dł. boków: 5 x 79 cm • wym. 127,2 x 121,6 cm</t>
+    <t>Blaty o gr. 25 mm wykonane ze sklejki pokrytej kolorowym laminatem HPL, o zaokrąglonych krawędziach i rogach. HPL to tworzywo termoutwardzalne, odporne na zarysowania oraz uderzenia, posiadające wysoką odporność na czynniki chemiczne oraz wysoką temperaturę. Pięciokątny kształt stołu oferuje wiele interesujących zastosowań. Stoły można ze sobą zestawiać na różne sposoby, gdyż do każdego można wybrać różne zestawy okrągłych nóg, sprzedawanych osobno, po 5 sztuk. Dostępne są 2 zestawy nóg o regulowanej wysokości: od 40 do 58 cm (096658) lub od 58 do 64 cm (096659). Ponadto, można stworzyć mobilne stoły, uzupełniając blaty zestawami 3 zwykłych nóg oraz 2 wyposażonych w kółka z hamulcem, w 7 różnych wysokościach (096651-096657).• kolor niebieski • dł. boków: 5 x 79 cm • wym. 127,20 x 121,60 cm</t>
   </si>
   <si>
     <t>100032B</t>
   </si>
   <si>
     <t>Biblioteczka Flexi z półkami, brzoza</t>
   </si>
   <si>
-    <t>Szafka z półkami o regulowanej wysokości, przeznaczona głównie do przechowywania książek i gier, wykonana z płyty laminowanej w tonacji brzozy.• wym. 83,6 x 30 x 120,5 cm</t>
+    <t>Szafka z półkami o regulowanej wysokości, przeznaczona głównie do przechowywania książek i gier, wykonana z płyty laminowanej w tonacji brzozy.• wym. 83,60 x 30 x 120,50 cm</t>
   </si>
   <si>
     <t>SET5172</t>
   </si>
   <si>
     <t>Zestaw Flexi 82</t>
   </si>
   <si>
-    <t>• wym. 242,2 x 41,5 x 114 cmMeble wykonane z płyty laminowanej o gr. 18 mm, w tonacji brzozy, uzupełnione detalami wykonanymi z kolorowej płyty laminowanej				• 092347 - Lada recepcyjna Flexi z nadstawką, 1 szt. 				• wym. 109 x 50 x 114 cm • dł. boku 41,5 cm • wys. blatu 87,1 cm • szer. nadstawki 27 cm • wys. nadstawki 27 cm								• 100354 - Szafka D z 3 półkami na nóżkach, 2 szt, 				• wym. 89,1 x 41,5 x 87,1 cm								Dekoracje nie wchodzą w skład zestawów. • wym. 166,1 x 166,1 x 114 cm• długość zestawu: 1,661 m</t>
+    <t>• wym. 242,2 x 41,5 x 114 cm
+Meble wykonane z płyty laminowanej o gr. 18 mm, w tonacji brzozy, uzupełnione detalami wykonanymi z kolorowej płyty laminowanej
+				• 092347 - Lada recepcyjna Flexi z nadstawką, 1 szt. 				• wym. 109 x 50 x 114 cm • dł. boku 41,5 cm • wys. blatu 87,1 cm • szer. nadstawki 27 cm • wys. nadstawki 27 cm				
+				• 100354 - Szafka D z 3 półkami na nóżkach, 2 szt, 				• wym. 89,1 x 41,5 x 87,1 cm
+				Dekoracje nie wchodzą w skład zestawów. • wym. 166,10 x 166,10 x 114 cm• długość zestawu: 1,66 mSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092867</t>
   </si>
   <si>
     <t>Krzesło Flexi szare rozm. 5</t>
   </si>
   <si>
     <t>Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż w kolorze srebrnym został wykonany z rury okrągłej o śr. 32 mm. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka, a szeroko rozstawione tylne nogi zapewniają wysoką stabilność. Krzesło jest odporne na zabrudzenia i wilgoć. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Dostępne rozmiary: 1-7.  Wym. siedziska 34 x 28 cm (rozmiar 1-3), 40 x 35 cm (rozmiar 4), 46 x 42 cm (rozmiar 5-7).• wym. 46 x 42 cm</t>
   </si>
   <si>
     <t>046036</t>
   </si>
   <si>
     <t>Kanapa mała - żółta wys. 35 cm</t>
   </si>
   <si>
     <t>• wys. siedziska 35 cm • wym. 60 x 60 x 55 cm</t>
   </si>
   <si>
     <t>096660</t>
   </si>
   <si>
-    <t>Biblioteczka Flexi stojąca - żółta</t>
-[...2 lines deleted...]
-    <t>Biblioteczka z 3 poziomami półeczek, do eksponowania książek. Wykonana z płyty wiórowej w tonacji brzozy i w różnych kolorach. Tylna ścianka z płyty MDF o gr. 3 mm w tonacji brzozy. Do biblioteczek można dołączyć 2 pojemniki zwiększające powierzchnię do przechowywania gier i książek (096546-096549, 098221). Pojemniki sprzedawane osobno, w 5 kolorach do wyboru.• wym. 73,6 x 40 x 121 cm</t>
+    <t>Biblioteczka Flexi stojąca – żółta</t>
+  </si>
+  <si>
+    <t>Biblioteczka z 3 poziomami półeczek, do eksponowania książek. Wykonana z płyty wiórowej w tonacji brzozy i w różnych kolorach. Tylna ścianka z płyty MDF o gr. 3 mm w tonacji brzozy. Do biblioteczek można dołączyć 2 pojemniki zwiększające powierzchnię do przechowywania gier i książek (096546-096549, 098221). Pojemniki sprzedawane osobno, w 5 kolorach do wyboru.• wym. 73,60 x 40 x 121 cm</t>
   </si>
   <si>
     <t>092448</t>
   </si>
   <si>
     <t xml:space="preserve">Szafka Flexi na laptopy do pokoju nauczycielskiego </t>
   </si>
   <si>
     <t>Szafka umożliwiająca przechowywanie w oddzielnych komorach do 10 laptopów jednocześnie, z możliwością doładowania baterii. W środkowej części szafki znajduje się listwa (z kablem o dł.150 cm), która zawiera gniazda elektryczne do podłączenia ładowarek laptopów. Każda przegroda na laptopa jest wyposażona w zamek zamykany na unikalny klucz. Dodatkowo w szafce znajdują się dwie dodatkowe komory do przechowywania. Wykonana z płyty laminowanej w tonacji brzozy o gr. 18 mm. Zawiasy 90 stopni. • wym. przegródek na laptopy 36 x 48 x 14,5 cm • wym. większych przegród 36 x 48 x 36 cm• wym. 98 x 53 x 125,7 cm</t>
   </si>
   <si>
     <t>092458</t>
   </si>
   <si>
     <t>Taboret Flexi bukowy rozm. 3</t>
   </si>
   <si>
     <t>Siedzisko taboretu wykonane ze sklejki o grubości 19 mm, pokrytej kolorowym laminatem HPL. Nogi wykonane z rury okrągłej o śr. 30 mm. Do wyboru 4 kolory i 6 rozmiarów. • śr. siedziska 30 cm• wym. 44 x 44 x 35 cm</t>
   </si>
   <si>
     <t>096662</t>
   </si>
   <si>
-    <t>Biblioteczka Flexi stojąca - limonka</t>
+    <t>Biblioteczka Flexi stojąca – limonka</t>
   </si>
   <si>
     <t>092603</t>
   </si>
   <si>
     <t>Stół Flexi kwadratowy 80 x 80 cm - zielony</t>
   </si>
   <si>
-    <t>Bardzo wytrzymałe stoły, wykonane ze sklejki o grubości 25 mm, z kolorowym laminatem HPL. Rogi blatów delikatnie zaokrąglone. Nogi okrągłe o śr. 55 mm, z regulacją wysokości: 40, 46, 52, 58 cm, wliczone w cenę. • 6 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły, trójkątny • 6 kolory: bukowy, zielony, niebieski, żółty, biały, klon• wym. 80 x 80 x 40-58 cm</t>
+    <t>Bardzo wytrzymałe stoły, wykonane ze sklejki o grubości 25 mm, z kolorowym laminatem HPL. Rogi blatów delikatnie zaokrąglone. Nogi okrągłe o śr. 55 mm, z regulacją wysokości: 40, 46, 52, 58 cm, wliczone w cenę. • 6 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły, trójkątny • 6 kolory: bukowy, zielony, niebieski, żółty, biały, klon• wym. 80 x 80 x 58 cm</t>
   </si>
   <si>
     <t>548103</t>
   </si>
   <si>
     <t>Fotel obrotowy Lider czarny</t>
   </si>
   <si>
     <t>Fotel obrotowy z regulowaną wysokością siedziska. Front wykonany z poliuretanu, tył i boki z pvc, podłokietniki z polipropylenu. Podstawa i kółka są nylonowe. • wym. siedziska 49 x 49 cm• wym. oparcia 50 x 65 cm</t>
   </si>
   <si>
     <t>096655</t>
   </si>
   <si>
     <t>Komplet nóg do blatów Flexi pięciokątnych mix wys. 64 cm</t>
   </si>
   <si>
     <t>Zestaw 5 nóg stołowych, z których 2 wyposażone są w kółka z hamulcem. Dzięki nogom stoły stają się mobilne i można je łatwo przemieszczać. Podane wysokości nóg odpowiadają wysokości stołu po zamontowaniu nóg do blatu. Śruby do zamontowania nóg w zestawie. • 3 szt. bez kółek • 2 szt. z kółkami z hamulcem • wykonane z litego drewna • pasuje do krzeseł o wys. siedziska 38 cm• śr. 5,30 cm</t>
   </si>
   <si>
     <t>096549</t>
   </si>
   <si>
-    <t>Pojemnik Flexi na kółkach - jasnoniebieski</t>
-[...2 lines deleted...]
-    <t>Wygodny pojemnik, łatwy do przemieszczania.  Wykonany z płyty wiórowej w tonacji brzozy, z kolorowymi elementami. • 1 szt. Może być umieszczony pod biblioteczką stojącą lub ławeczką do biblioteczki.• wym. 30 x 35 x 29 cm</t>
+    <t>Pojemnik Flexi na kółkach – jasnoniebieski</t>
+  </si>
+  <si>
+    <t>Wygodny pojemnik, łatwy do przemieszczania. Wykonany z płyty wiórowej w tonacji brzozy, z kolorowymi elementami. • 1 szt. Może być umieszczony pod biblioteczką stojącą lub ławeczką do biblioteczki.• wym. 30 x 35 x 29 cm</t>
   </si>
   <si>
     <t>096548</t>
   </si>
   <si>
-    <t>Pojemnik Flexi na kółkach - limonka</t>
+    <t>Pojemnik Flexi na kółkach – limonka</t>
   </si>
   <si>
     <t>096834B</t>
   </si>
   <si>
-    <t>Biblioteczka Flexi wysoka z półkami - brzoza</t>
-[...2 lines deleted...]
-    <t>Szafka z półkami o regulowanej wysokości, przeznaczona głównie do przechowywania książek i gier, wykonana z płyty laminowanej w tonacji brzozy.• wym. 83,6 x 30 x 164,5 cm</t>
+    <t>Biblioteczka Flexi wysoka z półkami – brzoza</t>
+  </si>
+  <si>
+    <t>Szafka z półkami o regulowanej wysokości, przeznaczona głównie do przechowywania książek i gier, wykonana z płyty laminowanej w tonacji brzozy.• wym. 83,60 x 30 x 164,50 cm</t>
   </si>
   <si>
     <t>842527</t>
   </si>
   <si>
     <t>Panele Ecophon Solo Square białe 120 x 120 cm, 4 szt., mocowane na linkach</t>
   </si>
   <si>
     <t>Wolnowiszące panele stosowane w pomieszczeniach, gdzie montaż sufitu od ściany do ściany nie jest możliwy lub gdy potrzebna jest szybka adaptacja akustyczna. Sprawdza się także, gdy zależy nam na zachowaniu pierwotnej wysokości pomieszczenia lub gdy stosowane są stropy TABS (Thermally Activated Building System). Bogata kolorystyka i kilka systemów zawiesi dają szerokie możliwości projektowe. Dostępne są dwie opcje montażu: przy użyciu wieszaków cięgnowych lub linek. Rdzeń płyty wykonany jest z wełny szklanej 3. generacji o wysokiej gęstości. Płyta jest pokryta po obu stronach Akutex FT, która w połączeniu z wełną szklaną daje optymalne właściwości pochłaniania dźwięku. Płyty są materiałem niepalnym wg badań i klasyfikacji EN ISO 1182 (Standard: EN 13501-1, Klasa: A2-s1,d0). Krawędzie są prosto przycięte i malowane na kolor powłoki. Linki mocujące mają dł. 2 m, ale długość można zmniejszać regulując ją za pomocą karabińczyków. • gr. 4 cm  • wym. 120 x 120 cm • 4 szt.</t>
   </si>
   <si>
     <t>046041</t>
   </si>
   <si>
     <t>Kanapa duża - żółta wys. 35 cm</t>
   </si>
   <si>
     <t>Estetycznie wykonane siedziska, pokryte miękką i miłą w dotyku tkaniną tapicerowaną, o wymiarach dostosowanych do dziecięcego wzrostu. Drewniana konstrukcja zapewnia stabilność oraz wygodę małym użytkownikom. Siedziska ustawione są na metalowych nóżach. Doskonale nadają się do kącików zabaw, wypoczynku i kącików bibliotecznych.• wys. siedziska 35 cm • wym. 100 x 60 x 55 cm</t>
   </si>
   <si>
     <t>096663</t>
   </si>
   <si>
-    <t>Biblioteczka Flexi stojąca - jasnoniebieska</t>
+    <t>Biblioteczka Flexi stojąca – jasnoniebieska</t>
   </si>
   <si>
     <t>100900</t>
   </si>
   <si>
     <t>Biblioteczka Flexi ze schowkami</t>
   </si>
   <si>
     <t>Pojemna biblioteczka z szafką w dolnej części i półkami do eksponowania książek w górnej części. Wykonana z płyty laminowanej o gr. 18 mm, w tonacji brzozy.• szafka z 2 półkami, każda o wym. 37 x 35,5 x 31,5 cm • 9 przegódek o wym. 24 x 34 x 34 cm• wym. 79,5 x 41,5 x 186 cm</t>
   </si>
   <si>
     <t>100360</t>
   </si>
   <si>
     <t>Szafka Flexi z 5 schowkami, brzoza</t>
   </si>
   <si>
-    <t>Pionowy moduł z 5 schowkami zamykanymi na kluczyk. Wykonana z płyty laminowanej o gr. 18 mm, w tonacji brzozy, z obrzeżem ABS multiplex o gr. 2 mm. • wym. schowka 40,5 x 58 x 36 cm• wysokie szafy o wysokości 160 cm i więcej należy przymocować do ściany (materiały montażowe w zestawie)• wym. 45,4 x 60 x 203 cm</t>
+    <t>Pionowy moduł z 5 schowkami zamykanymi na kluczyk. Wykonana z płyty laminowanej o gr. 18 mm, w tonacji brzozy, z obrzeżem ABS multiplex o gr. 2 mm. • wym. schowka 40,5 x 58 x 36 cm• wysokie szafy o wysokości 160 cm i więcej należy przymocować do ściany (materiały montażowe w zestawie)• wym. 45,40 x 60 x 203 cm</t>
   </si>
   <si>
     <t>096642</t>
   </si>
   <si>
     <t>Blat Flexi pięciokątny duży - żółty</t>
   </si>
   <si>
-    <t>Blaty o gr. 25 mm wykonane ze sklejki pokrytej kolorowym laminatem HPL, o zaokrąglonych krawędziach i rogach. HPL to tworzywo termoutwardzalne, odporne na zarysowania oraz uderzenia, posiadające wysoką odporność na czynniki chemiczne oraz wysoką temperaturę. Pięciokątny kształt stołu oferuje wiele interesujących zastosowań. Stoły można ze sobą zestawiać na różne sposoby, gdyż do każdego można wybrać różne zestawy okrągłych nóg, sprzedawanych osobno, po 5 sztuk. Dostępne są 2 zestawy nóg o regulowanej wysokości: od 40 do 58 cm (096658) lub od 58 do 64 cm (096659). Ponadto, można stworzyć mobilne stoły, uzupełniając blaty zestawami 3 zwykłych nóg oraz 2 wyposażonych w kółka z hamulcem, w 7 różnych wysokościach (096651-096657).# kolor żółty # dł. boków: 2 x 78 cm, 117 cm, 63 cm, 115 cm• wym. 157,6 x 123,7 cm</t>
+    <t>Blaty o gr. 25 mm wykonane ze sklejki pokrytej kolorowym laminatem HPL, o zaokrąglonych krawędziach i rogach. HPL to tworzywo termoutwardzalne, odporne na zarysowania oraz uderzenia, posiadające wysoką odporność na czynniki chemiczne oraz wysoką temperaturę. Pięciokątny kształt stołu oferuje wiele interesujących zastosowań. Stoły można ze sobą zestawiać na różne sposoby, gdyż do każdego można wybrać różne zestawy okrągłych nóg, sprzedawanych osobno, po 5 sztuk. Dostępne są 2 zestawy nóg o regulowanej wysokości: od 40 do 58 cm (096658) lub od 58 do 64 cm (096659). Ponadto, można stworzyć mobilne stoły, uzupełniając blaty zestawami 3 zwykłych nóg oraz 2 wyposażonych w kółka z hamulcem, w 7 różnych wysokościach (096651-096657).• kolor żółty • dł. boków: 2 x 78 cm, 117 cm, 63 cm, 115 cm• wym. 157,60 x 123,70 cm</t>
   </si>
   <si>
     <t>834203</t>
   </si>
   <si>
     <t>Blocco zestaw 2</t>
   </si>
   <si>
     <t>Propozycje zestawów siedzisk Blocco o geometrycznych kształtach, które świetnie sprawdzą się zarówno w przestrzeni biurowej, w gabinetach, jak i na korytarzu, w szatni czy w bibliotece. Meble są tapicerowane odporną na ścieranie tkaniną poliestrową (100 000 cykli) w stonowanych kolorach i wyposażone w niskie, okrągłe nóżki. Tkanina posiada badania na trudnozapalność m. in: BS EN 1021-1; BS EN 1021-2; BS 5852:2006 (CRIB 5). • wys. siedziska 42 cm  834111 Pufa Blocco 1-osobowa granatowa 834112 Pufa Blocco 1-osobowa jasnoszara 834114 Pufa Blocco 2-osobowa niebieska 834115 Pufa Blocco 2-osobowa granatowa 834121 Pufa Blocco 3-osobowa grafitowa 834136 Oparcie Blocco podwójne niskie jasnoszare 834150 Podłokietnik Blocco z blatem grafitowy 834151 Stolik dostawny biały 40x40x74 cm 834152 Stolik mały niski biały 65x50x50 cm 834156 Łącznik metalowy, 7 szt.  • długość zestawu: 375 cm</t>
   </si>
   <si>
     <t>100359</t>
   </si>
   <si>
     <t>Moduł szatniowy Flexi, brzoza</t>
   </si>
   <si>
     <t>Moduł szatniowy z drążkiem na całej długości, ławką i schowkami na buty pod nią. Wykonany z płyty laminowanej o gr. 18 mm, w tonacji brzozy, z obrzeżem ABS multiplex o gr. 2 mm. • wys. siedziska 36,5 cm• wysokie szafy o wysokości 160 cm i więcej należy przymocować do ściany (materiały montażowe w zestawie)• wym. 135,8 x 40 x 203 cm</t>
   </si>
   <si>
     <t>096546</t>
   </si>
   <si>
-    <t>Pojemnik Flexi na kółkach - żółty</t>
+    <t>Pojemnik Flexi na kółkach – żółty</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -364,51 +368,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46a58c9f57e06e25c87d7781980496931.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c05ca523b87d921a9761112e49fc6a9b2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92505f9831802763b8b69f935b66df0c3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b171368149b628adad0bfb6e895f5efd4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42bba8c071f2be3072816e81ce6e6fb05.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/087594e0dd65417ee3c6d265f3bf023b6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a578ba2c578e9ff48f534af9612ba5e7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb2f3189e79c85ac98afb69c41077db48.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/deabf6bdba16fc0f3ac5a629b145e2829.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2668d8447881e9105cea8912867d65ab10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae339c1a63c5773e41699dd1f4286e211.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f1c3e24082cc3cbc07f34d51bea601b12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26f869c10f0920a820f8a1bf0770b0dd13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65594f5b3fa5f9858ff47621d5d6309d14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18f46fc82f8368d9b6a0ff98251dbf3715.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12de839fd4f5b7fc5cbaba80371cf98a16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1763b87f8007c50987fbcd88fa2c54cf17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/647b4c291a3ae21515e993ba268dcd7e18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830bd6bc401e8d38cbf7049b99778d7a19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81314d693d5f84ae21b17fe087df565f20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8370203860f20cea710eba2f9e4683121.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2997277f2c0b6ac48aa5ad5d823047c422.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4623541b826a04ce6a30d7a3c17299e523.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce1a63d17e996b7961756f2f4b53439e24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f4d289b232821da74e4770634f54abd25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7a0169a81153df266ccbb32036000e31.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17d22a04ab635fc5d5e32f600b44d6882.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a01af131dcb38f72ef00ee3d1d25904a3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0fb660f79e7ffe76be7b2d8e6e957054.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfacb2f3106678e166d81a2231810d5d5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a017f7ada4b7a4f61a66d5c49bd333966.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce1fa016236a3530a7a8bcf0f3dff9c27.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fad98b940ee0879f6404c06d7d4a1b58.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c80513f4a822f4ac61a4befb1ced13c9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d7ba62a655fe1ea34f5816181b25fe410.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f9685ccc69a29361855482b35b1699911.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89238b169cd018f55af99108ea7b67de12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6849a925041a9c038b842e00273fa8bd13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f7be4c1250a7101e7f6a0b3b5d9710e14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dea21f18f8d2d846ef377f1570bc14a15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/deb236456fe04fff6fd3c84982f6d64416.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cd903c405fcd6dfe1c9b8915418d8fc17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e573dd7c98e3b15e70100d6d60467f4d18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1458ba1af0906ada234c526470c3a76219.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8a8d37c4f9089357dd8e57b9d4497dd20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ec5115f15b5f25afdfd5b14851c221221.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e316889924a4fc4ac2c8fa2e5e4deed22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ebff8d0ad266f6ec070cf589e5f7e1823.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ba125b845334e6d77aab27c15c83a0424.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5d1c635be1cf78ce7897c97dacd0e0925.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4543425" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-BIB-FL-0001" descr="Biblioteka i czytelnia Flexi"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>