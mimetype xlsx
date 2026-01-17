--- v0 (2025-10-10)
+++ v1 (2026-01-17)
@@ -14,56 +14,56 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>WIZ-SZK-MB-0029  Zielona Pracownia 8</t>
   </si>
   <si>
-    <t>z dnia 2025-10-10 05:33:04</t>
+    <t>z dnia 2026-01-17 02:14:07</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>D094320-05</t>
   </si>
   <si>
     <t>Szafa wysoka czterodrzwiowa - klon 375</t>
   </si>
@@ -73,75 +73,66 @@
   <si>
     <t>F011046-6-08-08</t>
   </si>
   <si>
     <t>Krzesło P rozm.  6 aluminium</t>
   </si>
   <si>
     <t>Krzesła z siedziskiem i oparciem wykonanym ze sklejki płaskiej o gr. 6 mm w rozmiarach 1-4 i 8 mm w rozmiarach 5-6. Kolorowy stelaż został wykonany z rury okrągłej o śr. 18 mm w rozmiarach 1-2, 22 mm w rozmiarach 3-4 oraz 25 mm w rozmiarach 5-6. Zaokrąglony kształt oparcia zwiększa komfort użytkowania. Krzesła można stawiać jedno na drugim. Zgodne z normami PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 1-6 • stelaż w różnych kolorach • aluminium</t>
   </si>
   <si>
     <t>048003-1</t>
   </si>
   <si>
     <t>Krzesło ISO czarne</t>
   </si>
   <si>
     <t>Wygodne krzesła do sal konferencyjnych, świetlic, pokoi oraz klas szkolnych. Wykonane z wytrzymałej tkaniny dostępnej w 5 kolorach. Materiał: 100% włókno syntetyczne. Stelaż został wykonany z rury płaskoowalnej w kolorze czarnym, siedzisko i oparcie tapicerowane. • wym. 54,5 x 42,5 x 82 cm • wys. siedziska 47 cm• czarne</t>
   </si>
   <si>
     <t>096193</t>
   </si>
   <si>
     <t>Szafa Expo z witryną - klon 375</t>
   </si>
   <si>
-    <t>Szafy na cokole wykonane z laminowanej płyty wiórowej o gr. 18 mm w tonacji klonu 375, buku lub białej. • wym. 76 x 40 x 185 cm• wym. 76 x 40 x 185</t>
+    <t>Szafy na cokole wykonane z laminowanej płyty wiórowej o gr. 18 mm w tonacji klonu 375, buku lub białej. • wym. 76 x 40 x 185 cm• wym. 76 x 40 x 185 cm</t>
   </si>
   <si>
     <t>D613509-08</t>
   </si>
   <si>
     <t>Stojak na mapy</t>
   </si>
   <si>
     <t>Stojak na mapy wykonany z płyty laminowanej o gr. 18 mm, wykończonej obrzeżem o gr. 0,5 mm. W kolorze buku. • wym. 90 x 40 x 70 cm</t>
   </si>
   <si>
     <t>F011046-5-08-08</t>
   </si>
   <si>
     <t>Krzesło P rozm.  5 aluminium</t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">Tablice interaktywne insGraf posiadają 10 punktów dotyku, co pozwala na jednoczesną i komfortową pracę 4 użytkowników, z założeniem, że każdy z nich może wykonywać dowolną operację na tablicy - w tym oczywiście obsługę multigestów (m.in. zoomowania, rotacji, a także przewijania). Posiadają również boczne paski skrótów co pozwala na szybkie uruchamianie najczęściej używanych funkcji. Urządzenie działa w standardzie Plug&amp;Play, pozwalając na użytkowanie zaraz po podłączeniu do komputera oraz projektora.   Łatwa obsługa (palcami bądź wskaźnikiem), doskonała precyzja, jednokrotna kalibracja oraz możliwość użytkowania tablicy jako tradycyjnej tablicy suchościeralnej to główne cechy pozwalające na prowadzenie zajęć w sposób interesujący i dynamiczny. Dołączone interaktywne oprogramowanie zapewnia dziesiątki przydatnych narzędzi dydaktycznych. Przekątna: 81,3 cali Przekątna obszaru interaktywnego: 73,8 cali Technologia: IR - pozycjonowania w podczerwieni (dotykowa) Format: 4:3 Powierzchnia: nanopolimerowa, magnetyczna, suchościeralna Precyzja: </t>
   </si>
   <si>
     <t>D3234-05</t>
   </si>
   <si>
     <t>Biurko Vigo z 2 szafkami i szufladą klon 375</t>
   </si>
   <si>
     <t>Biurka Vigo wykonane z płyty laminowanej o gr. 18 mm w tonacji buku lub klonu 375, wykończone obrzeżem o gr. 2 mm. Wyposażone w 2 szafki i szufladę, zamykane na zamek. • wym. 130 x 60 x 76 cm• klon 375• wym. 60 cm x 130 cm x 76 cm</t>
   </si>
   <si>
     <t>515034</t>
   </si>
   <si>
     <t>Biała tablica magnetyczna wisząca wym. 120 x 90 cm</t>
   </si>
   <si>
     <t>Tablice białe do układania obrazków, pisania. Posiadają aluminiową ramę. Po tablicy można pisać tylko markerami suchościeralnymi dobrej jakości. Mocowane są do ściany za pomocą uchwytów. Wymagają częstego czyszczenia płynem do tablic suchościeralnych (146164, sprzedawany osobno). Płyn jest dostępny także w zestawie startowym do tablic suchościeralnych (146113).• wym. 120 x 90 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
@@ -237,51 +228,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bce265423a9840d812883de5d3771ec1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6ac8b17f040257c42f13b2c9cf15c72.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/777440ce6779323f9d754d68c750de413.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b55c7e7dce4248cd013d15d350ef14d74.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf576c962defe712a416037723b1faa55.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eacdb197eb297a5c9cfc794b1dadd5c16.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86ace2472dc9f3de2cdf2cd7cbed83e67.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8378fe475714e5dda3384af9a1501358.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10d8bbf41d66c65c3096fa80e87abe519.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3ecb625f56d19e7e86a5671cf9b228310.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c54d6f8423b990ac4c3bd2697b3294d21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8be915c412d78222d73e8d09181831b72.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/916deb5b429a73a9d735ba1de16d0ace3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a569940eb3e62ec7572cfe4a1de2b2ac4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a3a896f32df28fc59781109eec4c49a5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/948a3a58bb16fdc85a607bc4b0b7c1d96.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5c45ac15aa0d9458b4d8ce5de736bf17.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79b405e0d1a421205e35281956cf1dcd8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1202d1019473b3e43c7c19e5be832f679.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0029 " descr="Zielona Pracownia 8"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -462,117 +453,87 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="585109" descr="585109"/>
+        <xdr:cNvPr id="8" name="D3234-05" descr="D3234-05"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="D3234-05" descr="D3234-05"/>
+        <xdr:cNvPr id="9" name="515034" descr="515034"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -839,54 +800,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G16"/>
+  <dimension ref="A1:G15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F16" sqref="F16:G16"/>
+      <selection activeCell="F15" sqref="F15:G15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="3"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
@@ -1048,104 +1009,83 @@
       <c r="E11" s="8">
         <v>8</v>
       </c>
       <c r="F11" s="10">
         <v>179.9</v>
       </c>
       <c r="G11" s="11">
         <v>1439.2</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="80">
       <c r="A12" s="7"/>
       <c r="B12" s="8" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>26</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>27</v>
       </c>
       <c r="E12" s="8">
         <v>1</v>
       </c>
       <c r="F12" s="10">
-        <v>1999.9</v>
+        <v>1199.9</v>
       </c>
       <c r="G12" s="11">
-        <v>1999.9</v>
+        <v>1199.9</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="80">
       <c r="A13" s="7"/>
       <c r="B13" s="8" t="s">
         <v>28</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>30</v>
       </c>
       <c r="E13" s="8">
         <v>1</v>
       </c>
       <c r="F13" s="10">
-        <v>1199.9</v>
+        <v>359.9</v>
       </c>
       <c r="G13" s="11">
-        <v>1199.9</v>
-[...4 lines deleted...]
-      <c r="B14" s="8" t="s">
+        <v>359.9</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7">
+      <c r="F15" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="C14" s="9" t="s">
-[...20 lines deleted...]
-        <v>13697.1</v>
+      <c r="G15" s="12">
+        <v>11697.2</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 