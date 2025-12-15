--- v0 (2025-10-18)
+++ v1 (2025-12-15)
@@ -19,168 +19,240 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>WIZ-GAB-GR-0006 Gabinet logopedyczny w szkole podstawowej</t>
   </si>
   <si>
-    <t>z dnia 2025-10-18 23:28:47</t>
+    <t>z dnia 2025-12-15 22:52:45</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>100916</t>
   </si>
   <si>
     <t>Lustro logopedyczne</t>
   </si>
   <si>
-    <t>Duże lustro podklejone specjalną folią, która uniemożliwia stłuczenie na drobne elementy,  rama ze sklejki. Pozwala nauczycielowi na ćwiczenia logopedyczne wraz z dzieckiem.  Mocowane do ściany za pomocą wkrętów. • wym. lustra 60 x 120 cm • wym. z ramą 132 x 72 cm• wym. 72 cm x 132 cm</t>
+    <t>Duże lustro z ramą ze sklejki, podklejone specjalną folią zabezpieczającą, która uniemożliwia stłuczenie na drobne elementy. Pozwala nauczycielowi prowadzić ćwiczenia logopedyczne wraz z dzieckiem. Mocowane jest do ściany za pomocą wkrętów. • wym. lustra 60 x 120 cm • wym. z ramą 132 x 72 cm• wym. 72 x 132 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>256097</t>
   </si>
   <si>
     <t>Krzesło Colores obrotowe z regulacją wysokości - szare</t>
   </si>
   <si>
     <t>Krzesło o nowoczesnym wzornictwie, posiadające wiele zalet. Siedzisko i oparcie połączone w jedną całość, wykonane z tworzywa sztucznego. Dzięki swojej sprężystości oparcie w naturalny sposób dostosowuje się do pleców dziecka. Otwór w oparciu krzesła to doskonały uchwyt do przestawiania krzesła z miejsca na miejsce. Odporne na zabrudzenia i wilgoć. Na powierzchni siedziska zastosowano system antypoślizgowy zabezpieczający przed zsunięciem się dziecka. Stelaż krzesła wyposażony w mechanizm regulacji wysokości. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • wys. siedziska od 38 do 51 cm</t>
   </si>
   <si>
     <t>101625</t>
   </si>
   <si>
-    <t>Zasłonka do lustra poziomego - szara</t>
-[...5 lines deleted...]
-    <t>ZEST5941-0VAT</t>
+    <t>Zasłonka do lustra poziomego – szara</t>
+  </si>
+  <si>
+    <t>Komplet 2 zasłonek z drążkiem i mocowaniami w komplecie. Wykonane z tkaniny Bardo (65% poliester, 35% bawełna).• wym. jednej zasłonki: 85 x 86 cm • dł. drążka 160 cmSpecyfikacja urządzenia:</t>
+  </si>
+  <si>
+    <t>MZEST0013V</t>
   </si>
   <si>
     <t>Monitor interaktywny insGraf DIGITAL FUTURE 65</t>
   </si>
   <si>
-    <t xml:space="preserve"> Skład zestawu:   _x0001_585022-0VAT Monitor interaktywny insGraf DIGITAL FUTURE 65 _x0001_585004 Uchwyt ścienny do monitorów insGraf DIGITAL      585022-0VAT Monitor interaktywny insGraf DIGITAL FUTURE 65  Monitor ze stawką VAT 0% dla placówek oświatowych.  Przy zakupie wymagane jest przesłanie wypełnionego i podpisanego przez organ nadzorujący Zaświadczenia.   Wzór Zaświadczenia &gt;&gt;   Przykład wypełnionego Zaświadczenia &gt;&gt;     Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.    Specyfikacja:  • 65 cali • Rozdzielczość: 4K 3840x2160 • Kontrast 4000:1 • Jasność 450 cd/m² • Głębia kolorów 8 bit • Czas reakcji ≤10ms • Technologia dotyku IR • 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android • Proporcje obrazu 16:9 • Panel LED o żywotności 50 000 godzin • Slot OPS • Kąt widzenia 178° • Ekran szyba hartowana • Napięcie robocze: AC 100-240V，50/60Hz • Głośniki 2x20W (głośnik z przodu) • Wejścia/Wyjścia AV: Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1 Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1 Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1 Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1 • Obsługiwane formaty multimediów: Obraz: JPEG, BMP, PNG Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding) Dźwięk: MP3, M4A, (AAC) • Procesor - MTK 9666 • Wejście sieciowe RJ45/8P8C x2 • Brak uchwytu ściennego w zestawie (do dokupienia osobno, kod produktu: 585004)  Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.  Główne funkcje: - Wbudowany system Android 13 - Rozdzielczość 4K 3840 x 2160 - Moduł Wi-Fi - Pamięć wbudowana: 32 GB - Pamięć RAM: 4 GB - Slot OPS umożliwiający wbudowanie komputera z systemem Windows. - Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android. - Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard - Przyciski skrótów po lewej stronie ekranu - Przednie porty po lewej stronie ekranu - Wbudowane w przedni panel głośniki (2x20W) - Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu. - Intuicyjny interface z przydatnymi aplikacjami: - do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS - zmiany źródła wyświetlanego obrazu - tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt) - program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej) - program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator) - udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji) - podział ekranu  Zawartość:   _x0001_pilot, 1 szt. _x0001_pisak, 1 szt. _x0001_przewód zasilający 3m, 1 szt. _x0001_przewód USB-C dł - 2m, 1 szt. _x0001_przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt. _x0001_przewód HDMI dł - 3m, 1 szt. _x0001_przewód DISPLAYPORT dł-5m , 1 szt.              585004 Uchwyt ścienny do monitorów insGraf DIGITAL  Uchwyt ścienny do monitorów interaktywnych Insgraf DIGITAL. Maksymalny udźwig - 120 kg (monitor 86 cali). Maksymalne nachylenie - 15 stopni. Kolor czarny.  </t>
+    <t xml:space="preserve">
+Monitor ze stawką VAT 0% dla placówek oświatowych.
+Przy zakupie wymagane jest przesłanie wypełnionego i podpisanego przez organ nadzorujący Zaświadczenia.
+ Wzór Zaświadczenia &gt;&gt;
+ Przykład wypełnionego Zaświadczenia &gt;&gt;
+Zestaw zawiera:
+	585022-0VAT Monitor interaktywny insGraf DIGITAL FUTURE 65 Więcej informacji &gt;&gt;
+	585004 Uchwyt ścienny do monitorów insGraf DIGITAL Więcej informacji &gt;&gt;
+585022-0VAT Monitor interaktywny insGraf DIGITAL FUTURE 65
+Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.
+Główne funkcje:
+- Wbudowany system Android 13
+- Rozdzielczość 4K 3840 x 2160
+- Moduł Wi-Fi
+- Pamięć wbudowana: 32 GB
+- Pamięć RAM: 4 GB
+- Slot OPS umożliwiający wbudowanie komputera z systemem Windows.
+- Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android.
+- Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard
+- Przyciski skrótów po lewej stronie ekranu
+- Przednie porty po lewej stronie ekranu
+- Wbudowane w przedni panel głośniki (2x20W)
+- Możliwość podłączenia kamery i mikrofonu pozwala na wygodne przeprowadzenie lekcji hybrydowych
+- Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu.
+- Intuicyjny interface z przydatnymi aplikacjami:
+- do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS
+- zmiany źródła wyświetlanego obrazu
+- tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt, nakładanie obrazu, podział tablicy, dodawanie mediów (pdf, youtube, zdjęcia), eksport treści z tablicy w formie kodu QR,)
+- program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej)
+- program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator)
+- udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji)
+- rozpoznawanie tekstu i figur geometrycznych
+- rozpoznawanie tekst i figur geometrycznych
+- wbudowane przybory geometryczne
+- telefon jako wizualizer
+- dodatkowe gadżety: stoper, timer, spotlight
+- EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.
+Zawartość:
+	pilot, 1 szt.
+	pisak, 1 szt.
+	przewód zasilający 3m, 1 szt.
+	przewód USB-C dł - 2m, 1 szt.
+	przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt.
+	Przewód HDMI dł - 3m, 1 szt.
+Specyfikacja:
+• 65 cali
+• Rozdzielczość: 4K 3840x2160
+• Kontrast 4000:1
+• Jasność 450 cd/m²
+• Głębia kolorów 8 bit
+• Czas reakcji ≤10ms
+• Technologia dotyku IR
+• 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android
+• Proporcje obrazu 16:9
+• Panel LED o żywotności 50 000 godzin
+• Slot OPS
+• Kąt widzenia 178°
+• Ekran szyba hartowana
+• Napięcie robocze: AC 100-240V，50/60Hz
+• Głośniki 2x20W (głośnik z przodu)
+• Wejścia/Wyjścia AV:
+Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1
+Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1
+Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1
+Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1
+• Obsługiwane formaty multimediów:
+Obraz: JPEG, BMP, PNG
+Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding)
+Dźwięk: MP3, M4A, (AAC)
+• Procesor - MTK 9666
+• Wejście sieciowe RJ45/8P8C x2
+• Waga: 45 kg
+</t>
   </si>
   <si>
     <t>834050</t>
   </si>
   <si>
     <t>Moduł Legvan 45-stopniowy z oparciem zewn., jasnoszary</t>
   </si>
   <si>
     <t xml:space="preserve">Legvan to kolekcja siedzisk zaprojektowana dla stref komunikacyjnych i przestrzeni wnętrz publicznych. W skład systemu wchodzą warianty mebli, które można dowolnie konfigurować w zależności od funkcji i estetyki wnętrza. Poszczególne elementy są dostępne w różnej kolorystyce, co pozwala na kreatywność w aranżacji przestrzeni. Siedzisko i oparcie tapicerowane odporną na ścieranie tkaniną poliestrową (100 000 cykli).  Tkanina posiada badania na trudnozapalność m. in: BS EN 1021-1, BS EN 1021-2, BS 7176 Medium Hazard. Stelaż malowany proszkowo. • wys. siedziska 44 cm • wym. 116,5 x 76 x 73 cm  </t>
   </si>
   <si>
     <t>834217</t>
   </si>
   <si>
     <t>Krzesło obrotowe Orte - szare</t>
   </si>
   <si>
     <t>Obrotowe krzesło konferencyjne z poziomymi przeszyciami na tapicerce. Siedzisko i oparcie tapicerowane odporną na ścieranie tkaniną poliestrową (100 000 cykli). Atest trudnozapalności m. in: BS EN 1021-1, BS EN 1021-2, BS 7176 Medium Hazard. Stelaż aluminiowy polerowany (efekt chrom) z regulacją wysokości, na chromowanych kółkach. Podłokietniki chromowane ze skórzaną nakładką. • śr. 69 cm • wys. siedziska 41,5 - 54,5 cm • wys. całkowita 86 - 99 cm • wym. siedziska 47,5 x 43,5 cm</t>
   </si>
   <si>
     <t>096898</t>
   </si>
   <si>
-    <t>Regał Grande M - klon jasny</t>
-[...2 lines deleted...]
-    <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Regał można uzupełnić  drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096888, 096888W, 096890, 096890W, 096892, 096892W, 096926).• wym. 82 x 38 x 82,2 cm</t>
+    <t>Regał Grande M – klon jasny</t>
+  </si>
+  <si>
+    <t>Regały wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Regał można uzupełnić drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096888, 096888W, 096890, 096890W, 096892, 096892W, 096926).• wym. 82 x 38 x 82,20 cm</t>
   </si>
   <si>
     <t>098488</t>
   </si>
   <si>
-    <t>Drzwi Grande średnie 90 st. 2 szt. - ciemnoturkusowe</t>
-[...2 lines deleted...]
-    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90 stopni i zastosowano w nich mechanizm cichego domyku. Pasują do regałów M (096898, 096898W, 096899, 096899W) i nadstawek M (096890, 096890W, 096891, 096891W, 098187, 098187W). • 2 szt. • wym. 40,5 x 70,1 cm</t>
+    <t>Drzwi Grande średnie 90 st. 2 szt. – ciemnoturkusowe</t>
+  </si>
+  <si>
+    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90° i zastosowano w nich mechanizm cichego domyku. Pasują do regałów M (096898, 096898W, 096899, 096899W) i nadstawek M (096890, 096890W, 096891, 096891W, 098187, 098187W). • 2 szt. • wym. 40,50 x 70,10 cm</t>
   </si>
   <si>
     <t>056168</t>
   </si>
   <si>
     <t>Dywan turkusowy w kolorowe kropki, 2 x 3 m</t>
   </si>
   <si>
-    <t>Dywan we wzory geometryczne. Skład runa 100% PP heat-set frise, przędza pojedyncza. Posiada Certyfikat Zgodności tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 2 x 3 m</t>
+    <t>Dywan we wzory geometryczne, wykonany z runa w 100% z włókna PP heat-set frise (przędza pojedyncza). Posiada Certyfikat Zgodności, czyli atest higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mmNależy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 2 x 3 mSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>096890</t>
   </si>
   <si>
-    <t>Nadstawka Grande M - klon jasny</t>
-[...2 lines deleted...]
-    <t>Nadstawki do regałów z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach. Nadstawki o głębokości 38 cm można ustawiać także na głębokich szafkach (48 cm), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). W przypadku ustawiania nadstawek o głębokości 38 cm na głębokich szafkach, dolna przestrzeń nadstawki musi pozostać pusta, dlatego drzwiczki mogą być montowane jedynie w górnej części nadstawki.Nadstawkę można uzupełnić drzwiczkami.• wym. 82 x 38 x 70,4 cm</t>
+    <t>Nadstawka Grande M – klon jasny</t>
+  </si>
+  <si>
+    <t>Nadstawki do regałów z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach. Nadstawki o głębokości 38 cm można ustawiać także na głębokich szafkach (48 cm), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). W przypadku ustawiania nadstawek o głębokości 38 cm na głębokich szafkach, dolna przestrzeń nadstawki musi pozostać pusta, dlatego drzwiczki mogą być montowane jedynie w górnej części nadstawki.Nadstawkę można uzupełnić drzwiczkami.• wym. 82 x 38 x 70,40 cm</t>
   </si>
   <si>
     <t>096888</t>
   </si>
   <si>
-    <t>Nadstawka Grande S - klon jasny</t>
-[...2 lines deleted...]
-    <t>Nadstawki do regałów z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach. Nadstawki o głębokości 38 cm można ustawiać także na głębokich szafkach (48 cm), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). W przypadku ustawiania nadstawek o głębokości 38 cm na głębokich szafkach, dolna przestrzeń nadstawki musi pozostać pusta, dlatego drzwiczki mogą być montowane jedynie w górnej części nadstawki.Nadstawkę można uzupełnić drzwiczkami.• wym. 82 x 38 x 35,2 cm</t>
+    <t>Nadstawka Grande S – klon jasny</t>
+  </si>
+  <si>
+    <t>Nadstawki do regałów z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach. Nadstawki o głębokości 38 cm można ustawiać także na głębokich szafkach (48 cm), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). W przypadku ustawiania nadstawek o głębokości 38 cm na głębokich szafkach, dolna przestrzeń nadstawki musi pozostać pusta, dlatego drzwiczki mogą być montowane jedynie w górnej części nadstawki.Nadstawkę można uzupełnić drzwiczkami.• wym. 82 x 38 x 35,20 cm</t>
   </si>
   <si>
     <t>095974</t>
   </si>
   <si>
     <t>Cichy blat Plus półokrągły, 60 x 120 - szary</t>
   </si>
   <si>
     <t>Ciche blaty Plus są wykonane ze specjalnych materiałów, dzięki którym przedmioty na niego upuszczone są amortyzowane, a więc wywoływany przez nie hałas jest stłumiony. To sprawia, że stoły są idealną powierzchnią do zabaw cięższymi, twardymi przedmiotami, np. klockami. Blat wykonany z płyty wiórowej z warstwą korka i płyty HDF, pokryty linoleum i warstwą laminatu PP od spodu, z obrzeżem ABS. Drewniane nogi z regulowaną wysokością są dostępne osobno (126528 lub 126540). • wym. 120 x 60 cm</t>
   </si>
   <si>
     <t>099751</t>
   </si>
   <si>
     <t xml:space="preserve">Biurko Grande, klon jasny </t>
   </si>
   <si>
     <t>Proste biurka uzupełniające kolekcję meblową Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Wyposażone w 4 szuflady (w górnej szufladzie zamek). • wym. 140 x 80 x 76,6 cm</t>
   </si>
   <si>
     <t>126540</t>
   </si>
   <si>
     <t>Nogi okrągłe z reg. bielone, 4 szt. rozm. 3-5 (58-70 cm)</t>
   </si>
@@ -294,51 +366,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/283a1b974f18f7439a5e8b0083fc13701.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86a8ab0bf9d69537ca91eda532ea476b2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af441ea732ea35ac82f5421b2f5897733.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1b0d8b69e76ef5f5d6ddebc8da4f7d44.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0877f965410e3cee0c911cf25fcd88155.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecfc5ba2a787e049b3d7c179577dc6c86.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/284ada92424265c88481c8363bb27e047.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e983741283746ccf3f12871ba7d525458.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d8cda58db8c45615ac88713eff842e29.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2f60b13296042b0996aaf19dba410a110.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a4845fdc3708f798a3354c6ffdfe84311.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/347837654848ff1996bce13ba3803a0712.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3f0bff5d13aeaf8f1d8fd998c2812d313.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3286bfcabd3cae8e99053fccde1ec6214.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d60e2f497ea19cdfae628034055d77f515.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67507678d48b1d8ac5bb96578f67051316.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a5167de8e21f627b8e76da7521b7e821.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bac564757bc691774ecf8d12b321fd7c2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d8b66bbecb267f9d20a7cfc401f32503.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6eff355b4b925fdec38f1211f645b0c04.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/666ad94d7d958db4a3354d400590b34a5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d4ed5e7ef2cc4544ca7ef1e48e594676.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0b0505d0260f5873eed948354a37eb47.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff2169182cadc7777d9c6cf04e5d847b8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6155ea36bfe3cc18616fd931a76c79d9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baccaa2aee8f7d1990df7eece407acf510.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e516ff9ab98447edf5aadbb1ae909e7b11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0fe7a7500d251d170ac511c7b86623812.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cd9987e435b40ddb9ffaec6085878ff13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d503191f6bd7851fd5014244693c95bc14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec1a3fc0d0bb77e5625ca17d4b36c5c115.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ced4e908024f1133828c36eb9671e3316.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-GAB-GR-0006" descr="Gabinet logopedyczny w szkole podstawowej"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -429,51 +501,51 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="ZEST5941-0VAT" descr="ZEST5941-0VAT"/>
+        <xdr:cNvPr id="5" name="MZEST0013V" descr="MZEST0013V"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
@@ -1222,54 +1294,54 @@
       <c r="E8" s="8">
         <v>1</v>
       </c>
       <c r="F8" s="10">
         <v>399.9</v>
       </c>
       <c r="G8" s="11">
         <v>399.9</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="80">
       <c r="A9" s="7"/>
       <c r="B9" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>18</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E9" s="8">
         <v>1</v>
       </c>
       <c r="F9" s="10">
-        <v>7260.9</v>
+        <v>5600.9</v>
       </c>
       <c r="G9" s="11">
-        <v>7260.9</v>
+        <v>5600.9</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="80">
       <c r="A10" s="7"/>
       <c r="B10" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="8">
         <v>1</v>
       </c>
       <c r="F10" s="10">
         <v>4099.9</v>
       </c>
       <c r="G10" s="11">
         <v>4099.9</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="80">
       <c r="A11" s="7"/>
@@ -1464,51 +1536,51 @@
       <c r="A20" s="7"/>
       <c r="B20" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>51</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>52</v>
       </c>
       <c r="E20" s="8">
         <v>1</v>
       </c>
       <c r="F20" s="10">
         <v>39.9</v>
       </c>
       <c r="G20" s="11">
         <v>39.9</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="F22" s="4" t="s">
         <v>53</v>
       </c>
       <c r="G22" s="12">
-        <v>22827.0</v>
+        <v>21167.0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 