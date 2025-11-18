--- v0 (2025-10-02)
+++ v1 (2025-11-18)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>AR-092105W-f-21 Kącik biblioteczny Quadro</t>
   </si>
   <si>
-    <t>z dnia 2025-10-03 01:11:51</t>
+    <t>z dnia 2025-11-18 16:43:18</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>092240</t>
   </si>
   <si>
     <t>Quadro - drzwiczki małe 90 st., mocowane do przegrody  - błękitne</t>
   </si>
@@ -328,51 +328,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e85c96fb06f30781d36e8aa71a026be1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d21257e2add3420bea54cd4cac11e1d62.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bcbd4e2e718e085e446ae805b711b5b3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12a143415bee6d1e5bc488bc65013d734.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0114b8aaa218efef099c96d3bfb49f85.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905c415e63a8cf51ab38fd4b6b0581146.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2091e64675e56b24ab6597a891b96057.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/247b2dadbf208067178ec47bf8b7bfa08.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0574e9d6beb53dd2be311e33196739d49.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1efe297814593ccbc0ecdc177b29d2f510.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3bc01a1f54b95e3e7db0435f3fc110a11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d936a62f6a045e0112f42588bca1c8b712.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77e4c649e8d4a29a63bb2d360470183f13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d8a4f174e277e39f17e489aa04d50114.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bafe27b707d1a6802c59ea06f0bf8d1915.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc40c365395805d262782aaf2e040d6016.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf48b0a402edc5eb691c50136b3d24fd17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3fea419a3ca243c380d79a9f429150f18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92aa3ede1fb41e01f6c066f72ab09a7619.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54a5e20008354c7652daf5f7127d43e820.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03df1fcdd7cfe770044cf70b0c76050921.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89a138fc810c38ed59a5118a8cac4c8522.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e548309eeddc6b46fffd648e11ea36001.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/091c9a79a26a879aa0de5cb802962f302.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96b4f7162be01f2622eb75f49b2b2cf03.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4d03ecc2d6785678669c55f62cd24724.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8ac20bd7edf0c0218d117be658942805.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34bd3298f4185c18f8e05e3274155bb06.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c63951689358233029aca2d932704957.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da5c6d64b004749b795b07cc657adea48.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d52dc538e47c8a75d897b90cadeba909.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fa686418983d99ec962f4a6ce99e31110.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb5604701be97da3bc7bdfa86d50a54911.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa65360997c3d0cbcb1da5568bda1f6112.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57b69f31be859df48308a53a06b2184a13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c58593b5c266f6fd466a58eb233a311114.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ec4fa78c374687c481fa8e01891d40115.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c8bbca9f0980c8ad6ab3d6295469e1a16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7d9a3f9500ea47a2671ec7d45c78a2917.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7c36bbdfc573bf568153dd16b3d914e18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98acbe40eca9dbe0a845d71cc5daeaf319.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1723e75abd2c864d460e6979651189c420.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00640f703a851782bfc714f1f7b79e7021.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/249c4e0302ed18cd684d7f2aec7d491322.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4286250" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="AR-092105W-f-21" descr="Kącik biblioteczny Quadro"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>