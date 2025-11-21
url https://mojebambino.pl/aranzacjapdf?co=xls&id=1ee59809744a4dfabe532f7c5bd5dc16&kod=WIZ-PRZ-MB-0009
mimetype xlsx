--- v0 (2025-10-06)
+++ v1 (2025-11-21)
@@ -19,96 +19,97 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>WIZ-PRZ-MB-0009 Sala przedszkolna Quadro w odcieniach zieleni</t>
   </si>
   <si>
-    <t>z dnia 2025-10-07 00:10:35</t>
+    <t>z dnia 2025-11-21 04:54:55</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>098840</t>
   </si>
   <si>
     <t>Quadro - drzwiczki małe 90 st. - ciemnooliwkowe</t>
   </si>
   <si>
     <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,9 x 36,9 cm</t>
   </si>
   <si>
     <t>855231</t>
   </si>
   <si>
     <t>Stojak na pufki</t>
   </si>
   <si>
     <t>Wykonany ze sklejki brzozowej i rurek aluminiowych. Zawiera 4 kółka, w tym 2 hamulce. Stojak pasuje do kompletu pufek okrągłych Natura (855230).  • wym. 38 x 114 cm</t>
   </si>
   <si>
     <t>109062</t>
   </si>
   <si>
     <t>Materac do domku Quadro - beżowy</t>
   </si>
   <si>
-    <t>Wygodny materac uzupełniający szafkę-domek Quadro (099342-099353, 099342W-099353W), dostępny w 3 kolorach. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. • wym. 113 x 55,5 x 14 cm</t>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (099342-099353, 099342W-099353W), dostępny w 3 kolorach. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości.
+• wym. 113 x 55,50 x 14 cm</t>
   </si>
   <si>
     <t>372012</t>
   </si>
   <si>
     <t>Pojemnik płytki 1 - zielony</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • wym. wewn. 27 x 35,5 cm • 1 szt.</t>
   </si>
   <si>
     <t>056173</t>
   </si>
   <si>
     <t>Dywan Ptasi zagajnik, 3 x 4 m</t>
   </si>
   <si>
     <t>Dywany stworzone z myślą o kącikach tematycznych z kolekcji Quadro, ale dzięki stonowanym kolorom i delikatnym wzorom sprawdzą się w prawie każdym wnętrzu. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiada Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm   Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• 3 x 4 m</t>
   </si>
   <si>
     <t>098832</t>
   </si>
   <si>
     <t>Quadro - drzwiczki małe 90 st.- kość słoniowa</t>
   </si>
@@ -124,51 +125,53 @@
   <si>
     <t>094066</t>
   </si>
   <si>
     <t>Quadro - dwustronna biblioteczka mobilna, turkusowy pastel, skrzynia klon jasny</t>
   </si>
   <si>
     <t>Mobilna, dwustronna biblioteczka służąca do ekspozycji książek w taki sposób, by były widoczne ich okładki. Wykonana z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego, oraz z płyty MDF o gr. 18 mm, pokrytej trwałą okleiną termoplastyczną. • 3 półki z każdej strony (szerokość: 8, 10 i 14 cm)• wym. 60 x 38 x 97,8 cm</t>
   </si>
   <si>
     <t>048204</t>
   </si>
   <si>
     <t>Krzesło obrotowe Leon szaro-czarne</t>
   </si>
   <si>
     <t>• Szerokie, komfortowe siedzisko tapicerowane tkaniną welurową i ergonomicznie wyprofilowane oparcie. • Stałe podłokietniki. • Podstawa z tworzywa sztucznego. • Kółka do powierzchni dywanowych. W standardzie Mechanizm Tilt: - funkcja swobodnego kołysania  -  możliwość blokady kąta odchylenia oparcia w pozycji do pracy - możliwość regulacji siły oporu oparcia pozwala na dostosowanie szybkości odchylenia oparcia i siedziska do wagi użytkownika - regulacja wysokości siedziska umożliwia dopasowanie krzesła do wzrostu każdej siedzącej na nim osoby  • Regulowana wysokość siedziska: 44,5-57,5 cm • Średnica podstawy: 71,5 cm •  Wysokość całkowita: 100-113 cm</t>
   </si>
   <si>
     <t>098813</t>
   </si>
   <si>
     <t>Parawan Flora 12</t>
   </si>
   <si>
-    <t>Drewniane parawany, które nadają się do szybkiego i praktycznego oddzielenia różnych przestrzeni. Zawierają ruchome elementy, które zapewnią dzieciom dobrą zabawę. Parawany pasują do Kącika Flory (099386, sprzedawany osobno). Stojak (099398) oraz elementy do montażu na ścianie (099397) są sprzedawane osobno.• gr. 20 mm• wym. 71 x 73 cm• zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!OSTRZEŻENIE: Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
+    <t>Drewniane parawany, które nadają się do szybkiego i praktycznego oddzielenia różnych przestrzeni. Zawierają ruchome elementy, które zapewnią dzieciom dobrą zabawę. Parawany pasują do Kącika Flory (099386, sprzedawany osobno). Stojak (099398) oraz elementy do montażu na ścianie (099397) są sprzedawane osobno.
+• gr. 20 mm
+• wym. 71 x 73 cm• zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!OSTRZEŻENIE: Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
   </si>
   <si>
     <t>098776</t>
   </si>
   <si>
     <t>Panel ścienny - drzewo z okrągłą koroną</t>
   </si>
   <si>
     <t>Dekoracja naścienna, która idealnie sprawdzi się w żłobkach, przedszkolach, poczekalniach i gabinetach pediatrycznych. Korony drzew wykonane z poliestru. Wykonana ze sklejki o gr. 10 mm.• wym. 216 x 245 cm• wym. 216 cm x 245 cm</t>
   </si>
   <si>
     <t>094025</t>
   </si>
   <si>
     <t>Quadro - szuflada szeroka - ciemnooliwkowa</t>
   </si>
   <si>
     <t xml:space="preserve"> Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 18,2 cm• wym. 74,3 x 38,1 x 18,2 cm</t>
   </si>
   <si>
     <t>100627</t>
   </si>
   <si>
     <t>Szafka plastyczna Quadro, klon jasny</t>
   </si>
@@ -214,180 +217,252 @@
   <si>
     <t>098863</t>
   </si>
   <si>
     <t>Quadro - drzwiczki średnie 90 st. - ciemnozielone</t>
   </si>
   <si>
     <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,9 x 74,3 cm</t>
   </si>
   <si>
     <t>092150</t>
   </si>
   <si>
     <t>Quadro - regał M z 2 przegrodami i półką, klon jasny</t>
   </si>
   <si>
     <t>Regał można uzupełnić małymi drzwiczkami (098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) - w miejscach, gdzie będą zamontowane do ścianek zewnętrznych regału lub drzwiczkami mocowanymi do przegrody (092238-092249, 098843-098853, 092238S-092249S, 098843S-098853S, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) lub wąskimi, środkowymi szufladami (092558-092563, 094006-094016, sprzedawane osobno) - w środkowej kolumnie. Od 2024 r. można zamocować je na 4 poziomach. Dodatkowo regał można wyposażyć w półki (092199, sprzedawane osobno) - w zewnętrznych kolumnach oraz wąskie półki (092287, sprzedawane osobno) - w środkowej kolumnie. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm. • wym. 116,8  x 41,5 x 86,8 cm</t>
   </si>
   <si>
     <t>569009</t>
   </si>
   <si>
     <t>Domek Klary</t>
   </si>
   <si>
-    <t>Dwupiętrowy domek wykonany z drewna i wyposażony w zestaw mebli. Oferuje wiele możliwości aranżacji przestrzeni dla lalek (sprzedawane osobno) i zabawy, która rozwija kreatywność, wyobraźnię, motorykę małą i umiejętności społeczne. • wym. 120 x 86 x 87 cm • 38 mebli o wym. od 2,5 x 2,5 x 3 cm do 12 x 13 x 5,5 cm• od 3 latOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.Produkt może być montowany tylko przez osobę dorosłą.</t>
+    <t>Dwupiętrowy domek wykonany z drewna i wyposażony w zestaw mebli. Oferuje wiele możliwości aranżacji przestrzeni dla lalek (sprzedawane osobno) i zabawy, która rozwija kreatywność, wyobraźnię, motorykę małą i umiejętności społeczne.• wym. 120 x 86 x 87 cm• 38 mebli o wym. od 2,5 x 2,5 x 3 cm do 12 x 13 x 5,5 cm• od 3 latOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.Produkt może być montowany tylko przez osobę dorosłą.</t>
   </si>
   <si>
     <t>092187</t>
   </si>
   <si>
     <t>Quadro - regał wielofunkcyjny, klon jasny</t>
   </si>
   <si>
     <t>Regał proponuje możliwość uporządkowania pomocy poprzez umieszczenie w górnej części mebla przedmiotów dostępnych tylko dla nauczyciela, wyeksponowanie pomocy na półkach w zasięgu ręki dziecka, a w skrzyniach schowanie zabawek. W dolnej części jest miejsce na 2 duże (092291-092292, 092294-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). W górnej części regału można zamontować jedną parę drzwiczek z zamkiem (092071–092077, 092079–092083, 098887-098897, 092071S-092077S, 092079S-092083S, 098887S-098897S, sprzedawane osobno). W regale można montować także małe (092200–092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnie drzwiczki (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Regał można wyposażyć także w dodatkowe półki (092199 - w zewnętrznych kolumnach, lub 092287 - w wewnętrznych kolumnach, sprzedawane osobno). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• wym. 154,3 x 41,5 x 161,6 cm</t>
   </si>
   <si>
     <t>855230</t>
   </si>
   <si>
     <t>Komplet pufek okrągłych Natura - 12 elem.</t>
   </si>
   <si>
-    <t>Komplet 12 siedzisk w stonowanej, naturalnej kolorystyce.  Do przechowywania kompletu pasuje Stojak na pufki (855231).   • śr. pufki 30 cm • wys. 8 cm</t>
+    <t>Zestaw okrągłych pufek, idealnie nadający się na niskie siedziska. Od spodu posiadają powierzchnię antypoślizgową. Wewnątrz znajduje się gęsta pianka poliuretanowa odporna na deformacje. Z kolei pokrowiec zapinany jest na zamek błyskawiczny, dzięki któremu jest on łatwy do założenia i zdjęcia w celu wyczyszczenia.• wys. 8 cmKomplet 12 siedzisk w stonowanej, naturalnej kolorystyce. Do przechowywania kompletu pasuje Stojak na pufki (855231). • śr. 30 cm• wym. 8 cm</t>
   </si>
   <si>
     <t>146253</t>
   </si>
   <si>
     <t>EKO dekor - domek średni beżowy</t>
   </si>
   <si>
     <t>Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 9 prac formatu A4. • wym. 79 x 120 cm • gr. 1,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
   </si>
   <si>
     <t>098777</t>
   </si>
   <si>
     <t>Panel ścienny - drzewo z kanciastą koroną</t>
   </si>
   <si>
     <t>Dekoracja naścienna, która idealnie sprawdzi się w żłobkach, przedszkolach, poczekalniach i gabinetach pediatrycznych. Korony drzew wykonane z poliestru. Wykonana ze sklejki o gr. 10 mm.• wym. 198 cm x 245 cm</t>
   </si>
   <si>
     <t>044141</t>
   </si>
   <si>
     <t>Tablica korkowa 100 x 200 cm - pastelowy beż</t>
   </si>
   <si>
     <t>Korkowa tablica z drewnianą ramą, do prezentacji prac lub wywieszania ogłoszeń szkolnych. • wym. 100 x 200 cm</t>
   </si>
   <si>
     <t>SET6013</t>
   </si>
   <si>
     <t>Quadro - zestaw 10, skrzynia klon jasny</t>
   </si>
   <si>
     <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• 092100 Quadro - biblioteczka z dwiema przegrodami, klon jasny, 1 szt. • 092103 Quadro - szafka niska z siedziskiem, klon jasny, 1 szt. • wym. 195,8 x 41,5 x 86,8 cm• długość zestawu: 1,958 m</t>
   </si>
   <si>
     <t>094026</t>
   </si>
   <si>
     <t>Quadro - szuflada szeroka - ciemnozielona</t>
   </si>
   <si>
     <t>098811</t>
   </si>
   <si>
     <t>Parawan Flora 10</t>
   </si>
   <si>
-    <t>Drewniane parawany, które nadają się do szybkiego i praktycznego oddzielenia różnych przestrzeni. Zawierają ruchome elementy, które zapewnią dzieciom dobrą zabawę. Parawany pasują do Kącika Flory (099386, sprzedawany osobno). Stojak (099398) oraz elementy do montażu na ścianie (099397) są sprzedawane osobno.• gr. 20 mm• wym. 71 x 73 cm• zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• wym. 71 cm x 2 cm x 73 cmOSTRZEŻENIE: Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
+    <t>Drewniane parawany, które nadają się do szybkiego i praktycznego oddzielenia różnych przestrzeni. Zawierają ruchome elementy, które zapewnią dzieciom dobrą zabawę. Parawany pasują do Kącika Flory (099386, sprzedawany osobno). Stojak (099398) oraz elementy do montażu na ścianie (099397) są sprzedawane osobno.
+• gr. 20 mm
+• wym. 71 x 73 cm• zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• wym. 71 x 2 x 73 cmOSTRZEŻENIE: Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
   </si>
   <si>
     <t>098862</t>
   </si>
   <si>
     <t>Quadro - drzwiczki średnie 90 st. - ciemnooliwkowe</t>
   </si>
   <si>
     <t>098814</t>
   </si>
   <si>
     <t>Parawan Flora 13</t>
   </si>
   <si>
     <t>098854</t>
   </si>
   <si>
     <t>Quadro - drzwiczki średnie 90 st. - kość słoniowa</t>
   </si>
   <si>
     <t>585022</t>
   </si>
   <si>
     <t>Monitor interaktywny insGraf DIGITAL FUTURE  65</t>
   </si>
   <si>
-    <t xml:space="preserve"> Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585022-0VAT.     Wzór Zaświadczenia &gt;&gt;     Przykład wypełnionego Zaświadczenia &gt;&gt;     Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.    Specyfikacja:  • 65 cali • Rozdzielczość: 4K 3840x2160 • Kontrast 4000:1 • Jasność 450 cd/m² • Głębia kolorów 8 bit • Czas reakcji ≤10ms • Technologia dotyku IR • 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android • Proporcje obrazu 16:9 • Panel LED o żywotności 50 000 godzin • Slot OPS • Kąt widzenia 178° • Ekran szyba hartowana • Napięcie robocze: AC 100-240V，50/60Hz • Głośniki 2x20W (głośnik z przodu) • Wejścia/Wyjścia AV: Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1 Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1 Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1 Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1 • Obsługiwane formaty multimediów: Obraz: JPEG, BMP, PNG Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding) Dźwięk: MP3, M4A, (AAC) • Procesor - MTK 9666 • Wejście sieciowe RJ45/8P8C x2 • Waga: 45 kg • Brak uchwytu ściennego w zestawie (do dokupienia osobno, kod produktu: 585004)  Główne funkcje: - Wbudowany system Android 13 - Rozdzielczość 4K 3840 x 2160 - Moduł Wi-Fi - Pamięć wbudowana: 32 GB - Pamięć RAM: 4 GB - Slot OPS umożliwiający wbudowanie komputera z systemem Windows. - Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android. - Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard - Przyciski skrótów po lewej stronie ekranu - Przednie porty po lewej stronie ekranu - Wbudowane w przedni panel głośniki (2x20W) - Możliwość podłączenia kamery i mikrofonu pozwala na wygodne przeprowadzenie lekcji hybrydowych - Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu. - Intuicyjny interface z przydatnymi aplikacjami: - do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS - zmiany źródła wyświetlanego obrazu - tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt, nakładanie obrazu, podział tablicy, dodawanie mediów (pdf, youtube, zdjęcia), eksport treści z tablicy w formie kodu QR,) - program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej) - program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator) - udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji) - rozpoznawanie tekstu i figur geometrycznych - rozpoznawanie tekst i figur geometrycznych - wbudowane przybory geometryczne - telefon jako wizualizer - dodatkowe gadżety: stoper, timer, spotlight - EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.  Zawartość:   _x0001_pilot, 1 szt. _x0001_pisak, 1 szt. _x0001_przewód zasilający 3m, 1 szt. _x0001_przewód USB-C dł - 2m, 1 szt. _x0001_przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt. _x0001_przewód HDMI dł - 3m, 1 szt        </t>
+    <t xml:space="preserve">
+Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585022-0VAT.
+   Wzór Zaświadczenia &gt;&gt;
+   Przykład wypełnionego Zaświadczenia &gt;&gt;
+Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.
+Główne funkcje:
+- Wbudowany system Android 13
+- Rozdzielczość 4K 3840 x 2160
+- Moduł Wi-Fi
+- Pamięć wbudowana: 32 GB
+- Pamięć RAM: 4 GB
+- Slot OPS umożliwiający wbudowanie komputera z systemem Windows.
+- Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android.
+- Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard
+- Przyciski skrótów po lewej stronie ekranu
+- Przednie porty po lewej stronie ekranu
+- Wbudowane w przedni panel głośniki (2x20W)
+- Możliwość podłączenia kamery i mikrofonu pozwala na wygodne przeprowadzenie lekcji hybrydowych
+- Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu.
+- Intuicyjny interface z przydatnymi aplikacjami:
+- do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS
+- zmiany źródła wyświetlanego obrazu
+- tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt, nakładanie obrazu, podział tablicy, dodawanie mediów (pdf, youtube, zdjęcia), eksport treści z tablicy w formie kodu QR,)
+- program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej)
+- program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator)
+- udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji)
+- rozpoznawanie tekstu i figur geometrycznych
+- rozpoznawanie tekst i figur geometrycznych
+- wbudowane przybory geometryczne
+- telefon jako wizualizer
+- dodatkowe gadżety: stoper, timer, spotlight
+- EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.
+Zawartość:
+	pilot, 1 szt.
+	pisak, 1 szt.
+	przewód zasilający 3m, 1 szt.
+	przewód USB-C dł - 2m, 1 szt.
+	przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt.
+	przewód HDMI dł - 3m, 1 szt.
+Specyfikacja:
+• 65 cali
+• Rozdzielczość: 4K 3840x2160
+• Kontrast 4000:1
+• Jasność 450 cd/m²
+• Głębia kolorów 8 bit
+• Czas reakcji ≤10ms
+• Technologia dotyku IR
+• 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android
+• Proporcje obrazu 16:9
+• Panel LED o żywotności 50 000 godzin
+• Slot OPS
+• Kąt widzenia 178°
+• Ekran szyba hartowana
+• Napięcie robocze: AC 100-240V，50/60Hz
+• Głośniki 2x20W (głośnik z przodu)
+• Wejścia/Wyjścia AV:
+Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1
+Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1
+Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1
+Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1
+• Obsługiwane formaty multimediów:
+Obraz: JPEG, BMP, PNG
+Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding)
+Dźwięk: MP3, M4A, (AAC)
+• Procesor - MTK 9666
+• Wejście sieciowe RJ45/8P8C x2
+• Waga: 45 kg
+• Brak uchwytu ściennego w zestawie (do dokupienia osobno, kod produktu: 585004)
+</t>
   </si>
   <si>
     <t>372054</t>
   </si>
   <si>
     <t>Pojemnik płytki 1 - czarny</t>
   </si>
   <si>
     <t>092195-12</t>
   </si>
   <si>
     <t>Quadro - szafka-domek - ciemnooliwkowa, skrzynia klon jasny</t>
   </si>
   <si>
     <t>Szafka - kryjówka w kształcie domku z aplikacją - ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną meditap, łatwą do utrzymania w czystości.  • wym. 130 x 60 x 173,5 cm</t>
   </si>
   <si>
     <t>532179</t>
   </si>
   <si>
     <t>Kącik zabaw w dom</t>
   </si>
   <si>
     <t>Przestronny kącik, który umożliwia zabawę z podziałem na role wielu dzieci jednocześnie. Jest wyposażony w część kuchenną z piekarnikiem, nadrukowaną płytą indukcyjną i akcesoriami, zlew, pralnię z pralką i wysuwaną deską do prasowania. Posiada również wysuwane krzesełko do umieszczenia lalki. W dolnej części kącika znajdują się przestrzenie na żelazko, filcowe kosze na śmieci, filcowy kosz na ubrania, żelazko czy talerze. Kącik posiada również wysuwane krzesełko do umieszczenia lalki. Na blacie znajduje się półeczka, na której można umieścić jedną z 3 dwustronnych instrukcji obrazkowych z przepisami na dania i wypieki oraz wskazówkami jak prać i prasować. • wys. blatu 54 cm  Skład zestawu: • 3 karty ze wskazówkami • 1 fartuch • 1 rękawica kuchenna • 1 ściereczka do naczyń • 1 kosz na pranie • 1 żelazko • 1 garnek • 1 patelnia • 1 łyżka z cedzakiem • 1 chochla • 4  talerze • solniczka i pieprzniczka • 2 filcowe kosze na śmieci• wym. 65,5 x 80 cm• od 3 lat</t>
   </si>
   <si>
     <t>098812</t>
   </si>
   <si>
     <t>Parawan Flora 11</t>
   </si>
   <si>
-    <t>Drewniane parawany, które nadają się do szybkiego i praktycznego oddzielenia różnych przestrzeni. Zawierają ruchome elementy, które zapewnią dzieciom dobrą zabawę. Parawany pasują do Kącika Flory (099386, sprzedawany osobno). Stojak (099398) oraz elementy do montażu na ścianie (099397) są sprzedawane osobno.• gr. 20 mm• wym. 71 x 73 cm• bulaj śr. 49 cm, gł. 25 cm• zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!OSTRZEŻENIE: Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
+    <t>Drewniane parawany, które nadają się do szybkiego i praktycznego oddzielenia różnych przestrzeni. Zawierają ruchome elementy, które zapewnią dzieciom dobrą zabawę. Parawany pasują do Kącika Flory (099386, sprzedawany osobno). Stojak (099398) oraz elementy do montażu na ścianie (099397) są sprzedawane osobno.
+• gr. 20 mm
+• wym. 71 x 73 cm• bulaj śr. 49 cm, gł. 25 cm• zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!OSTRZEŻENIE: Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
   </si>
   <si>
     <t>098815</t>
   </si>
   <si>
     <t>Parawan Flora 14</t>
   </si>
   <si>
     <t>094095</t>
   </si>
   <si>
     <t>Quadro - biurko z szafką i 1 szufladą 90 st. - oliwkowe, skrzynia klon jasny</t>
   </si>
   <si>
     <t>Wykonane z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego, z kolorowymi elementami wykonanymi z płyty MDF o gr. 18 mm, pokrytej trwałą okleiną termoplastyczną. • wym. frontu szuflady 36,9 x 18,2 cm • wym. wewn. szuflady 32 x 43 x 9 cm • wym. frontu szafki 36,9 x 36,9 cm • wym. wewn. szafki 37,8 x 49,8 x 36,9 cm• wym. 120 x 60 x 76 cm</t>
   </si>
   <si>
     <t>094117</t>
   </si>
   <si>
     <t>Quadro - szafka-domek z 2 półkami - ciemnooliwkowa, skrzynia klon jasny</t>
   </si>
   <si>
     <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,3 x 60 x 185,5 cm</t>
   </si>
@@ -519,51 +594,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87a3008bda160e8acd639e191473a8b81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaf153d63cda754d90ad8be822b992c22.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8c037d32b874b79948f19004ea692b33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf73ff9a7af7897db20f68034083174f4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbcef36618a324bd49471249560863b55.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1666e418a54f774c2a950b93d95bb49f6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a5b5086c32e2c1520c0e80be58f6c777.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b03628cc4e917f8d9fda70b47ef4fe5b8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178a162caf57eb4d0d0ce15fd0dd3dab9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da4e8448e18d6de7d596e6415a8f19c210.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e8d807e93262470d04cc5bf2a6a500511.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb9a01ea033155a07baa1a4430af390812.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a78a64555b8b8e9fcd4c7170961093e13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27d309ae76c8a62d6d82298487680b7914.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e35bc60a439f90870add08529696955d15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f36b4b60e052ccd35e45ace84d9ef2d16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/891bed3a16786124a4a737c6b4b38a7017.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea9fcf562f8ae8decec84be8cb501f0618.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0011eebd4d0401f915aec9e25061b11419.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d67586bb8d6e78aba3430cad1a61bd120.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46c3b6bc2cdc2afd4b95f3e49ed3191921.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47d063ca4f09a3b1bd9beabe2d05b15422.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7d4898fe8f912e3f2e75037dd0f6d5d23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91b4f5a1142f4dc0f177b0f37f2bfc0824.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c35aa3241a7401807191b0e08d8a9f225.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8d474da17a0bba79bcac4ae948b35e126.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87b73d7f460ec97d97c04e37680f633827.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e12ee59a6eb723314d583c77925d737f28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5696db97d7df3d99565c6b975bcdaf3229.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d623dc6ee1484baca452bc8d940346cb30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fbdd2f5ca737cad6a542dca82b6fa1631.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08c4ea7e128ac4d967b40cad01cdafda32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18debbde690ee0e2a4257ba04af6bc4233.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/573b620a6514e45aca907690bb2a693c34.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/684b9f6b71f7ef323cd8970ac4b1e1a235.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34351bee8b83314ac1a752b1970f843736.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ba01f7065aad6632551ea45c7632d9337.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f3580eb99dc1302d0d272b320eff00e38.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/435708e75aed9cc07bedb490d37094ba39.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6411c0a28bca30de4ff9dc29463e4ba740.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522960b9940d51ac6b378c191c1bd4f541.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cbdbb7a01f236b39e88e3c28404018242.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52b3eef0d9bee462ae1a5a8524c9f0eb43.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/993e66c46215d6e62b47756273a033bf44.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd28be248a0a2f7bde3d33de584ca9c31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c16be987243878d0ca60809df7a1d3c2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c654032911ea170f78df2da62aeb6d63.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efd72829ee58b0b9561a037f3057c8074.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e67bc6e2680fab59baa76e509b70b9d5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b82313d1cd4cf789a0939ac7887a83796.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40c82fdec534da2be2fdcd3790e5549b7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f4bd0a5db1b3f23e5b1a106fa9c0a038.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5667f14e5ecd49e7a775a65f06e936189.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74f92c3c22ce917b812893829649ae8910.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/423cf5d5cec06dcd1913d8853c6919c111.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2de406701b57fcbba0326a3678ff9b412.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/745deb9e1100e2a004b585994c99a29d13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb0592d15ff2fa3c52042e8b844456a614.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c1fefb25486b2c41051a5701dad6c9b15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0785f8b13517da9308bbf622aaae819716.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5038b9e5c366cc2ca84c5e157088a8f17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1284c66977e7b1346a1e071c58673c9318.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f422d35047e01555756a29882aa0b34b19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5029dfd04d8c7f800952c6e1c31667620.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ee91e6f615ad376feb9194c9c06a1321.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c4def4c141e3f6b8d6ecbe1ea4cab1d22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d5cf7610649a9fb5ddfab54be75476423.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/305db65244d596d7803cbee99a595f1624.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e350f38448702e5fd2575c2bc8379ea25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a83054a7886a393dfc4fa024f35786c26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/626374c2983a40ae8cb204f30a0db9e327.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/486a9a2f22aab3fdc2ac328d6bc8341828.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e50dbdbc327d80137349faf0886a2e529.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc6ea160c1a71d07830795c5a77450db30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0ed88509c95a21e38c3cc80486f92c231.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a22c342e6db956263464404eff0d2ea832.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edab1c9538671f7dacfb5f413778527633.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62473b32b64c47d66433b4ce31989f5134.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3a623e64fb63020e0f9b4bdfb43f42b35.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9dabe5be08895fb6d468861694324c936.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545d162035ed521b9e1dcec56e91673637.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8aac0b90d199c9ee421be23bfc004ee38.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17102ef4f5e2c066b84eed2454d1211939.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3cb8146da6b512de6ca74e261ffd1be40.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8021e550bf7f65c9948eb0338fb2470441.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9732777f0b895fdc76e8f9cf1ea18c8642.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4687072d2e10b2f9157e91ff25d8ce6b43.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b49512bafe36a877e3d5c6eede2eecd644.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PRZ-MB-0009" descr="Sala przedszkolna Quadro w odcieniach zieleni"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>