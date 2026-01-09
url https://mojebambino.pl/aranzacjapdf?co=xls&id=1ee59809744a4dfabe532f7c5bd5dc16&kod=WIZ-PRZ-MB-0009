--- v1 (2025-11-21)
+++ v2 (2026-01-09)
@@ -14,509 +14,573 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>WIZ-PRZ-MB-0009 Sala przedszkolna Quadro w odcieniach zieleni</t>
   </si>
   <si>
-    <t>z dnia 2025-11-21 04:54:55</t>
+    <t>z dnia 2026-01-09 10:06:47</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>098840</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - ciemnooliwkowe</t>
-[...2 lines deleted...]
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,9 x 36,9 cm</t>
+    <t>Quadro – drzwiczki małe 90 st. – ciemnooliwkowe</t>
+  </si>
+  <si>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,90 x 36,90 cm</t>
   </si>
   <si>
     <t>855231</t>
   </si>
   <si>
     <t>Stojak na pufki</t>
   </si>
   <si>
     <t>Wykonany ze sklejki brzozowej i rurek aluminiowych. Zawiera 4 kółka, w tym 2 hamulce. Stojak pasuje do kompletu pufek okrągłych Natura (855230).  • wym. 38 x 114 cm</t>
   </si>
   <si>
     <t>109062</t>
   </si>
   <si>
-    <t>Materac do domku Quadro - beżowy</t>
-[...3 lines deleted...]
-• wym. 113 x 55,50 x 14 cm</t>
+    <t>Materac do domku Quadro – beżowy</t>
+  </si>
+  <si>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (099342-099353, 099342W-099353W), dostępny w 3 kolorach. Wykonany z pianki, pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości.• wym. 113 x 55,50 x 14 cm</t>
   </si>
   <si>
     <t>372012</t>
   </si>
   <si>
-    <t>Pojemnik płytki 1 - zielony</t>
+    <t>Pojemnik płytki 1 – zielony</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • wym. wewn. 27 x 35,5 cm • 1 szt.</t>
   </si>
   <si>
     <t>056173</t>
   </si>
   <si>
     <t>Dywan Ptasi zagajnik, 3 x 4 m</t>
   </si>
   <si>
-    <t>Dywany stworzone z myślą o kącikach tematycznych z kolekcji Quadro, ale dzięki stonowanym kolorom i delikatnym wzorom sprawdzą się w prawie każdym wnętrzu. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiada Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm   Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• 3 x 4 m</t>
+    <t>Dywany z kolekcji Quadro wykonane są z runa 100% PP heat-set frise z przędzy pojedynczej. Charakteryzują się stonowaną kolorystyką oraz delikatnym wzornictwem. Produkt posiada Certyfikat Zgodności (Atest Higieniczny) i jest pokryty środkiem uniepalniającym. • wysokość runa: 7 mmNależy przyjąć tolerancję dla wymiarów +/- 2-3%.• 3 x 4 m</t>
   </si>
   <si>
     <t>098832</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st.- kość słoniowa</t>
+    <t>Quadro – drzwiczki małe 90 st. – kość słoniowa</t>
   </si>
   <si>
     <t>109061</t>
   </si>
   <si>
     <t>Materac-siedzisko beżowe</t>
   </si>
   <si>
-    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cm</t>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cm</t>
   </si>
   <si>
     <t>094066</t>
   </si>
   <si>
-    <t>Quadro - dwustronna biblioteczka mobilna, turkusowy pastel, skrzynia klon jasny</t>
-[...2 lines deleted...]
-    <t>Mobilna, dwustronna biblioteczka służąca do ekspozycji książek w taki sposób, by były widoczne ich okładki. Wykonana z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego, oraz z płyty MDF o gr. 18 mm, pokrytej trwałą okleiną termoplastyczną. • 3 półki z każdej strony (szerokość: 8, 10 i 14 cm)• wym. 60 x 38 x 97,8 cm</t>
+    <t>Quadro – dwustronna biblioteczka mobilna, turkusowy pastel, skrzynia klon jasny</t>
+  </si>
+  <si>
+    <t>Mobilna, dwustronna biblioteczka przeznaczona do ekspozycji książek w taki sposób, aby widoczne były ich okładki. Wykonana z płyty laminowanej o gr. 18 mm w tonacji jasnego klonu oraz z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • 3 półki z każdej strony (szerokość: 8, 10 i 14 cm)• wym. 60 x 38 x 97,80 cm</t>
   </si>
   <si>
     <t>048204</t>
   </si>
   <si>
     <t>Krzesło obrotowe Leon szaro-czarne</t>
   </si>
   <si>
     <t>• Szerokie, komfortowe siedzisko tapicerowane tkaniną welurową i ergonomicznie wyprofilowane oparcie. • Stałe podłokietniki. • Podstawa z tworzywa sztucznego. • Kółka do powierzchni dywanowych. W standardzie Mechanizm Tilt: - funkcja swobodnego kołysania  -  możliwość blokady kąta odchylenia oparcia w pozycji do pracy - możliwość regulacji siły oporu oparcia pozwala na dostosowanie szybkości odchylenia oparcia i siedziska do wagi użytkownika - regulacja wysokości siedziska umożliwia dopasowanie krzesła do wzrostu każdej siedzącej na nim osoby  • Regulowana wysokość siedziska: 44,5-57,5 cm • Średnica podstawy: 71,5 cm •  Wysokość całkowita: 100-113 cm</t>
   </si>
   <si>
     <t>098813</t>
   </si>
   <si>
     <t>Parawan Flora 12</t>
   </si>
   <si>
     <t>Drewniane parawany, które nadają się do szybkiego i praktycznego oddzielenia różnych przestrzeni. Zawierają ruchome elementy, które zapewnią dzieciom dobrą zabawę. Parawany pasują do Kącika Flory (099386, sprzedawany osobno). Stojak (099398) oraz elementy do montażu na ścianie (099397) są sprzedawane osobno.
 • gr. 20 mm
 • wym. 71 x 73 cm• zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!OSTRZEŻENIE: Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
   </si>
   <si>
     <t>098776</t>
   </si>
   <si>
-    <t>Panel ścienny - drzewo z okrągłą koroną</t>
-[...2 lines deleted...]
-    <t>Dekoracja naścienna, która idealnie sprawdzi się w żłobkach, przedszkolach, poczekalniach i gabinetach pediatrycznych. Korony drzew wykonane z poliestru. Wykonana ze sklejki o gr. 10 mm.• wym. 216 x 245 cm• wym. 216 cm x 245 cm</t>
+    <t>Panel ścienny – drzewo z okrągłą koroną</t>
+  </si>
+  <si>
+    <t>Dekoracja naścienna, która idealnie sprawdzi się w żłobkach, przedszkolach, poczekalniach i gabinetach pediatrycznych. Korony drzew wykonane z poliestru. Wykonana ze sklejki o gr. 10 mm.• wym. 216 x 245 cm• wym. 216 x 245 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>094025</t>
   </si>
   <si>
     <t>Quadro - szuflada szeroka - ciemnooliwkowa</t>
   </si>
   <si>
     <t xml:space="preserve"> Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 18,2 cm• wym. 74,3 x 38,1 x 18,2 cm</t>
   </si>
   <si>
     <t>100627</t>
   </si>
   <si>
     <t>Szafka plastyczna Quadro, klon jasny</t>
   </si>
   <si>
-    <t>Funkcjonalna szafka do przechowywania artykułów plastycznych, z kółkami ułatwiającymi przemieszczanie. Wszystkie przechowywane w niej materiały są łatwo dostępne dla dzieci. Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej, szare elementy wykonane z płyty MDF.  • wys. półek 20 cm • przegródki górne 23,5 x 30,5 cm i 26 x 30,5 cm• wym. 80 x 34 x 72 cm</t>
+    <t>Funkcjonalna szafka do przechowywania artykułów plastycznych z kółkami ułatwiającymi przemieszczanie. Wszystkie przechowywane w niej materiały są łatwo dostępne dla dzieci. Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej, szare elementy wykonane z płyty MDF. • wys. półek 20 cm • przegródki górne 23,5 x 30,5 cm i 26 x 30,5 cm• wym. 80 x 34 x 72 cm</t>
   </si>
   <si>
     <t>096856</t>
   </si>
   <si>
-    <t>Quadro - szafka M na plastikowe pojemniki - z 3 przegrodami, klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafki należy uzupełnić plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 138,2 x 48 x 86,8 cm</t>
+    <t>Quadro – szafka M na plastikowe pojemniki – z 3 przegrodami, klon jasny</t>
+  </si>
+  <si>
+    <t>Szafki należy uzupełnić plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 138,20 x 48 x 86,80 cm</t>
   </si>
   <si>
     <t>092154</t>
   </si>
   <si>
-    <t>Quadro - szafka asymetryczna M na szerokie szuflady, klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafkę należy uzupełnić szerokimi szufladami (092250-092261, 094017-094027, sprzedawane osobno). Dodatkowo szafkę można wyposażyć w małe drzwiczki (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) oraz wąskie półki (092287, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.  Na szafce nie ma możliwości montażu nadstawki.• wym. 116,8 x 41,5 x 86,8 cm</t>
+    <t>Quadro – szafka asymetryczna M na szerokie szuflady, klon jasny</t>
+  </si>
+  <si>
+    <t>Szafkę należy uzupełnić szerokimi szufladami (092250-092261, 094017-094027, sprzedawane osobno). Dodatkowo szafkę można wyposażyć w małe drzwiczki (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) oraz wąskie półki (092287, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm. Na szafce nie ma możliwości montażu nadstawki.• wym. 116,80 x 41,50 x 86,80 cm</t>
   </si>
   <si>
     <t>094084</t>
   </si>
   <si>
-    <t>Quadro - skrzynia duża - kość słoniowa</t>
-[...2 lines deleted...]
-    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,3 x 37,8 x 44,7 cm</t>
+    <t>Quadro – skrzynia duża – kość słoniowa</t>
+  </si>
+  <si>
+    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,30 x 37,80 x 44,70 cm</t>
+  </si>
+  <si>
+    <t>585037</t>
+  </si>
+  <si>
+    <t>Monitor interaktywny insGraf DIGITAL EduSpace 65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585037-0VAT.
+   Wzór Zaświadczenia &gt;&gt;
+   Przykład wypełnionego Zaświadczenia &gt;&gt;
+insGraf Digital EDUSpace – era innowacyjnej edukacji cyfrowej
+insGraf Digital EDUSpace to najnowocześniejszy monitor interaktywny zaprojektowany specjalnie z myślą o placówkach edukacyjnych i cyfrowej transformacji szkoły. Łączy w sobie zaawansowane technologie, łatwość obsługi i funkcjonalności, które wspierają zarówno nauczycieli, jak i uczniów. Wyposażony w system operacyjny Android 14 z certyfikatem Google EDLA (Enterprise Device Licensing Agreement), zapewnia pełną integrację z ekosystemem Google, oferując dostęp do Google for Education oraz sklepu Google Play. To innowacyjne rozwiązanie gwarantuje szkołom nieograniczone możliwości edukacyjne oraz najwyższy poziom bezpieczeństwa.
+Co daje certyfikat Google EDLA? Certyfikat EDLA to potwierdzenie zgodności urządzenia z rygorystycznymi standardami Google, dzięki czemu monitor jest w pełni bezpieczny, wydajny i kompatybilny. EDLA umożliwia regularne aktualizacje systemu, zapewniając jego stabilność i nowoczesność. Dzięki integracji z Google Play nauczyciele mogą korzystać z tysięcy aplikacji edukacyjnych, takich jak narzędzia do nauki matematyki, języków obcych czy programowania, które wzbogacają lekcje o interaktywne treści. Ponadto pełna integracja z Google Workspace for Education (Classroom, Meet, Drive, Docs) usprawnia współpracę i organizację pracy zarówno w klasie, jak i w trybie zdalnym.
+Najważniejsze nowości i zalety:
+1. System Android 14 z certyfikatem Google EDLA:
+	Pełna integracja z Google Workspace for Education.
+	Nieograniczony dostęp do sklepu Google Play.
+	 Regularne aktualizacje i zgodność z najnowszymi technologiami.
+2. Generatywna sztuczna inteligencja Google Gemini:
+	Pomoc w tworzeniu materiałów dydaktycznych.
+	Zaawansowany asystent wspierający nauczyciela i ucznia w procesie edukacji
+	Źródło inspiracji, zwiększenie produktywności, zaangażowanie ucznia w proces uczenia.
+3. Ułatwienia dostępu – nauka bez barier:
+Monitor Insgraf Digital EDUSpace został wyposażony w skróty ułatwień dostępu, które zostały stworzone z myślą o uczniach ze specjalnymi potrzebami edukacyjnymi (SPE), wszystko dostępne wprost na ekranie w pasku ułatwień dostępu:
+	Powiększanie tekstu – umożliwia lepsze zrozumienie treści osobom z problemami ze wzrokiem.
+	Odwrócenie kolorów – ułatwia korzystanie z urządzenia uczniom z dysfunkcją wzroku lub trudnościami w odróżnianiu kolorów.
+	Duży wskaźnik – poprawia widoczność kursora, wspierając uczniów z trudnościami w koordynacji ruchowej.
+	Czytanie zawartości ekranu – funkcja lektora pomaga osobom niewidomym lub z dysleksją w przyswajaniu treści
+Te rozwiązania sprawiają, że monitor jest w pełni dostosowany do potrzeb uczniów z specjalnymi potrzebami edukacyjnymi (SPE) wspierając integrację i równe szanse w edukacji.
+4. Moduł NFC – szybkie i bezpieczne logowanie. Dzięki tej technologii nauczyciele mogą błyskawicznie uzyskać dostęp do swoich kont, eliminując konieczność wpisywania haseł. To rozwiązanie zwiększa wygodę oraz chroni przed nieautoryzowanym dostępem.
+5. Zewnętrzna kamera AI:
+	Tryb panoramiczny
+	Lokalizowanie uczestników i automatyczne kadrowanie
+	Lokalizacja dźwięku
+Kamera do zakupienia osobno (585040).
+6. Teraz 50 punktów dotyku, umożliwiających jednoczesną pracę wielu osób
+7. Bezprzewodowa komunikacja z EShare Pro:
+	Wbudowane oprogramowanie EShare PRO w cenie monitora.
+	Bezprzewodowe przesyłanie treści z urządzeń uczniów i nauczycieli.
+	Wsparcie dla współpracy między różnymi platformami.
+8. Niezależne dzielenie ekranu:
+Choć funkcja podziału ekranu pojawiała się już w niektórych monitorach, insGraf Digital EDUSpace wyróżnia się płynnością działania i pełną swobodą w wyborze aplikacji, co czyni go wyjątkowo przydatnym w edukacji.
+	Podział ekranu na dwie części
+	Jednoczesne uruchamianie dowolnych aplikacji
+	Regulowana szerokość podzielonych części
+Nowe funkcje Whiteboard – jeszcze więcej możliwości w nauczaniu
+Zaawansowana aplikacja Whiteboard wprowadza innowacyjne funkcje, które sprawdzą się zarówno podczas lekcji matematyki, muzyki, jak i innych przedmiotów:
+	Rozpoznawanie pisma ręcznego – automatyczne konwertowanie ręcznie napisanych notatek na tekst cyfrowy.
+	Diagramy i mapy myśli – narzędzia wspierające wizualne przedstawianie informacji i organizację pracy - tworzenie diagramów i map myśli .
+Dlaczego warto wybrać insGraf Digital EDUSpace?
+Monitor insGraf Digital EDUSpace to idealne rozwiązanie dla nowoczesnych szkół, które chcą wprowadzić edukację na wyższy poziom. Dzięki zaawansowanym funkcjom, integracji z Google Workspace i wsparciu generatywnej sztucznej inteligencji, monitor zapewnia nauczycielom więcej możliwości, oszczędzając czas i angażując uczniów w aktywne uczestnictwo w lekcjach.
+Postaw na insGraf Digital EDUSpace i odkryj nowy wymiar edukacji!
+Google EDLA (Enterprise Device Licensing Agreement) to certyfikat, który gwarantuje, że urządzenie spełnia najwyższe standardy Google w zakresie bezpieczeństwa, wydajności i kompatybilności. Certyfikowane monitory, takie jak insGraf Digital EDUSpace, zapewniają pełen dostęp do Google Workspace for Education, umożliwiając korzystanie z takich narzędzi jak Google Classroom, Google Meet, Docs, Sheets czy Slides. Dzięki temu nauczyciele mogą z łatwością planować lekcje, prowadzić wideokonferencje, zarządzać zadaniami domowymi i monitorować postępy uczniów w jednym, spójnym ekosystemie. Certyfikat EDLA oznacza również regularne aktualizacje oprogramowania, zapewniające ciągłe wsparcie dla nowych funkcji i ochronę przed zagrożeniami cybernetycznymi. Google Workspace for Education to nie tylko narzędzia organizacyjne, ale również platforma wspierająca kreatywność i współpracę, co pozwala uczniom rozwijać umiejętności XXI wieku, takie jak komunikacja, krytyczne myślenie i współpraca w grupie.
+SPECYFIKACJA TECHNICZNA:
+Przekątna obrazu: 65\"
+Wymiary: 148 x 92 x 11 cm
+Waga: 38 kg
+Matryca: VA
+Podświetlenie: DLED
+Żywotność matrycy: 50 000h
+Technologia matrycy: Zero bonding
+Twardość szkła: 9h
+Grubość szkła: 3,2mm
+Rozdzielczość: 3840x2160 pixel (4k)
+Współczynnik proporcji: 16:9
+Jasność świecenia: 450 cd/m²
+Kontrast: 5000:1
+HDR: HDR 10
+Kolory wyświetlacza: 8 bitów + FRC
+Czujnik światła otoczenia: Tak
+Czas rekcji wyświetlacza: 6,5 ms
+Kąt widzenia H/V: 178°/178°
+Czujnik dotyku: podczerwień
+Punkty dotyku: 50 punktów
+Narzędzia do pisania: pisak, palec, dłoń
+Pisanie 2 kolory: Tak - dwa pisaki
+Dokładność pisania: &lt; 1 mm (ponad 90% pow.)
+Wysokość odczytu pisak: 1,5 mm
+Czas reakcji pisania: 3,3 ms
+Pamięć ram: 8GB
+Procesor: CORTEX A72x4 A53x4
+Chipset: RK3576
+Pojemność dysku: 256GB
+System operacyjny: ANDROID 14 + Certyfikat Google EDLA
+Slot OPS: Tak (12 x 18 x 3 cm)
+WIFI: Tak / 6
+Bluetooth: Tak/ BT 5.2
+ZŁĄCZA PORTY
+Przedni panel: 
+	HDMI 2.0 x 1
+	USB (dotykowe) x 1 
+	USB 3.0 x 2 
+	Wejście mikrofonu x 1
+	USB Typ C x 1 - do 5V/3A 65W
+Panel tylny: 
+	USB3.0 (dotykowy) x 1 
+	USB Typ C x 1 
+	Wejście HDMI 1/2 x 2 
+	Wyjście HDMI x 1 
+	DP x 1 
+	USB 3.0 x2 
+	USB 2.0 (Android) x 1
+	RS-232 x 1 
+	słuchawki x 1 
+	wyjście SPDIF x 1 
+	audio-VGA x 1 
+	VGA x 1 
+	gniazdo OPS x 1 (4K przy 60 Hz) 
+	Wejście sieciowe LAN RJ45/8P8C x 1 
+	Wyjście sieciowe LAN RJ45/8P8C x 1
+Obsługa HDCP (Cyfrowa ochrona treści przed kopiowanie)
+Głośniki: przód 2 x 20 W
+Mikrofon: Tak (8 macierzy, 10m, nagrywanie, redukcja pogłosu)
+Podział ekranu: Tak/dowolne 2 aplikacje - nowość
+Udostępnianie ekranu: Tak
+Obsługiwane pliki: Full
+Wbudowany pakiet OFFICE: Tak
+Obsługiwane pliki video: Full
+FUNKCJE TABLICY
+Pisanie - rysik, palec dłoń: Tak
+Wysokość pisania: 1,5 mm
+Czas reakcji (pisanie): ≤ 3,3 ms
+Funkcje rozpoznawania i zamiana pisania i figur geometrycznych: Tak
+Autokształty: Tak
+Funkcja notatki: Tak
+Gadżety: stoper, minutnik spotlight
+Przybory geometryczne: TAK - linijka, ekierka, kątomierz
+Podział tablicy: Tak
+Zapis aktywnej tablicy: Tak
+YOUTUBE w Tablicy: Tak
+Własne Wideo w Tablicy: Tak
+Wyszukiwanie obrazów: Tak
+Powierzchnia ekranu monitora jest matowa, antyodblaskowa.
+Zawartość:
+	pilot, 1 szt.
+	pisak, 2 szt.
+	przewód zasilający 3m, 1 szt.
+	przewód USB-C 65W dł - 2m, 1 szt.
+	przewód USB 2.0 A-B -3M, 1 szt.
+	przewód HDMI 2.0 dł - 3m, 1 szt.
+	produkt wymaga baterii (są w zestawie)
+Zawartość:
+• pilot, 1 szt.
+• pisak, 2 szt.
+• przewód zasilający 3 m, 1 szt.
+• przewód USB-C 65W dł – 2 m, 1 szt.
+• przewód USB 2.0 A-B – 3 m, 1 szt.
+• przewód HDMI 2.0 dł – 3 m, 1 szt.• produkt wymaga baterii (są w zestawie)</t>
   </si>
   <si>
     <t>133506</t>
   </si>
   <si>
     <t>Krzesło Bambino rozm. 0 białe</t>
   </si>
   <si>
     <t>Krzesła z siedziskiem i oparciem wykonanym z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z rury okrągłej o śr. 18 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a delikatnie zaokrąglone oparcie zapewnia wygodę i wpływa korzystnie na estetykę Krzesła. Tylne nóżki wyposażone w stopki z tworzywa są delikatnie odchylone do tyłu, co zwiększa stabilność i zapobiega bujaniu się przez dzieci. Nóżki, siedziska i oparcia są zabezpieczone podczas dostawy miękkimi elementami przed otarciami i innymi uszkodzeniami mechanicznymi. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Kolory zatyczek na oparciu są wskazaniem rozmiaru zgodnie z normą i wymaganiami  Sanepid-u. Krzesła można stawiać jedno na drugim. Są dostarczane w kartonach zabezpieczających przed uszkodzeniami podczas transportu. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 0-6 •  stelaż w  9  kolorach w  rozmiarach 0-2,  w  6  kolorach w rozmiarach 3-5  i w 7 kolorach w rozmiarze 6 • białe</t>
   </si>
   <si>
     <t>098863</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki średnie 90 st. - ciemnozielone</t>
-[...2 lines deleted...]
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,9 x 74,3 cm</t>
+    <t>Quadro – drzwiczki średnie 90 st. – ciemnozielone</t>
+  </si>
+  <si>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,90 x 74,30 cm</t>
   </si>
   <si>
     <t>092150</t>
   </si>
   <si>
-    <t>Quadro - regał M z 2 przegrodami i półką, klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał można uzupełnić małymi drzwiczkami (098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) - w miejscach, gdzie będą zamontowane do ścianek zewnętrznych regału lub drzwiczkami mocowanymi do przegrody (092238-092249, 098843-098853, 092238S-092249S, 098843S-098853S, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) lub wąskimi, środkowymi szufladami (092558-092563, 094006-094016, sprzedawane osobno) - w środkowej kolumnie. Od 2024 r. można zamocować je na 4 poziomach. Dodatkowo regał można wyposażyć w półki (092199, sprzedawane osobno) - w zewnętrznych kolumnach oraz wąskie półki (092287, sprzedawane osobno) - w środkowej kolumnie. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm. • wym. 116,8  x 41,5 x 86,8 cm</t>
+    <t>Quadro – regał M z 2 przegrodami i półką, klon jasny</t>
+  </si>
+  <si>
+    <t>Regał można uzupełnić małymi drzwiczkami (098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) – w miejscach, gdzie będą zamontowane do ścianek zewnętrznych regału lub drzwiczkami mocowanymi do przegrody (092238-092249, 098843-098853, 092238S-092249S, 098843S-098853S, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) lub wąskimi, środkowymi szufladami (092558-092563, 094006-094016, sprzedawane osobno) – w środkowej kolumnie. Od 2024 r. można zamocować je na 4 poziomach. Dodatkowo regał można wyposażyć w półki (092199, sprzedawane osobno) – w zewnętrznych kolumnach oraz wąskie półki (092287, sprzedawane osobno) – w środkowej kolumnie. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm. • wym. 116,80 x 41,50 x 86,80 cm</t>
   </si>
   <si>
     <t>569009</t>
   </si>
   <si>
     <t>Domek Klary</t>
   </si>
   <si>
     <t>Dwupiętrowy domek wykonany z drewna i wyposażony w zestaw mebli. Oferuje wiele możliwości aranżacji przestrzeni dla lalek (sprzedawane osobno) i zabawy, która rozwija kreatywność, wyobraźnię, motorykę małą i umiejętności społeczne.• wym. 120 x 86 x 87 cm• 38 mebli o wym. od 2,5 x 2,5 x 3 cm do 12 x 13 x 5,5 cm• od 3 latOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.Produkt może być montowany tylko przez osobę dorosłą.</t>
   </si>
   <si>
     <t>092187</t>
   </si>
   <si>
-    <t>Quadro - regał wielofunkcyjny, klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał proponuje możliwość uporządkowania pomocy poprzez umieszczenie w górnej części mebla przedmiotów dostępnych tylko dla nauczyciela, wyeksponowanie pomocy na półkach w zasięgu ręki dziecka, a w skrzyniach schowanie zabawek. W dolnej części jest miejsce na 2 duże (092291-092292, 092294-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). W górnej części regału można zamontować jedną parę drzwiczek z zamkiem (092071–092077, 092079–092083, 098887-098897, 092071S-092077S, 092079S-092083S, 098887S-098897S, sprzedawane osobno). W regale można montować także małe (092200–092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnie drzwiczki (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Regał można wyposażyć także w dodatkowe półki (092199 - w zewnętrznych kolumnach, lub 092287 - w wewnętrznych kolumnach, sprzedawane osobno). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• wym. 154,3 x 41,5 x 161,6 cm</t>
+    <t>Quadro – regał wielofunkcyjny, klon jasny</t>
+  </si>
+  <si>
+    <t>Regał proponuje możliwość uporządkowania pomocy poprzez umieszczenie w górnej części mebla przedmiotów dostępnych tylko dla nauczyciela, wyeksponowanie pomocy na półkach w zasięgu ręki dziecka, a w skrzyniach schowanie zabawek. W dolnej części jest miejsce na 2 duże (092291-092292, 092294-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). W górnej części regału można zamontować jedną parę drzwiczek z zamkiem (092071–092077,092079–092083, 098887-098897, 092071S-092077S, 092079S-092083S, 098887S-098897S, sprzedawane osobno). W regale można montować także małe (092200–092211,098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnie drzwiczki (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Regał można wyposażyć także w dodatkowe półki (092199 – w zewnętrznych kolumnach, lub 092287 – w wewnętrznych kolumnach, sprzedawane osobno). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• wym. 154,30 x 41,50 x 161,60 cm</t>
   </si>
   <si>
     <t>855230</t>
   </si>
   <si>
     <t>Komplet pufek okrągłych Natura - 12 elem.</t>
   </si>
   <si>
     <t>Zestaw okrągłych pufek, idealnie nadający się na niskie siedziska. Od spodu posiadają powierzchnię antypoślizgową. Wewnątrz znajduje się gęsta pianka poliuretanowa odporna na deformacje. Z kolei pokrowiec zapinany jest na zamek błyskawiczny, dzięki któremu jest on łatwy do założenia i zdjęcia w celu wyczyszczenia.• wys. 8 cmKomplet 12 siedzisk w stonowanej, naturalnej kolorystyce. Do przechowywania kompletu pasuje Stojak na pufki (855231). • śr. 30 cm• wym. 8 cm</t>
   </si>
   <si>
     <t>146253</t>
   </si>
   <si>
     <t>EKO dekor - domek średni beżowy</t>
   </si>
   <si>
     <t>Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 9 prac formatu A4. • wym. 79 x 120 cm • gr. 1,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
   </si>
   <si>
     <t>098777</t>
   </si>
   <si>
-    <t>Panel ścienny - drzewo z kanciastą koroną</t>
-[...2 lines deleted...]
-    <t>Dekoracja naścienna, która idealnie sprawdzi się w żłobkach, przedszkolach, poczekalniach i gabinetach pediatrycznych. Korony drzew wykonane z poliestru. Wykonana ze sklejki o gr. 10 mm.• wym. 198 cm x 245 cm</t>
+    <t>Panel ścienny – drzewo z kanciastą koroną</t>
+  </si>
+  <si>
+    <t>Dekoracja naścienna, która idealnie sprawdzi się w żłobkach, przedszkolach, poczekalniach i gabinetach pediatrycznych. Korony drzew wykonane z poliestru. Wykonana ze sklejki o gr. 10 mm.• wym. 198 x 245 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>044141</t>
   </si>
   <si>
-    <t>Tablica korkowa 100 x 200 cm - pastelowy beż</t>
+    <t>Tablica korkowa 100 x 200 cm – pastelowy beż</t>
   </si>
   <si>
     <t>Korkowa tablica z drewnianą ramą, do prezentacji prac lub wywieszania ogłoszeń szkolnych. • wym. 100 x 200 cm</t>
   </si>
   <si>
     <t>SET6013</t>
   </si>
   <si>
-    <t>Quadro - zestaw 10, skrzynia klon jasny</t>
-[...2 lines deleted...]
-    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• 092100 Quadro - biblioteczka z dwiema przegrodami, klon jasny, 1 szt. • 092103 Quadro - szafka niska z siedziskiem, klon jasny, 1 szt. • wym. 195,8 x 41,5 x 86,8 cm• długość zestawu: 1,958 m</t>
+    <t>Quadro – zestaw 10, skrzynia klon jasny</t>
+  </si>
+  <si>
+    <t>Meble wykonane z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego oraz białej.• 092100 Quadro – biblioteczka z dwiema przegrodami, klon jasny, 1 szt. • 092103 Quadro – szafka niska z siedziskiem, klon jasny, 1 szt. • wym. 195,80 x 41,50 x 86,80 cm• długość zestawu: 1,96 mSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>094026</t>
   </si>
   <si>
     <t>Quadro - szuflada szeroka - ciemnozielona</t>
   </si>
   <si>
     <t>098811</t>
   </si>
   <si>
     <t>Parawan Flora 10</t>
   </si>
   <si>
     <t>Drewniane parawany, które nadają się do szybkiego i praktycznego oddzielenia różnych przestrzeni. Zawierają ruchome elementy, które zapewnią dzieciom dobrą zabawę. Parawany pasują do Kącika Flory (099386, sprzedawany osobno). Stojak (099398) oraz elementy do montażu na ścianie (099397) są sprzedawane osobno.
 • gr. 20 mm
 • wym. 71 x 73 cm• zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• wym. 71 x 2 x 73 cmOSTRZEŻENIE: Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
   </si>
   <si>
     <t>098862</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki średnie 90 st. - ciemnooliwkowe</t>
+    <t>Quadro – drzwiczki średnie 90 st. – ciemnooliwkowe</t>
   </si>
   <si>
     <t>098814</t>
   </si>
   <si>
     <t>Parawan Flora 13</t>
   </si>
   <si>
     <t>098854</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki średnie 90 st. - kość słoniowa</t>
-[...76 lines deleted...]
-</t>
+    <t>Quadro – drzwiczki średnie 90 st. – kość słoniowa</t>
   </si>
   <si>
     <t>372054</t>
   </si>
   <si>
-    <t>Pojemnik płytki 1 - czarny</t>
+    <t>Pojemnik płytki 1 – czarny</t>
   </si>
   <si>
     <t>092195-12</t>
   </si>
   <si>
-    <t>Quadro - szafka-domek - ciemnooliwkowa, skrzynia klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafka - kryjówka w kształcie domku z aplikacją - ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną meditap, łatwą do utrzymania w czystości.  • wym. 130 x 60 x 173,5 cm</t>
+    <t>Quadro – szafka-domek – ciemnooliwkowa, skrzynia klon jasny</t>
+  </si>
+  <si>
+    <t>Szafka – kryjówka w kształcie domku z aplikacją – ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować się i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną, łatwą do utrzymania w czystości. • wym. 130 x 60 x 173,50 cm</t>
   </si>
   <si>
     <t>532179</t>
   </si>
   <si>
     <t>Kącik zabaw w dom</t>
   </si>
   <si>
     <t>Przestronny kącik, który umożliwia zabawę z podziałem na role wielu dzieci jednocześnie. Jest wyposażony w część kuchenną z piekarnikiem, nadrukowaną płytą indukcyjną i akcesoriami, zlew, pralnię z pralką i wysuwaną deską do prasowania. Posiada również wysuwane krzesełko do umieszczenia lalki. W dolnej części kącika znajdują się przestrzenie na żelazko, filcowe kosze na śmieci, filcowy kosz na ubrania, żelazko czy talerze. Kącik posiada również wysuwane krzesełko do umieszczenia lalki. Na blacie znajduje się półeczka, na której można umieścić jedną z 3 dwustronnych instrukcji obrazkowych z przepisami na dania i wypieki oraz wskazówkami jak prać i prasować. • wys. blatu 54 cm  Skład zestawu: • 3 karty ze wskazówkami • 1 fartuch • 1 rękawica kuchenna • 1 ściereczka do naczyń • 1 kosz na pranie • 1 żelazko • 1 garnek • 1 patelnia • 1 łyżka z cedzakiem • 1 chochla • 4  talerze • solniczka i pieprzniczka • 2 filcowe kosze na śmieci• wym. 65,5 x 80 cm• od 3 lat</t>
   </si>
   <si>
     <t>098812</t>
   </si>
   <si>
     <t>Parawan Flora 11</t>
   </si>
   <si>
     <t>Drewniane parawany, które nadają się do szybkiego i praktycznego oddzielenia różnych przestrzeni. Zawierają ruchome elementy, które zapewnią dzieciom dobrą zabawę. Parawany pasują do Kącika Flory (099386, sprzedawany osobno). Stojak (099398) oraz elementy do montażu na ścianie (099397) są sprzedawane osobno.
 • gr. 20 mm
 • wym. 71 x 73 cm• bulaj śr. 49 cm, gł. 25 cm• zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!OSTRZEŻENIE: Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
   </si>
   <si>
     <t>098815</t>
   </si>
   <si>
     <t>Parawan Flora 14</t>
   </si>
   <si>
-    <t>094095</t>
-[...7 lines deleted...]
-  <si>
     <t>094117</t>
   </si>
   <si>
-    <t>Quadro - szafka-domek z 2 półkami - ciemnooliwkowa, skrzynia klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,3 x 60 x 185,5 cm</t>
+    <t>Quadro – szafka-domek z 2 półkami – ciemnooliwkowa, skrzynia klon jasny</t>
+  </si>
+  <si>
+    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.
+• wym. 154,30 x 60 x 185,50 cm</t>
   </si>
   <si>
     <t>372070</t>
   </si>
   <si>
-    <t>Pojemnik płytki 1 - beżowy</t>
+    <t>Pojemnik płytki 1 – beżowy</t>
   </si>
   <si>
     <t>098841</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - ciemnozielone</t>
+    <t>Quadro – drzwiczki małe 90 st. – ciemnozielone</t>
   </si>
   <si>
     <t>569005</t>
   </si>
   <si>
     <t>Warsztat Witka</t>
   </si>
   <si>
     <t>Warsztat dla młodych majsterkowiczów. Zawiera zestaw narzędzi i śrubek. Dziecko, poprzez zabawę, rozwija swoją wyobraźnię, kreatywność oraz motorykę małą. Cały zestaw zapewni wspaniałą zabawę na wiele godzin. • wym. 59,5 x 30 x 79,5 cm • wys. blatu 47 cm • 69 akcesoriów o wym. od 2,1 x 1,2 cm do 19 x 8,5 cm• od 3 latOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.Produkt może być montowany tylko przez osobę dorosłą.</t>
   </si>
   <si>
     <t>096670</t>
   </si>
   <si>
-    <t>Quadro - nadstawka M z 2 przegrodami i półką, szer. 116 cm - klon jasny</t>
-[...2 lines deleted...]
-    <t>Nadstawka pasująca do szafek Quadro o szer. 116,6 cm. Można uzupełnić małymi lub średnimi drzwiami i półkami. • maks. obciążenie: 8 kg• wym. 116,8 x 41,5 x 78,8 cm</t>
+    <t>Quadro – nadstawka M z 2 przegrodami i półką, szer. 116 cm – klon jasny</t>
+  </si>
+  <si>
+    <t>Nadstawka pasująca do szafek Quadro o szer. 116,6 cm. Można uzupełnić małymi lub średnimi drzwiami i półkami. • maks. obciążenie: 8 kg• wym. 116,80 x 41,50 x 78,80 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -594,51 +658,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd28be248a0a2f7bde3d33de584ca9c31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c16be987243878d0ca60809df7a1d3c2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c654032911ea170f78df2da62aeb6d63.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efd72829ee58b0b9561a037f3057c8074.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e67bc6e2680fab59baa76e509b70b9d5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b82313d1cd4cf789a0939ac7887a83796.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40c82fdec534da2be2fdcd3790e5549b7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f4bd0a5db1b3f23e5b1a106fa9c0a038.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5667f14e5ecd49e7a775a65f06e936189.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74f92c3c22ce917b812893829649ae8910.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/423cf5d5cec06dcd1913d8853c6919c111.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2de406701b57fcbba0326a3678ff9b412.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/745deb9e1100e2a004b585994c99a29d13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb0592d15ff2fa3c52042e8b844456a614.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c1fefb25486b2c41051a5701dad6c9b15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0785f8b13517da9308bbf622aaae819716.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5038b9e5c366cc2ca84c5e157088a8f17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1284c66977e7b1346a1e071c58673c9318.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f422d35047e01555756a29882aa0b34b19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5029dfd04d8c7f800952c6e1c31667620.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ee91e6f615ad376feb9194c9c06a1321.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c4def4c141e3f6b8d6ecbe1ea4cab1d22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d5cf7610649a9fb5ddfab54be75476423.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/305db65244d596d7803cbee99a595f1624.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e350f38448702e5fd2575c2bc8379ea25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a83054a7886a393dfc4fa024f35786c26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/626374c2983a40ae8cb204f30a0db9e327.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/486a9a2f22aab3fdc2ac328d6bc8341828.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e50dbdbc327d80137349faf0886a2e529.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc6ea160c1a71d07830795c5a77450db30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0ed88509c95a21e38c3cc80486f92c231.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a22c342e6db956263464404eff0d2ea832.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edab1c9538671f7dacfb5f413778527633.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62473b32b64c47d66433b4ce31989f5134.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3a623e64fb63020e0f9b4bdfb43f42b35.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9dabe5be08895fb6d468861694324c936.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545d162035ed521b9e1dcec56e91673637.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8aac0b90d199c9ee421be23bfc004ee38.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17102ef4f5e2c066b84eed2454d1211939.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3cb8146da6b512de6ca74e261ffd1be40.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8021e550bf7f65c9948eb0338fb2470441.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9732777f0b895fdc76e8f9cf1ea18c8642.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4687072d2e10b2f9157e91ff25d8ce6b43.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b49512bafe36a877e3d5c6eede2eecd644.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/109ed37aba82d7224143f6146e8204811.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a72ef38d5e5bc17fcf8b13f5e8b90782.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/793e779539101ac6ad0674e321cb13853.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5e7aa93fb150127373b17b9b8a086774.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/558b5677683cc4348afbce35c738424b5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cd44fd9873ca8866b179a893b6a6da96.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59f71b1d93a046504561925e01a58af67.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2f0af55794133002d8902c08bbf9a018.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a96c5e1f3339930fd6a82554c81ae429.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eced899399bfe177d2ace85788ce7cae10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/502dfe92decfbdcdcbd14ac5a51eca2711.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2206af7aaf9a933e105fbdab46bc36bc12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8b292d360e8f8808ccd500c96b59e3713.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a4cf16f87249d8ece8fcef52f8388e814.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3af59bb3f9c0488241a5722c0c03b3a15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be0b119a3d673da48393854c25e9794016.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cfc9139d1e8471e708348b8c9b5f20717.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b987402aff7ffceca6531ce9bb190ec618.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12be0080272a6d8fde7cc08fc2fe101319.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db7d3ee5b92023ec79d9b5407bc5f8b220.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33573f7208afcf5fa30ca7882267d93821.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfbf0dc1e0067b931615943c60303c9f22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59168efae4101fa1d2956c267f90415a23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba7210d9a776a323df354f8aaae8c31e24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/634c8e41bceec01fd86f81b3c4f3175a25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e202d86f0fa6bfc6219948ce88185d1226.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55ad509e0eeae8eb67089dc14bc2111c27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca143bd625380f49557589c8dd5842c528.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a19d631b6bd487ba6d13ef51b5acda2929.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa137f80c2328a4875d304a03035eb2d30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24aaea0cfa525fd42090986f4ff3a0fd31.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fec46aeb5fae0fcf3385aaa791d61bf32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f576773a923ae1ee6552be4d5ed9f30c33.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/387febeaf498ea973c679e1db245e93034.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/183832421d0c400c5ea720fed254dc4e35.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/193f252913f6fd47a60a76f49afdf38b36.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31610696351cc125e03b446c77d12f3c37.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06c33622b9edd1f09fef78923888a1eb38.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb6899f922e5e4851fb134045226b79539.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4ee5f8f72c3396302af3f59413180e540.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769ea49ed3ac51f99bf473c4e0b45a0b41.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4710dd08040ae45ba9e27cd82981a8642.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b1ba5e6e6a9280da933d4c67dfe8ecd43.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PRZ-MB-0009" descr="Sala przedszkolna Quadro w odcieniach zieleni"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1119,501 +1183,501 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="133506" descr="133506"/>
+        <xdr:cNvPr id="18" name="585037" descr="585037"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="098863" descr="098863"/>
+        <xdr:cNvPr id="19" name="133506" descr="133506"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="092150" descr="092150"/>
+        <xdr:cNvPr id="20" name="098863" descr="098863"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="569009" descr="569009"/>
+        <xdr:cNvPr id="21" name="092150" descr="092150"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="092187" descr="092187"/>
+        <xdr:cNvPr id="22" name="569009" descr="569009"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="855230" descr="855230"/>
+        <xdr:cNvPr id="23" name="092187" descr="092187"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="146253" descr="146253"/>
+        <xdr:cNvPr id="24" name="855230" descr="855230"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="098777" descr="098777"/>
+        <xdr:cNvPr id="25" name="146253" descr="146253"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="044141" descr="044141"/>
+        <xdr:cNvPr id="26" name="098777" descr="098777"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="SET6013" descr="SET6013"/>
+        <xdr:cNvPr id="27" name="044141" descr="044141"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>31</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="094026" descr="094026"/>
+        <xdr:cNvPr id="28" name="SET6013" descr="SET6013"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>32</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="098811" descr="098811"/>
+        <xdr:cNvPr id="29" name="094026" descr="094026"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="098862" descr="098862"/>
+        <xdr:cNvPr id="30" name="098811" descr="098811"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="098814" descr="098814"/>
+        <xdr:cNvPr id="31" name="098862" descr="098862"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="098854" descr="098854"/>
+        <xdr:cNvPr id="32" name="098814" descr="098814"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="585022" descr="585022"/>
+        <xdr:cNvPr id="33" name="098854" descr="098854"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>37</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
@@ -1749,207 +1813,177 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="39" name="094095" descr="094095"/>
+        <xdr:cNvPr id="39" name="094117" descr="094117"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>43</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="40" name="094117" descr="094117"/>
+        <xdr:cNvPr id="40" name="372070" descr="372070"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>44</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="41" name="372070" descr="372070"/>
+        <xdr:cNvPr id="41" name="098841" descr="098841"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="42" name="098841" descr="098841"/>
+        <xdr:cNvPr id="42" name="569005" descr="569005"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="43" name="569005" descr="569005"/>
+        <xdr:cNvPr id="43" name="096670" descr="096670"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2216,54 +2250,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G50"/>
+  <dimension ref="A1:G49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F50" sqref="F50:G50"/>
+      <selection activeCell="F49" sqref="F49:G49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="3"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
@@ -2632,372 +2666,372 @@
       <c r="D21" s="9" t="s">
         <v>54</v>
       </c>
       <c r="E21" s="8">
         <v>2</v>
       </c>
       <c r="F21" s="10">
         <v>549.9</v>
       </c>
       <c r="G21" s="11">
         <v>1099.8</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="80">
       <c r="A22" s="7"/>
       <c r="B22" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>56</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>57</v>
       </c>
       <c r="E22" s="8">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="F22" s="10">
-        <v>119.9</v>
+        <v>8999.9</v>
       </c>
       <c r="G22" s="11">
-        <v>2877.6</v>
+        <v>8999.9</v>
       </c>
     </row>
     <row r="23" spans="1:7" customHeight="1" ht="80">
       <c r="A23" s="7"/>
       <c r="B23" s="8" t="s">
         <v>58</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>59</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>60</v>
       </c>
       <c r="E23" s="8">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="F23" s="10">
-        <v>149.9</v>
+        <v>119.9</v>
       </c>
       <c r="G23" s="11">
-        <v>299.8</v>
+        <v>2877.6</v>
       </c>
     </row>
     <row r="24" spans="1:7" customHeight="1" ht="80">
       <c r="A24" s="7"/>
       <c r="B24" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C24" s="9" t="s">
         <v>62</v>
       </c>
       <c r="D24" s="9" t="s">
         <v>63</v>
       </c>
       <c r="E24" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F24" s="10">
-        <v>789.9</v>
+        <v>149.9</v>
       </c>
       <c r="G24" s="11">
-        <v>789.9</v>
+        <v>299.8</v>
       </c>
     </row>
     <row r="25" spans="1:7" customHeight="1" ht="80">
       <c r="A25" s="7"/>
       <c r="B25" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>65</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>66</v>
       </c>
       <c r="E25" s="8">
         <v>1</v>
       </c>
       <c r="F25" s="10">
-        <v>899.9</v>
+        <v>789.9</v>
       </c>
       <c r="G25" s="11">
-        <v>899.9</v>
+        <v>789.9</v>
       </c>
     </row>
     <row r="26" spans="1:7" customHeight="1" ht="80">
       <c r="A26" s="7"/>
       <c r="B26" s="8" t="s">
         <v>67</v>
       </c>
       <c r="C26" s="9" t="s">
         <v>68</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>69</v>
       </c>
       <c r="E26" s="8">
         <v>1</v>
       </c>
       <c r="F26" s="10">
-        <v>1349.9</v>
+        <v>899.9</v>
       </c>
       <c r="G26" s="11">
-        <v>1349.9</v>
+        <v>899.9</v>
       </c>
     </row>
     <row r="27" spans="1:7" customHeight="1" ht="80">
       <c r="A27" s="7"/>
       <c r="B27" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C27" s="9" t="s">
         <v>71</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>72</v>
       </c>
       <c r="E27" s="8">
         <v>1</v>
       </c>
       <c r="F27" s="10">
-        <v>679.9</v>
+        <v>1349.9</v>
       </c>
       <c r="G27" s="11">
-        <v>679.9</v>
+        <v>1349.9</v>
       </c>
     </row>
     <row r="28" spans="1:7" customHeight="1" ht="80">
       <c r="A28" s="7"/>
       <c r="B28" s="8" t="s">
         <v>73</v>
       </c>
       <c r="C28" s="9" t="s">
         <v>74</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>75</v>
       </c>
       <c r="E28" s="8">
         <v>1</v>
       </c>
       <c r="F28" s="10">
-        <v>799.9</v>
+        <v>679.9</v>
       </c>
       <c r="G28" s="11">
-        <v>799.9</v>
+        <v>679.9</v>
       </c>
     </row>
     <row r="29" spans="1:7" customHeight="1" ht="80">
       <c r="A29" s="7"/>
       <c r="B29" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C29" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>78</v>
       </c>
       <c r="E29" s="8">
         <v>1</v>
       </c>
       <c r="F29" s="10">
-        <v>1449.9</v>
+        <v>799.9</v>
       </c>
       <c r="G29" s="11">
-        <v>1449.9</v>
+        <v>799.9</v>
       </c>
     </row>
     <row r="30" spans="1:7" customHeight="1" ht="80">
       <c r="A30" s="7"/>
       <c r="B30" s="8" t="s">
         <v>79</v>
       </c>
       <c r="C30" s="9" t="s">
         <v>80</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>81</v>
       </c>
       <c r="E30" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F30" s="10">
-        <v>599.9</v>
+        <v>1449.9</v>
       </c>
       <c r="G30" s="11">
-        <v>1199.8</v>
+        <v>1449.9</v>
       </c>
     </row>
     <row r="31" spans="1:7" customHeight="1" ht="80">
       <c r="A31" s="7"/>
       <c r="B31" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C31" s="9" t="s">
         <v>83</v>
       </c>
       <c r="D31" s="9" t="s">
         <v>84</v>
       </c>
       <c r="E31" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F31" s="10">
-        <v>1749.8</v>
+        <v>599.9</v>
       </c>
       <c r="G31" s="11">
-        <v>1749.8</v>
+        <v>1199.8</v>
       </c>
     </row>
     <row r="32" spans="1:7" customHeight="1" ht="80">
       <c r="A32" s="7"/>
       <c r="B32" s="8" t="s">
         <v>85</v>
       </c>
       <c r="C32" s="9" t="s">
         <v>86</v>
       </c>
       <c r="D32" s="9" t="s">
-        <v>42</v>
+        <v>87</v>
       </c>
       <c r="E32" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F32" s="10">
-        <v>249.9</v>
+        <v>1749.8</v>
       </c>
       <c r="G32" s="11">
-        <v>499.8</v>
+        <v>1749.8</v>
       </c>
     </row>
     <row r="33" spans="1:7" customHeight="1" ht="80">
       <c r="A33" s="7"/>
       <c r="B33" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C33" s="9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D33" s="9" t="s">
-        <v>89</v>
+        <v>42</v>
       </c>
       <c r="E33" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F33" s="10">
-        <v>499.9</v>
+        <v>249.9</v>
       </c>
       <c r="G33" s="11">
-        <v>499.9</v>
+        <v>499.8</v>
       </c>
     </row>
     <row r="34" spans="1:7" customHeight="1" ht="80">
       <c r="A34" s="7"/>
       <c r="B34" s="8" t="s">
         <v>90</v>
       </c>
       <c r="C34" s="9" t="s">
         <v>91</v>
       </c>
       <c r="D34" s="9" t="s">
-        <v>60</v>
+        <v>92</v>
       </c>
       <c r="E34" s="8">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F34" s="10">
-        <v>149.9</v>
+        <v>499.9</v>
       </c>
       <c r="G34" s="11">
-        <v>899.4</v>
+        <v>499.9</v>
       </c>
     </row>
     <row r="35" spans="1:7" customHeight="1" ht="80">
       <c r="A35" s="7"/>
       <c r="B35" s="8" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C35" s="9" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D35" s="9" t="s">
-        <v>36</v>
+        <v>63</v>
       </c>
       <c r="E35" s="8">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F35" s="10">
-        <v>599.9</v>
+        <v>149.9</v>
       </c>
       <c r="G35" s="11">
-        <v>599.9</v>
+        <v>899.4</v>
       </c>
     </row>
     <row r="36" spans="1:7" customHeight="1" ht="80">
       <c r="A36" s="7"/>
       <c r="B36" s="8" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C36" s="9" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D36" s="9" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="E36" s="8">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F36" s="10">
-        <v>149.9</v>
+        <v>599.9</v>
       </c>
       <c r="G36" s="11">
-        <v>749.5</v>
+        <v>599.9</v>
       </c>
     </row>
     <row r="37" spans="1:7" customHeight="1" ht="80">
       <c r="A37" s="7"/>
       <c r="B37" s="8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C37" s="9" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D37" s="9" t="s">
-        <v>98</v>
+        <v>63</v>
       </c>
       <c r="E37" s="8">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F37" s="10">
-        <v>6887.9</v>
+        <v>149.9</v>
       </c>
       <c r="G37" s="11">
-        <v>6887.9</v>
+        <v>749.5</v>
       </c>
     </row>
     <row r="38" spans="1:7" customHeight="1" ht="80">
       <c r="A38" s="7"/>
       <c r="B38" s="8" t="s">
         <v>99</v>
       </c>
       <c r="C38" s="9" t="s">
         <v>100</v>
       </c>
       <c r="D38" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E38" s="8">
         <v>8</v>
       </c>
       <c r="F38" s="10">
         <v>53.9</v>
       </c>
       <c r="G38" s="11">
         <v>431.2</v>
       </c>
     </row>
     <row r="39" spans="1:7" customHeight="1" ht="80">
       <c r="A39" s="7"/>
@@ -3076,167 +3110,146 @@
       <c r="E42" s="8">
         <v>1</v>
       </c>
       <c r="F42" s="10">
         <v>419.9</v>
       </c>
       <c r="G42" s="11">
         <v>419.9</v>
       </c>
     </row>
     <row r="43" spans="1:7" customHeight="1" ht="80">
       <c r="A43" s="7"/>
       <c r="B43" s="8" t="s">
         <v>112</v>
       </c>
       <c r="C43" s="9" t="s">
         <v>113</v>
       </c>
       <c r="D43" s="9" t="s">
         <v>114</v>
       </c>
       <c r="E43" s="8">
         <v>1</v>
       </c>
       <c r="F43" s="10">
-        <v>949.9</v>
+        <v>2799.9</v>
       </c>
       <c r="G43" s="11">
-        <v>949.9</v>
+        <v>2799.9</v>
       </c>
     </row>
     <row r="44" spans="1:7" customHeight="1" ht="80">
       <c r="A44" s="7"/>
       <c r="B44" s="8" t="s">
         <v>115</v>
       </c>
       <c r="C44" s="9" t="s">
         <v>116</v>
       </c>
       <c r="D44" s="9" t="s">
-        <v>117</v>
+        <v>19</v>
       </c>
       <c r="E44" s="8">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F44" s="10">
-        <v>2799.9</v>
+        <v>53.9</v>
       </c>
       <c r="G44" s="11">
-        <v>2799.9</v>
+        <v>431.2</v>
       </c>
     </row>
     <row r="45" spans="1:7" customHeight="1" ht="80">
       <c r="A45" s="7"/>
       <c r="B45" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="C45" s="9" t="s">
         <v>118</v>
       </c>
-      <c r="C45" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D45" s="9" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="E45" s="8">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F45" s="10">
-        <v>53.9</v>
+        <v>119.9</v>
       </c>
       <c r="G45" s="11">
-        <v>431.2</v>
+        <v>839.3</v>
       </c>
     </row>
     <row r="46" spans="1:7" customHeight="1" ht="80">
       <c r="A46" s="7"/>
       <c r="B46" s="8" t="s">
+        <v>119</v>
+      </c>
+      <c r="C46" s="9" t="s">
         <v>120</v>
       </c>
-      <c r="C46" s="9" t="s">
+      <c r="D46" s="9" t="s">
         <v>121</v>
       </c>
-      <c r="D46" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E46" s="8">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F46" s="10">
-        <v>119.9</v>
+        <v>369.9</v>
       </c>
       <c r="G46" s="11">
-        <v>839.3</v>
+        <v>369.9</v>
       </c>
     </row>
     <row r="47" spans="1:7" customHeight="1" ht="80">
       <c r="A47" s="7"/>
       <c r="B47" s="8" t="s">
         <v>122</v>
       </c>
       <c r="C47" s="9" t="s">
         <v>123</v>
       </c>
       <c r="D47" s="9" t="s">
         <v>124</v>
       </c>
       <c r="E47" s="8">
         <v>1</v>
       </c>
       <c r="F47" s="10">
-        <v>369.9</v>
+        <v>659.9</v>
       </c>
       <c r="G47" s="11">
-        <v>369.9</v>
-[...4 lines deleted...]
-      <c r="B48" s="8" t="s">
+        <v>659.9</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7">
+      <c r="F49" s="4" t="s">
         <v>125</v>
       </c>
-      <c r="C48" s="9" t="s">
-[...20 lines deleted...]
-        <v>49793.8</v>
+      <c r="G49" s="12">
+        <v>50955.9</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 