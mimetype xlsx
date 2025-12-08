--- v0 (2025-10-24)
+++ v1 (2025-12-08)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>WIZ-SZK-MB-0056 Zielona Pracownia 13</t>
   </si>
   <si>
-    <t>z dnia 2025-10-24 09:08:12</t>
+    <t>z dnia 2025-12-08 21:30:07</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>096175</t>
   </si>
   <si>
     <t>Biurko LAB HPL ze zlewem, szare</t>
   </si>
@@ -104,123 +104,124 @@
   <si>
     <t>Szafa chemiczna niska z półkami z blachy ocynkowanej</t>
   </si>
   <si>
     <t>Szafa warsztatowa na chemikalia, z półkami z blachy ocynkowanej, do przechowywania odczynników chemicznych i środków łatwopalnych.Szafa o masywnej konstrukcji z pełnymi drzwiami, z profilem wzmacniającym. Drzwi osadzone są na mocnych zawiasach zewnętrznych, zamykane są zamkiem kluczowym z pokrętłem, z 3- punktowym systemem ryglowania. Drzwi posiadają otwory, których zadaniem jest zasysanie do szafy powietrza z zewnątrz.Wewnątrz szafy umieszczone są listwy zaczepowe, na których zawieszone są za pomocą stalowych ceowników przestawne pełne półki z blachy ocynkowanej z obrzeżami wokół, zabezpieczającymi przed wylaniem się niebezpiecznych substancji poza wnętrze szafy.• 2 przestawne półki  • wym. 100 x 50 x 105 cm• wym. 100 x 50 x 105</t>
   </si>
   <si>
     <t>098292</t>
   </si>
   <si>
     <t>Regał Grande M głęboki z 12 szufladami - klon jasny-biały</t>
   </si>
   <si>
     <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Wyposażone w 12 wytrzymałych, trwałcyh szuflad kasetowych. Szuflady są wyposażone w metalowe prowadnice, z mechanizmem samodomykającym. Zapewniają cichy domyk i możliwość pełnegu wysuwu. • wysokość cokołu: 10 cm• wym. 122 x 49,8 x 82,2 cm</t>
   </si>
   <si>
     <t>099750</t>
   </si>
   <si>
     <t xml:space="preserve">Biurko Grande narożne lewe z metalową nogą, klon jasny </t>
   </si>
   <si>
     <t>Duże biurka narożne uzupełniające kolekcję meblową Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Wyposażone w 4 szuflady (w górnej szufladzie zamek), z przelotką w blacie. • dł. boku 80 cm• wym. 180 x 160 x 76,6 cm</t>
   </si>
   <si>
-    <t>ZEST5998</t>
-[...2 lines deleted...]
-    <t>Monitor insGraf DIGITAL FUTURE 65 z podstawą mobilną</t>
+    <t>MZEST0015</t>
+  </si>
+  <si>
+    <t>Monitor insGraf DIGITAL FUTURE 65 na podstawie mobilnej</t>
   </si>
   <si>
     <t xml:space="preserve">
-SKŁAD ZESTAWU
-[...1 lines deleted...]
-	585104 Podstawa mobilna do monitorów interaktywnych, 1 szt.
+Skład zestawu:
+	585022 Monitor interaktywny insGraf DIGITAL FUTURE 65, 1 szt. Więcej informacji &gt;&gt;
+	585104 Podstawa mobilna do monitorów interaktywnych, 1 szt. Więcej informacji &gt;&gt;
 585022 Monitor interaktywny insGraf DIGITAL FUTURE 65, 1 szt.
-Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora.
+Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.
+Główne funkcje:
+- Wbudowany system Android 13
+- Rozdzielczość 4K 3840 x 2160
+- Moduł Wi-Fi
+- Pamięć wbudowana: 32 GB
+- Pamięć RAM: 4 GB
+- Slot OPS umożliwiający wbudowanie komputera z systemem Windows.
+- Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android.
+- Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard
+- Przyciski skrótów po lewej stronie ekranu
+- Przednie porty po lewej stronie ekranu
+- Wbudowane w przedni panel głośniki (2x20W)
+- Możliwość podłączenia kamery i mikrofonu pozwala na wygodne przeprowadzenie lekcji hybrydowych
+- Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu.
+- Intuicyjny interface z przydatnymi aplikacjami:
+- do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS
+- zmiany źródła wyświetlanego obrazu
+- tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt, nakładanie obrazu, podział tablicy, dodawanie mediów (pdf, youtube, zdjęcia), eksport treści z tablicy w formie kodu QR,)
+- program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej)
+- program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator)
+- udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji)
+- rozpoznawanie tekstu i figur geometrycznych
+- rozpoznawanie tekst i figur geometrycznych
+- wbudowane przybory geometryczne
+- telefon jako wizualizer
+- dodatkowe gadżety: stoper, timer, spotlight
+- EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.
+Zawartość:
+	pilot, 1 szt.
+	pisak, 1 szt.
+	przewód zasilający 3m, 1 szt.
+	przewód USB-C dł - 2m, 1 szt.
+	przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt.
+	Przewód HDMI dł - 3m, 1 szt.
 Specyfikacja:
 • 65 cali
 • Rozdzielczość: 4K 3840x2160
 • Kontrast 4000:1
 • Jasność 450 cd/m²
 • Głębia kolorów 8 bit
 • Czas reakcji ≤10ms
 • Technologia dotyku IR
 • 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android
 • Proporcje obrazu 16:9
 • Panel LED o żywotności 50 000 godzin
 • Slot OPS
 • Kąt widzenia 178°
 • Ekran szyba hartowana
 • Napięcie robocze: AC 100-240V，50/60Hz
 • Głośniki 2x20W (głośnik z przodu)
 • Wejścia/Wyjścia AV:
 Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1
 Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1
 Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1
 Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1
 • Obsługiwane formaty multimediów:
 Obraz: JPEG, BMP, PNG
 Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding)
 Dźwięk: MP3, M4A, (AAC)
 • Procesor - MTK 9666
 • Wejście sieciowe RJ45/8P8C x2
-• Brak uchwytu ściennego w zestawie (do dokupienia osobno, kod produktu: 585004)
-[...32 lines deleted...]
-• wym. 110 x 60 x 161 cm
+• Waga: 45 kg
 </t>
   </si>
   <si>
     <t>092866</t>
   </si>
   <si>
     <t>Krzesło Flexi zielone rozm. 5</t>
   </si>
   <si>
     <t>146064</t>
   </si>
   <si>
     <t>Tablica biała suchościeralna magnetyczna</t>
   </si>
   <si>
     <t>Tablica biała suchościeralna o powierzchni magnetycznej lakierowanej. Rama wykonana z profilu aluminiowego w kolorze srebrnym, wykończona popielatymi narożnikami. 10 lat gwarancji na powierzchnię lakierowaną. Wymaga częstego czyszczenia płynem do tablic suchościeralnych (146164, sprzedawany osobno). Płyn jest dostępny także w zestawie startowym do tablic suchościeralnych (146113). • wym. 170 x 100 cmUWAGA! Aby zapobiec powstawaniu wybrzuszeń, tablice należy przechowywać w poziomie.</t>
   </si>
   <si>
     <t>ZEST5515</t>
   </si>
   <si>
     <t>Zestaw mebli do pracowni</t>
   </si>
   <si>
     <t xml:space="preserve">
@@ -334,51 +335,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdb7e92a5ef92a2157ee9392f0aba6a71.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61973263180177bd4b53d398dab8a5612.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d9c0ac16190b14e6e81270fcde541d03.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd68c8646285dcb8067a0e68f848f1664.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d78a417231b57b47e50c16d88273618e5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7162afa45d406097054b4766853efdc66.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/846d0587276a748bb6504752021d5f857.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5433230d4f36049200ea9e18992ed8e8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770ea90d0d8d4fa083b594924e3678ad9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caf8c18b72cc30fcc0172047bbbd1a9610.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/025c16d31a803f6f2ab0467ea0b2dec711.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a3eaef2c359b66a114c98b0f05dcd112.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aeceba0ce7242569f76c1f8c50273e91.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8632a43e5012ea9851c0c573a971c2a2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5710201266c697d0d88928439bbcbd5a3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20b039b9ec526e946a9601ec1d31a25f4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1880a0a5f18bac647058f9e9a3d91ea65.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c07a3815f6f8d75c9278c2cdc1e2297a6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fad4398238d8980e731e6e3209d2815e7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed2529b8bc76a541401465576676425c8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/760a65fe437efd8869a822398881e0f39.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9181f3816be43b4c89da5ea30163871a10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa749e40628b943c91754dc9f5bfe85511.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e305630d7f7cb870772369729f61c3f12.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0056" descr="Zielona Pracownia 13"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -589,51 +590,51 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="ZEST5998" descr="ZEST5998"/>
+        <xdr:cNvPr id="9" name="MZEST0015" descr="MZEST0015"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>