--- v0 (2025-10-09)
+++ v1 (2025-11-26)
@@ -19,51 +19,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>WIZ-STO-MB-0008 Stołówka</t>
   </si>
   <si>
-    <t>z dnia 2025-10-09 12:03:33</t>
+    <t>z dnia 2025-11-26 17:20:13</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>098275</t>
   </si>
   <si>
     <t xml:space="preserve">Stół kawowy Grande wys. 50 cm - klon jasny </t>
   </si>
@@ -222,51 +222,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ffb3082f078013ff01ac1f206c982ba1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7ed48eae74a5b3269374621874d97c32.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01a0ca536aacc78674f9e1842ae576423.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f8a87d73877e198c5971fb576f5cf934.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fecf9d355fb4b0db9cbb2f48d480c0b45.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a95bffa36598fcff04d3283a864805ed6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71f401d9e59334aba2f12673f4a279b77.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539cef10709bf160fad5718513b944fa8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb81173256c089bf87937319ed5688e19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a154b410a925a2d3ef57a235ad02ab81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0606d847ae39a26e793e4f5b9e136f5b2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70250afb71874a7b20a0530827c3a9c33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eedaa09e1c0145321041a6091215c6a4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/645775dfbb119b507f769e164a5c85f45.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b345ebd41ca83aa832c681e457535096.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50c6ccb25a926f2e4b26adc181617cf27.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474574c0c077c73fd36be7bfa565b2e18.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50b38a07ff400a080b53f05baa8b55719.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-STO-MB-0008" descr="Stołówka"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>