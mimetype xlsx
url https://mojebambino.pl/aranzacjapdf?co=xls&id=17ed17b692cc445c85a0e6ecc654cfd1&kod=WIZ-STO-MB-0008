--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -19,51 +19,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>WIZ-STO-MB-0008 Stołówka</t>
   </si>
   <si>
-    <t>z dnia 2025-11-26 17:20:13</t>
+    <t>z dnia 2026-01-12 07:38:44</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>098275</t>
   </si>
   <si>
     <t xml:space="preserve">Stół kawowy Grande wys. 50 cm - klon jasny </t>
   </si>
@@ -222,51 +222,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a154b410a925a2d3ef57a235ad02ab81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0606d847ae39a26e793e4f5b9e136f5b2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70250afb71874a7b20a0530827c3a9c33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eedaa09e1c0145321041a6091215c6a4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/645775dfbb119b507f769e164a5c85f45.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b345ebd41ca83aa832c681e457535096.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50c6ccb25a926f2e4b26adc181617cf27.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474574c0c077c73fd36be7bfa565b2e18.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50b38a07ff400a080b53f05baa8b55719.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b24600b5d80f53734a21f30ae606f831.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00c3f858946e57dddeacd96447b2082a2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5309c93f40fbc55edac5cfc485045113.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04062f24e8ad44798eb92d113bc989d74.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9379141c69fd9512197503d172db21855.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f743afabd456b6e09bdde37884a9ecd6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d30670f8fee84e2072af66a7e5ef4e877.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05786fb6b6872464deebfa5230aa7fea8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab5d0d1512a96985fe2f25f7769702489.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-STO-MB-0008" descr="Stołówka"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>