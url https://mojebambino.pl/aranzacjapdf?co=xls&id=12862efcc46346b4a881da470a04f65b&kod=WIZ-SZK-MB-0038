--- v0 (2025-10-03)
+++ v1 (2025-11-28)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>WIZ-SZK-MB-0038 Zielona Pracownia 5</t>
   </si>
   <si>
-    <t>z dnia 2025-10-03 21:31:09</t>
+    <t>z dnia 2025-11-28 03:28:24</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>098123W</t>
   </si>
   <si>
     <t>Biurko Lektor - białe</t>
   </si>
@@ -102,51 +102,51 @@
     <t>ZEST5333</t>
   </si>
   <si>
     <t>Szafa zamykana Grande - zestaw 23</t>
   </si>
   <si>
     <t>SKŁAD ZESTAWU
 	096899 Regał Grande M głęboki – klon, 1 szt.
 	096893 Nadstawka Grande L głęboka – klon, 1 szt.
 	096964 Drzwi witrynowe Grande M, 1 para
 	096873K Drzwi Grande średnie 90 st. z zamkiem 2 szt. - klon, 1 para
 Wym. zestawu: 82 x 49,8 x 187,8 cm
 SZCZEGÓŁOWY OPIS
 096899 Regał Grande M głęboki – klon, 1 szt. 
 Regał wykonany z klonowej płyty laminowanej o gr. 18 mm.
 • wym. 82 x 48 x 82.2
 096893 Nadstawka Grande L głęboka – klon, 1 szt. 
 Nadstawka wykonana z klonowej płyty laminowanej o gr. 18 mm.
 • wym. 82 x 48 x 105.6
 096964  Drzwi witrynowe Grande M, 1 para  
 Drzwi witrynowe w ramce aluminiowej.
 	wym. 40,5 x 105,3 cm
 096873K Drzwi Grande średnie 90 st. z zamkiem 2 szt. - klon, 1 para 
 Drzwi wykonane z klonowej płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90 stopni. Wyposażone w zamek. 2 szt.
 	wym. 40,5 x 70,1 cm
-• wym. 82 x 49,8 x 187,8 cm</t>
+• wym. 82 x 49,80 x 187,80 cm</t>
   </si>
   <si>
     <t>146184</t>
   </si>
   <si>
     <t>Uchwyt sufitowy do projektorów UPD1</t>
   </si>
   <si>
     <t>Uniwersalny uchwyt do projektorów, montowany do sufitu. Konstrukcja metalowa, lakierowana proszkowo na kolor biały. Produkt wyposażony w cztery regulowane ramiona, umożliwiające przymocowanie każdego typu projektora, których waga nie przekracza 15 kg. W zestawie: elementy montażowe. Gwarancja: 2 lata na produkt. • wys. 67-90 cm</t>
   </si>
   <si>
     <t>585022-0VAT</t>
   </si>
   <si>
     <t>Monitor interaktywny insGraf DIGITAL FUTURE  65</t>
   </si>
   <si>
     <t xml:space="preserve"> Monitor ze stawką VAT 0% dla placówek oświatowych.  Przy zakupie wymagane jest przesłanie wypełnionego i podpisanego przez organ nadzorujący Zaświadczenia.   Wzór Zaświadczenia &gt;&gt;   Przykład wypełnionego Zaświadczenia &gt;&gt;     Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.    Specyfikacja:  • 65 cali • Rozdzielczość: 4K 3840x2160 • Kontrast 4000:1 • Jasność 450 cd/m² • Głębia kolorów 8 bit • Czas reakcji ≤10ms • Technologia dotyku IR • 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android • Proporcje obrazu 16:9 • Panel LED o żywotności 50 000 godzin • Slot OPS • Kąt widzenia 178° • Ekran szyba hartowana • Napięcie robocze: AC 100-240V，50/60Hz • Głośniki 2x20W (głośnik z przodu) • Wejścia/Wyjścia AV: Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1 Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1 Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1 Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1 • Obsługiwane formaty multimediów: Obraz: JPEG, BMP, PNG Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding) Dźwięk: MP3, M4A, (AAC) • Procesor - MTK 9666 • Wejście sieciowe RJ45/8P8C x2 • Waga: 45 kg • Brak uchwytu ściennego w zestawie (do dokupienia osobno, kod produktu: 585004)  Główne funkcje: - Wbudowany system Android 13 - Rozdzielczość 4K 3840 x 2160 - Moduł Wi-Fi - Pamięć wbudowana: 32 GB - Pamięć RAM: 4 GB - Slot OPS umożliwiający wbudowanie komputera z systemem Windows. - Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android. - Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard - Przyciski skrótów po lewej stronie ekranu - Przednie porty po lewej stronie ekranu - Wbudowane w przedni panel głośniki (2x20W) - Możliwość podłączenia kamery i mikrofonu pozwala na wygodne przeprowadzenie lekcji hybrydowych - Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu. - Intuicyjny interface z przydatnymi aplikacjami: - do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS - zmiany źródła wyświetlanego obrazu - tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt, nakładanie obrazu, podział tablicy, dodawanie mediów (pdf, youtube, zdjęcia), eksport treści z tablicy w formie kodu QR,) - program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej) - program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator) - udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji) - rozpoznawanie tekstu i figur geometrycznych - rozpoznawanie tekst i figur geometrycznych - wbudowane przybory geometryczne - telefon jako wizualizer - dodatkowe gadżety: stoper, timer, spotlight - EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.  Zawartość:   _x0001_pilot, 1 szt. _x0001_pisak, 1 szt. _x0001_przewód zasilający 3m, 1 szt. _x0001_przewód USB-C dł - 2m, 1 szt. _x0001_przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt. _x0001_przewód HDMI dł - 3m, 1 szt.        </t>
   </si>
   <si>
     <t>048219</t>
   </si>
   <si>
     <t>Krzesło obrotowe Goliat czarne</t>
   </si>
@@ -171,54 +171,57 @@
   <si>
     <t>• Szerokie, komfortowe siedzisko tapicerowane tkaniną welurową i ergonomicznie wyprofilowane oparcie. • Stałe podłokietniki. • Podstawa z tworzywa sztucznego. • Kółka do powierzchni dywanowych. W standardzie Mechanizm Tilt: - funkcja swobodnego kołysania  -  możliwość blokady kąta odchylenia oparcia w pozycji do pracy - możliwość regulacji siły oporu oparcia pozwala na dostosowanie szybkości odchylenia oparcia i siedziska do wagi użytkownika - regulacja wysokości siedziska umożliwia dopasowanie krzesła do wzrostu każdej siedzącej na nim osoby  • Regulowana wysokość siedziska: 44,5-57,5 cm • Średnica podstawy: 71,5 cm •  Wysokość całkowita: 100-113 cm</t>
   </si>
   <si>
     <t>096743</t>
   </si>
   <si>
     <t>Szafka laboratoryjna mobilna</t>
   </si>
   <si>
     <t xml:space="preserve">Szafka laboratoryjna mobilna dedykowana jest do szkół podstawowych i liceów. Sprawdzi się w pracowniach przyrodniczych, zarówno w klasie biologicznej, chemicznej czy fizycznej. Posiada 4 kółka z hamulcem i aluminiowe uchwyty po krótszych stronach, umożliwiające wygodne przemieszczanie szafki.  Funkcjonalność szafki laboratoryjnej to nie tylko jej mobilność, ale i także składany blat znajdujący się po jednej stronie szafki. Po drugiej znajdują się 2 zamykane na kluczyk szafki z półką o regulowanej wysokości oraz 5 szuflad. Stół wyposażony jest w gniazdka elektryczne wysuwane z blatu i kabel o dł. ok. 1,5 m.  Szafka laboratoryjna wykonana została z białej płyty laminowanej o gr. 18 mm, blat pokryty laminatem HPL, stelaż z profilu o wym. 30 x 30 mm.  • wym. całkowite: 168 x 56 (101,5 po rozłożeniu blatu) x 91 cm • wym. blatu: 152 x 51 (101,5 po rozłożeniu) • wym. wewnętrzne szafki: 44,8 x 45 x 72,6 cm • wym. wewnętrzne niższych szuflad: 39,8 x 37,8 x 7 cm • wym. wewnętrzne wyższych szuflad: 39,8 x 37,8 x 16,5 cm. Szafka laboratoryjna mobilna dedykowana jest do szkół podstawowych i liceów. Sprawdzi się w pracowniach przyrodniczych, zarówno w klasie biologicznej, chemicznej czy fizycznej. Posiada 4 kółka z hamulcem i aluminiowe uchwyty po krótszych stronach, umożliwiające wygodne przemieszczanie szafki. </t>
   </si>
   <si>
     <t>092181W</t>
   </si>
   <si>
     <t>Quadro - wąska szafka wisząca z półką, biała</t>
   </si>
   <si>
     <t>Szafkę można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno). Wykonana z białej płyty laminowanej o gr. 18 mm.• maks. obciążenie: 30 kg• wym. 79,2 x 41,5 x 41,4 cm</t>
   </si>
   <si>
     <t>585004</t>
   </si>
   <si>
-    <t>Uchwyt ścienny do monitorów insGraf DIGITAL 55 i 65 cali</t>
-[...2 lines deleted...]
-    <t>Uchwyt ścienny do montażu monitorów interaktywnych. Jest kompatybilny ze wszystkimi monitorami interaktywnymi z serii InsGraf Digital. Maksymalny udźwig - 120 kg Zalecana wielkość monitora: od 55&amp;apos;&amp;apos; do 65&amp;apos;&amp;apos; Maksymalne nachylenie ± 15 stopniUWAGA! W przypadku montażu monitorów na ścianie z płyty kartonowo-gipsowej zaleca się użycia uchwytu 085126 (sprzedawany osobno).</t>
+    <t>Uchwyt ścienny do monitorów insGraf DIGITAL 65, 75 i 86 cali</t>
+  </si>
+  <si>
+    <t>Uchwyt ścienny do montażu monitorów interaktywnych. Jest kompatybilny ze wszystkimi monitorami interaktywnymi z serii InsGraf Digital.
+Maksymalny udźwig - 120 kg
+Zalecana wielkość monitora: od 65&amp;apos;&amp;apos; do 86&amp;apos;&amp;apos;
+Maksymalne nachylenie ± 15 stopniUWAGA! W przypadku montażu monitorów na ścianie z płyty kartonowo-gipsowej zaleca się użycia uchwytu 085126 (sprzedawany osobno).</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -296,51 +299,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ac9d4ef4d6019cdb2f917cd54cda5d1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d007d5290f2480cdd8f845e6c7cf2282.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d22bc224f60795ab536b5b3db81f3d93.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8075489177838d7278c96dd104246c34.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/467c3c283fa71568d8fc4edbaa6be1d65.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5a791f472f1e43b214cbc478a7f801a6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53de3ad0f8cddaeac2655d123823b67d7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7da3562513c1278391ddb0fb22145bd8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fe357176ad71430214e64a8846143029.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852f0ef991f154e35dda73139f551ae710.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad5cb2380dea05d0e348dffbb94586f811.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a17fef83a1d33960fc8ab5da8695741312.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad018da1de774a8267545aa996dbab2513.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17167ae708d32fc0c6422387f832fed714.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b408fb13a4466310433f194cf4ea5dee1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ee41bb75407346449545a025bcbce4c2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/686941885a6166e7409f94dd485a2cfd3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bfb934cf1c55953eb84f8d0354982784.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c08584b2932a36075bba7a2a674a61195.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ae36a8140c3acaf3655ba5aa6eddd976.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7eb0fb41cf73bb5c0c47a4a477244a2c7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ef2bf92bb276772b430b0a0a3d3eb3b8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22283b61ab516aa60e2c5a8d81df75a99.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78d92a1ee815ff8b34dc762284ab1c9210.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9f245465e836ddce94ca4fe43c45bcf11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e36700924bb4d28424a9f489d4f63d6712.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e23711700df284e0a19e56f5141a39a713.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/613050d8f435e9398065519480cbf04b14.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0038" descr="Zielona Pracownia 5"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>