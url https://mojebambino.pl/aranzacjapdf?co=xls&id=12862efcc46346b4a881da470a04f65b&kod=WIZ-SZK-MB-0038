--- v1 (2025-11-28)
+++ v2 (2026-01-17)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>WIZ-SZK-MB-0038 Zielona Pracownia 5</t>
   </si>
   <si>
-    <t>z dnia 2025-11-28 03:28:24</t>
+    <t>z dnia 2026-01-17 02:14:08</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>098123W</t>
   </si>
   <si>
     <t>Biurko Lektor - białe</t>
   </si>
@@ -105,111 +105,253 @@
     <t>Szafa zamykana Grande - zestaw 23</t>
   </si>
   <si>
     <t>SKŁAD ZESTAWU
 	096899 Regał Grande M głęboki – klon, 1 szt.
 	096893 Nadstawka Grande L głęboka – klon, 1 szt.
 	096964 Drzwi witrynowe Grande M, 1 para
 	096873K Drzwi Grande średnie 90 st. z zamkiem 2 szt. - klon, 1 para
 Wym. zestawu: 82 x 49,8 x 187,8 cm
 SZCZEGÓŁOWY OPIS
 096899 Regał Grande M głęboki – klon, 1 szt. 
 Regał wykonany z klonowej płyty laminowanej o gr. 18 mm.
 • wym. 82 x 48 x 82.2
 096893 Nadstawka Grande L głęboka – klon, 1 szt. 
 Nadstawka wykonana z klonowej płyty laminowanej o gr. 18 mm.
 • wym. 82 x 48 x 105.6
 096964  Drzwi witrynowe Grande M, 1 para  
 Drzwi witrynowe w ramce aluminiowej.
 	wym. 40,5 x 105,3 cm
 096873K Drzwi Grande średnie 90 st. z zamkiem 2 szt. - klon, 1 para 
 Drzwi wykonane z klonowej płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90 stopni. Wyposażone w zamek. 2 szt.
 	wym. 40,5 x 70,1 cm
 • wym. 82 x 49,80 x 187,80 cm</t>
   </si>
   <si>
+    <t>585037-0VAT</t>
+  </si>
+  <si>
+    <t>Monitor interaktywny Insgraf DIGITAL EduSpace 65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Monitor ze stawką VAT 0% dla placówek oświatowych.
+Przy zakupie wymagane jest przesłanie wypełnionego i podpisanego przez organ nadzorujący Zaświadczenia.
+ Wzór Zaświadczenia &gt;&gt;
+ Przykład wypełnionego Zaświadczenia &gt;&gt;
+insGraf Digital EDUSpace – era innowacyjnej edukacji cyfrowej
+insGraf Digital EDUSpace to najnowocześniejszy monitor interaktywny zaprojektowany specjalnie z myślą o placówkach edukacyjnych i cyfrowej transformacji szkoły. Łączy w sobie zaawansowane technologie, łatwość obsługi i funkcjonalności, które wspierają zarówno nauczycieli, jak i uczniów. Wyposażony w system operacyjny Android 14 z certyfikatem Google EDLA (Enterprise Device Licensing Agreement), zapewnia pełną integrację z ekosystemem Google, oferując dostęp do Google for Education oraz sklepu Google Play. To innowacyjne rozwiązanie gwarantuje szkołom nieograniczone możliwości edukacyjne oraz najwyższy poziom bezpieczeństwa.
+Co daje certyfikat Google EDLA? Certyfikat EDLA to potwierdzenie zgodności urządzenia z rygorystycznymi standardami Google, dzięki czemu monitor jest w pełni bezpieczny, wydajny i kompatybilny. EDLA umożliwia regularne aktualizacje systemu, zapewniając jego stabilność i nowoczesność. Dzięki integracji z Google Play nauczyciele mogą korzystać z tysięcy aplikacji edukacyjnych, takich jak narzędzia do nauki matematyki, języków obcych czy programowania, które wzbogacają lekcje o interaktywne treści. Ponadto pełna integracja z Google Workspace for Education (Classroom, Meet, Drive, Docs) usprawnia współpracę i organizację pracy zarówno w klasie, jak i w trybie zdalnym.
+Najważniejsze nowości i zalety:
+1. System Android 14 z certyfikatem Google EDLA:
+	Pełna integracja z Google Workspace for Education.
+	Nieograniczony dostęp do sklepu Google Play.
+	 Regularne aktualizacje i zgodność z najnowszymi technologiami.
+2. Generatywna sztuczna inteligencja Google Gemini:
+	Pomoc w tworzeniu materiałów dydaktycznych.
+	Zaawansowany asystent wspierający nauczyciela i ucznia w procesie edukacji
+	Źródło inspiracji, zwiększenie produktywności, zaangażowanie ucznia w proces uczenia.
+3. Ułatwienia dostępu – nauka bez barier:
+Monitor Insgraf Digital EDUSpace został wyposażony w skróty ułatwień dostępu, które zostały stworzone z myślą o uczniach ze specjalnymi potrzebami edukacyjnymi (SPE), wszystko dostępne wprost na ekranie w pasku ułatwień dostępu:
+	Powiększanie tekstu – umożliwia lepsze zrozumienie treści osobom z problemami ze wzrokiem.
+	Odwrócenie kolorów – ułatwia korzystanie z urządzenia uczniom z dysfunkcją wzroku lub trudnościami w odróżnianiu kolorów.
+	Duży wskaźnik – poprawia widoczność kursora, wspierając uczniów z trudnościami w koordynacji ruchowej.
+	Czytanie zawartości ekranu – funkcja lektora pomaga osobom niewidomym lub z dysleksją w przyswajaniu treści
+Te rozwiązania sprawiają, że monitor jest w pełni dostosowany do potrzeb uczniów z specjalnymi potrzebami edukacyjnymi (SPE) wspierając integrację i równe szanse w edukacji.
+4. Moduł NFC – szybkie i bezpieczne logowanie. Dzięki tej technologii nauczyciele mogą błyskawicznie uzyskać dostęp do swoich kont, eliminując konieczność wpisywania haseł. To rozwiązanie zwiększa wygodę oraz chroni przed nieautoryzowanym dostępem.
+5. Zewnętrzna kamera AI:
+	Tryb panoramiczny
+	Lokalizowanie uczestników i automatyczne kadrowanie
+	Lokalizacja dźwięku
+Kamera do zakupienia osobno (585040).
+6. Teraz 50 punktów dotyku, umożliwiających jednoczesną pracę wielu osób
+7. Bezprzewodowa komunikacja z EShare Pro:
+	Wbudowane oprogramowanie EShare PRO w cenie monitora.
+	Bezprzewodowe przesyłanie treści z urządzeń uczniów i nauczycieli.
+	Wsparcie dla współpracy między różnymi platformami.
+8. Niezależne dzielenie ekranu:
+Choć funkcja podziału ekranu pojawiała się już w niektórych monitorach, insGraf Digital EDUSpace wyróżnia się płynnością działania i pełną swobodą w wyborze aplikacji, co czyni go wyjątkowo przydatnym w edukacji.
+	Podział ekranu na dwie części
+	Jednoczesne uruchamianie dowolnych aplikacji
+	Regulowana szerokość podzielonych części
+Nowe funkcje Whiteboard – jeszcze więcej możliwości w nauczaniu
+Zaawansowana aplikacja Whiteboard wprowadza innowacyjne funkcje, które sprawdzą się zarówno podczas lekcji matematyki, muzyki, jak i innych przedmiotów:
+	Rozpoznawanie pisma ręcznego – automatyczne konwertowanie ręcznie napisanych notatek na tekst cyfrowy.
+	Diagramy i mapy myśli – narzędzia wspierające wizualne przedstawianie informacji i organizację pracy - tworzenie diagramów i map myśli .
+Dlaczego warto wybrać insGraf Digital EDUSpace?
+Monitor insGraf Digital EDUSpace to idealne rozwiązanie dla nowoczesnych szkół, które chcą wprowadzić edukację na wyższy poziom. Dzięki zaawansowanym funkcjom, integracji z Google Workspace i wsparciu generatywnej sztucznej inteligencji, monitor zapewnia nauczycielom więcej możliwości, oszczędzając czas i angażując uczniów w aktywne uczestnictwo w lekcjach.
+Postaw na insGraf Digital EDUSpace i odkryj nowy wymiar edukacji!
+Google EDLA (Enterprise Device Licensing Agreement) to certyfikat, który gwarantuje, że urządzenie spełnia najwyższe standardy Google w zakresie bezpieczeństwa, wydajności i kompatybilności. Certyfikowane monitory, takie jak insGraf Digital EDUSpace, zapewniają pełen dostęp do Google Workspace for Education, umożliwiając korzystanie z takich narzędzi jak Google Classroom, Google Meet, Docs, Sheets czy Slides. Dzięki temu nauczyciele mogą z łatwością planować lekcje, prowadzić wideokonferencje, zarządzać zadaniami domowymi i monitorować postępy uczniów w jednym, spójnym ekosystemie. Certyfikat EDLA oznacza również regularne aktualizacje oprogramowania, zapewniające ciągłe wsparcie dla nowych funkcji i ochronę przed zagrożeniami cybernetycznymi. Google Workspace for Education to nie tylko narzędzia organizacyjne, ale również platforma wspierająca kreatywność i współpracę, co pozwala uczniom rozwijać umiejętności XXI wieku, takie jak komunikacja, krytyczne myślenie i współpraca w grupie.
+SPECYFIKACJA TECHNICZNA:
+Przekątna obrazu: 65\"
+Wymiary: 148 x 92 x 11 cm
+Waga: 38 kg
+Matryca: VA
+Podświetlenie: DLED
+Żywotność matrycy: 50 000h
+Technologia matrycy: Zero bonding
+Twardość szkła: 9h
+Grubość szkła: 3,2mm
+Rozdzielczość: 3840x2160 pixel (4k)
+Współczynnik proporcji: 16:9
+Jasność świecenia: 450 cd/m²
+Kontrast: 5000:1
+HDR: HDR 10
+Kolory wyświetlacza: 8 bitów + FRC
+Czujnik światła otoczenia: Tak
+Czas rekcji wyświetlacza: 6,5 ms
+Kąt widzenia H/V: 178°/178°
+Czujnik dotyku: podczerwień
+Punkty dotyku: 50 punktów
+Narzędzia do pisania: pisak, palec, dłoń
+Pisanie 2 kolory: Tak - dwa pisaki
+Dokładność pisania: &lt; 1 mm (ponad 90% pow.)
+Wysokość odczytu pisak: 1,5 mm
+Czas reakcji pisania: 3,3 ms
+Pamięć ram: 8GB
+Procesor: CORTEX A72x4 A53x4
+Chipset: RK3576
+Pojemność dysku: 256GB
+System operacyjny: ANDROID 14 + Certyfikat Google EDLA
+Slot OPS: Tak (12 x 18 x 3 cm)
+WIFI: Tak / 6
+Bluetooth: Tak/ BT 5.2
+ZŁĄCZA PORTY
+Przedni panel: 
+	HDMI 2.0 x 1
+	USB (dotykowe) x 1 
+	USB 3.0 x 2 
+	Wejście mikrofonu x 1
+	USB Typ C x 1 - do 5V/3A 65W
+Panel tylny: 
+	USB3.0 (dotykowy) x 1 
+	USB Typ C x 1 
+	Wejście HDMI 1/2 x 2 
+	Wyjście HDMI x 1 
+	DP x 1 
+	USB 3.0 x2 
+	USB 2.0 (Android) x 1
+	RS-232 x 1 
+	słuchawki x 1 
+	wyjście SPDIF x 1 
+	audio-VGA x 1 
+	VGA x 1 
+	gniazdo OPS x 1 (4K przy 60 Hz) 
+	Wejście sieciowe LAN RJ45/8P8C x 1 
+	Wyjście sieciowe LAN RJ45/8P8C x 1
+Obsługa HDCP (Cyfrowa ochrona treści przed kopiowanie)
+Głośniki: przód 2 x 20 W
+Mikrofon: Tak (8 macierzy, 10m, nagrywanie, redukcja pogłosu)
+Podział ekranu: Tak/dowolne 2 aplikacje - nowość
+Udostępnianie ekranu: Tak
+Obsługiwane pliki: Full
+Wbudowany pakiet OFFICE: Tak
+Obsługiwane pliki video: Full
+FUNKCJE TABLICY
+Pisanie - rysik, palec dłoń: Tak
+Wysokość pisania: 1,5 mm
+Czas reakcji (pisanie): ≤ 3,3 ms
+Funkcje rozpoznawania i zamiana pisania i figur geometrycznych: Tak
+Autokształty: Tak
+Funkcja notatki: Tak
+Gadżety: stoper, minutnik spotlight
+Przybory geometryczne: TAK - linijka, ekierka, kątomierz
+Podział tablicy: Tak
+Zapis aktywnej tablicy: Tak
+YOUTUBE w Tablicy: Tak
+Własne Wideo w Tablicy: Tak
+Wyszukiwanie obrazów: Tak
+Powierzchnia ekranu monitora jest matowa, antyodblaskowa.
+Zawartość:
+	pilot, 1 szt.
+	pisak, 2 szt.
+	przewód zasilający 3m, 1 szt.
+	przewód USB-C 65W dł - 2m, 1 szt.
+	przewód USB 2.0 A-B -3M, 1 szt.
+	przewód HDMI 2.0 dł - 3m, 1 szt.
+	produkt wymaga baterii (są w zestawie)
+Zawartość:
+• pilot, 1 szt.
+• pisak, 2 szt.
+• przewód zasilający 3 m, 1 szt.
+• przewód USB-C 65W dł – 2 m, 1 szt.
+• przewód USB 2.0 A-B – 3 m, 1 szt.
+• przewód HDMI 2.0 dł – 3 m, 1 szt.</t>
+  </si>
+  <si>
     <t>146184</t>
   </si>
   <si>
     <t>Uchwyt sufitowy do projektorów UPD1</t>
   </si>
   <si>
     <t>Uniwersalny uchwyt do projektorów, montowany do sufitu. Konstrukcja metalowa, lakierowana proszkowo na kolor biały. Produkt wyposażony w cztery regulowane ramiona, umożliwiające przymocowanie każdego typu projektora, których waga nie przekracza 15 kg. W zestawie: elementy montażowe. Gwarancja: 2 lata na produkt. • wys. 67-90 cm</t>
   </si>
   <si>
-    <t>585022-0VAT</t>
-[...7 lines deleted...]
-  <si>
     <t>048219</t>
   </si>
   <si>
     <t>Krzesło obrotowe Goliat czarne</t>
   </si>
   <si>
     <t>• Miękkie, tapicerowane sztuczną skórą siedzisko.• Stalowa podstawa z nakładkami z tworzywa sztucznego.• Samohamowne kółka do powierzchni dywanowych. • Płynnie regulowana wysokość siedziska za pomocą podnośnika pneumatycznego.</t>
   </si>
   <si>
     <t>047057</t>
   </si>
   <si>
     <t>Projektor multimedialny Epson EB-X49 (4:3)</t>
   </si>
   <si>
     <t>Wyświetlaj prezentacje na dużym, skalowalnym ekranie, przyciągając uwagę słuchaczy wyraźnym tekstem oraz atrakcyjnymi grafikami i filmami na ekranie o przekątnej do 300 cali. Dzięki natężeniu światła 3600 lumenów i współczynnikowi kontrastu 16 000 : 1 przedstawiane materiały będą doskonale widoczne nawet w dobrze oświetlonych pomieszczeniach. Projektor EB-X49 jest prosty w obsłudze i oferuje doskonałą wydajność pracy z innymi urządzeniami. Co więcej, trwała lampa zapewnia łatwość eksploatacji i niskie koszty konserwacji.  Kluczowe cechy:  • Wysoka jakość, jasny obraz: Technologia 3LCD dająca równie wysoką moc światła białego i barwnego • Mobilność: Niewielki i lekki projektor łatwo przenieść • Szeroki wybór złączy: Obsługa sieciowa i bezprzewodowa • Niski całkowity koszt posiadania (TCO): Czas eksploatacji lampy do 12 000 godz. w trybie ekonomicznym • Wygodne funkcje obsługi: Wejście HDMI i opcjonalna łączność bezprzewodowa umożliwiają projekcję z wielu źródeł  SPECYFIKACJA TECHNICZNA: System projekcyjny: Technologia 3LCD, Ciekłokrystaliczna migawka RGB  Panel LCD: 0,55 cala z C2 Fine Zoom: Manual, Factor: 1,2   Obiektyw: Optyczny  Rozmiar projekcji: 30 cali - 300 cali  Odległość ogniskowa: 16,9 mm - 20,28 mm  Funkcja USB wyświetlacza: 3 w 1: obraz / mysz / dźwięk  Przyłącza: Złącze USB 2.0 typu B, RS-232C, Interfejs Ethernet (100 Base-TX / 10 Base-T), Bezprzewodowa sieć LAN a/n (5 GHz) (opcja), Wejście VGA (2x), Wyjście VGA, Wejście HDMI, Wejście sygnału kompozytowego, Stereofoniczne wyjście audio mini-jack, Stereofoniczne wejście audio mini-jack (2x), Wejście audio typu cinch, Złącze USB 2.0 typu A  Połączenie ze smartfonem: Ad-hoc/Infrastruktura  Bezpieczeństwo: Zamek Kensington, Otwór na linkę zabezpieczającą, Blokada modułu bezprzewodowej sieci LAN  Tryby kolorów 2D: Dynamiczny, Kino, Prezentacja, sRGB, Czarna tablica  Tryby kolorów: Tablica, Dynamiczny, Prezentacja, sRGB, Teatr  Głośniki: 5 W  Ustawienie: Mocowane na suficie, Biurkowe  Kolor: Biały  Zawartość zestawu: Kabel VGA, Kabel zasilający, Skrócona instrukcja uruchomienia, Pilot z bateriami, Karta gwarancyjna Wymiary produktu: 302‎ x 249 x 87 mm (Szerokość x Głębokość x Wysokość)  Waga produktu: 2,7 kg• produkt wymaga baterii (są w zestawie)</t>
   </si>
   <si>
     <t>048203</t>
   </si>
   <si>
     <t>Krzesło obrotowe Leon limonkowo-czarne</t>
   </si>
   <si>
     <t>• Szerokie, komfortowe siedzisko tapicerowane tkaniną welurową i ergonomicznie wyprofilowane oparcie. • Stałe podłokietniki. • Podstawa z tworzywa sztucznego. • Kółka do powierzchni dywanowych. W standardzie Mechanizm Tilt: - funkcja swobodnego kołysania  -  możliwość blokady kąta odchylenia oparcia w pozycji do pracy - możliwość regulacji siły oporu oparcia pozwala na dostosowanie szybkości odchylenia oparcia i siedziska do wagi użytkownika - regulacja wysokości siedziska umożliwia dopasowanie krzesła do wzrostu każdej siedzącej na nim osoby  • Regulowana wysokość siedziska: 44,5-57,5 cm • Średnica podstawy: 71,5 cm •  Wysokość całkowita: 100-113 cm</t>
   </si>
   <si>
     <t>096743</t>
   </si>
   <si>
     <t>Szafka laboratoryjna mobilna</t>
   </si>
   <si>
     <t xml:space="preserve">Szafka laboratoryjna mobilna dedykowana jest do szkół podstawowych i liceów. Sprawdzi się w pracowniach przyrodniczych, zarówno w klasie biologicznej, chemicznej czy fizycznej. Posiada 4 kółka z hamulcem i aluminiowe uchwyty po krótszych stronach, umożliwiające wygodne przemieszczanie szafki.  Funkcjonalność szafki laboratoryjnej to nie tylko jej mobilność, ale i także składany blat znajdujący się po jednej stronie szafki. Po drugiej znajdują się 2 zamykane na kluczyk szafki z półką o regulowanej wysokości oraz 5 szuflad. Stół wyposażony jest w gniazdka elektryczne wysuwane z blatu i kabel o dł. ok. 1,5 m.  Szafka laboratoryjna wykonana została z białej płyty laminowanej o gr. 18 mm, blat pokryty laminatem HPL, stelaż z profilu o wym. 30 x 30 mm.  • wym. całkowite: 168 x 56 (101,5 po rozłożeniu blatu) x 91 cm • wym. blatu: 152 x 51 (101,5 po rozłożeniu) • wym. wewnętrzne szafki: 44,8 x 45 x 72,6 cm • wym. wewnętrzne niższych szuflad: 39,8 x 37,8 x 7 cm • wym. wewnętrzne wyższych szuflad: 39,8 x 37,8 x 16,5 cm. Szafka laboratoryjna mobilna dedykowana jest do szkół podstawowych i liceów. Sprawdzi się w pracowniach przyrodniczych, zarówno w klasie biologicznej, chemicznej czy fizycznej. Posiada 4 kółka z hamulcem i aluminiowe uchwyty po krótszych stronach, umożliwiające wygodne przemieszczanie szafki. </t>
   </si>
   <si>
     <t>092181W</t>
   </si>
   <si>
-    <t>Quadro - wąska szafka wisząca z półką, biała</t>
-[...2 lines deleted...]
-    <t>Szafkę można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno). Wykonana z białej płyty laminowanej o gr. 18 mm.• maks. obciążenie: 30 kg• wym. 79,2 x 41,5 x 41,4 cm</t>
+    <t>Quadro – wąska szafka wisząca z półką, biała</t>
+  </si>
+  <si>
+    <t>Szafkę można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno). Wykonana z białej płyty laminowanej o gr. 18 mm.• maks. obciążenie: 30 kg• wym. 79,20 x 41,50 x 41,40 cm</t>
   </si>
   <si>
     <t>585004</t>
   </si>
   <si>
     <t>Uchwyt ścienny do monitorów insGraf DIGITAL 65, 75 i 86 cali</t>
   </si>
   <si>
     <t>Uchwyt ścienny do montażu monitorów interaktywnych. Jest kompatybilny ze wszystkimi monitorami interaktywnymi z serii InsGraf Digital.
 Maksymalny udźwig - 120 kg
 Zalecana wielkość monitora: od 65&amp;apos;&amp;apos; do 86&amp;apos;&amp;apos;
 Maksymalne nachylenie ± 15 stopniUWAGA! W przypadku montażu monitorów na ścianie z płyty kartonowo-gipsowej zaleca się użycia uchwytu 085126 (sprzedawany osobno).</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
@@ -299,51 +441,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b408fb13a4466310433f194cf4ea5dee1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ee41bb75407346449545a025bcbce4c2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/686941885a6166e7409f94dd485a2cfd3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bfb934cf1c55953eb84f8d0354982784.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c08584b2932a36075bba7a2a674a61195.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ae36a8140c3acaf3655ba5aa6eddd976.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7eb0fb41cf73bb5c0c47a4a477244a2c7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ef2bf92bb276772b430b0a0a3d3eb3b8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22283b61ab516aa60e2c5a8d81df75a99.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78d92a1ee815ff8b34dc762284ab1c9210.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9f245465e836ddce94ca4fe43c45bcf11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e36700924bb4d28424a9f489d4f63d6712.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e23711700df284e0a19e56f5141a39a713.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/613050d8f435e9398065519480cbf04b14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb035cd1d8c0f1737f42a556319caa541.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f742ef6ce75a782f304df092c0bcf8e92.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab9b40977f641d51735a2087b8bd5ab43.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943a16857af2625611654ad4924bfecd4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9db3aa478bd8f4f95a493dc19ec4573d5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c19dddb3dea45ba4df95ca34f7345e8b6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69187b1e18ec709a93a030d623cb86a27.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e774ae231ec46a7fdab804552feb82e8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1297eb3ba260bb6cf8e58b9bcc33df0b9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46dd7006e565b7e1d8ac356eacfc463610.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3a52b504dd5a6a9c66e5bea29f3daff11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/560a6a61ba80eb5ccc7141c971a36b4312.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e28c937997b7349ccc50e0671e53a60613.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3942b41552dae82b1dc7f068a5a39ac814.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0038" descr="Zielona Pracownia 5"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -494,81 +636,81 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="146184" descr="146184"/>
+        <xdr:cNvPr id="7" name="585037-0VAT" descr="585037-0VAT"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="585022-0VAT" descr="585022-0VAT"/>
+        <xdr:cNvPr id="8" name="146184" descr="146184"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
@@ -1209,75 +1351,75 @@
       <c r="E10" s="8">
         <v>3</v>
       </c>
       <c r="F10" s="10">
         <v>2365.6</v>
       </c>
       <c r="G10" s="11">
         <v>7096.8</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="80">
       <c r="A11" s="7"/>
       <c r="B11" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>24</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E11" s="8">
         <v>1</v>
       </c>
       <c r="F11" s="10">
-        <v>449.9</v>
+        <v>7316.0</v>
       </c>
       <c r="G11" s="11">
-        <v>449.9</v>
+        <v>7316.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="80">
       <c r="A12" s="7"/>
       <c r="B12" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>27</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>28</v>
       </c>
       <c r="E12" s="8">
         <v>1</v>
       </c>
       <c r="F12" s="10">
-        <v>5599.9</v>
+        <v>449.9</v>
       </c>
       <c r="G12" s="11">
-        <v>5599.9</v>
+        <v>449.9</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="80">
       <c r="A13" s="7"/>
       <c r="B13" s="8" t="s">
         <v>29</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>30</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E13" s="8">
         <v>6</v>
       </c>
       <c r="F13" s="10">
         <v>349.9</v>
       </c>
       <c r="G13" s="11">
         <v>2099.4</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="80">
       <c r="A14" s="7"/>
@@ -1367,51 +1509,51 @@
       <c r="A18" s="7"/>
       <c r="B18" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>45</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>46</v>
       </c>
       <c r="E18" s="8">
         <v>1</v>
       </c>
       <c r="F18" s="10">
         <v>269.9</v>
       </c>
       <c r="G18" s="11">
         <v>269.9</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="F20" s="4" t="s">
         <v>47</v>
       </c>
       <c r="G20" s="12">
-        <v>37862.2</v>
+        <v>39578.3</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 