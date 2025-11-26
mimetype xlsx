--- v0 (2025-10-08)
+++ v1 (2025-11-26)
@@ -20,78 +20,78 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>WIZ-ZLO-QU-0006 Sala żłobkowa Quadro z Kącikiem Iris</t>
   </si>
   <si>
-    <t>z dnia 2025-10-08 12:01:32</t>
+    <t>z dnia 2025-11-26 12:19:11</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>519202</t>
   </si>
   <si>
     <t>Krzesełko do karmienia Paulo</t>
   </si>
   <si>
-    <t>Wielofunkcyjne krzesełko do karmienia, które rośnie razem z dzieckiem. Najpierw służy jako krzesełko do karmienia, następnie nadstawka na krzesło, aż w końcu staje się krzesłem dla samodzielnego dziecka. Krzesełko wyposażone jest w regulowaną tacką z nakładką, podnóżek, oraz stalowe nożki z dwustopniową regulacją wysokości. Bezpieczeństwo malucha zapewniają trzypunktowe pasy bezpieczeństwa. Krzesełko wykonane zgodnie z normą EN 14988. • wym. całkowite 60 x 57 x 91 cm • wym. po złożeniu 45 x 43 x 65• w przypadku używania jako nadstawki na krzesło,  siedzisko jest mocowane do krzesła za pomocą pasków. Nigdy nie montuj go na stołku lub ławce bez oparcia.• od 6 miesięcy</t>
+    <t>Wielofunkcyjne krzesełko do karmienia, które rośnie razem z dzieckiem. Najpierw służy jako krzesełko do karmienia, następnie nadstawka na krzesło, aż w końcu staje się krzesłem dla samodzielnego dziecka. Krzesełko wyposażone jest w regulowaną tacką z nakładką, podnóżek, oraz stalowe nożki z dwustopniową regulacją wysokości. Bezpieczeństwo malucha zapewniają trzypunktowe pasy bezpieczeństwa. Krzesełko wykonane zgodnie z normą EN 14988. • wym. całkowite 60 x 57 x 91 cm • wym. po złożeniu 45 x 43 x 65 • wym. wewnętrzny tacki 37,5 x 20,5 cm • wym. zewnętrzny tacki 40 x 23 cm• w przypadku używania jako nadstawki na krzesło,  siedzisko jest mocowane do krzesła za pomocą pasków. Nigdy nie montuj go na stołku lub ławce bez oparcia.• od 6 miesięcy</t>
   </si>
   <si>
     <t>100894</t>
   </si>
   <si>
     <t>Przesuwanka Pies</t>
   </si>
   <si>
     <t>Kolorowe aplikacje z płyty MDF, do zamocowania na ścianę. Stanowią dekorację sali, jak również pełnią funkcję panelu manipulacyjnego, usprawniającego motorykę ręki dziecka.• wym. 66,5 x 50 cm• wym. 66.5 x 50OSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Zawiera ruchome elementy.Ryzyko skaleczenia.</t>
   </si>
   <si>
     <t>133357</t>
   </si>
   <si>
     <t>Nogi z reg. do blatów Quadro - białe, 4 szt. rozm. 0-3 (40-58 cm)</t>
   </si>
   <si>
     <t>Metalowe nogi o śr. 40 mm do blatów Quadro kwadratowych, prostokątnych i okrągłych. Możliwość regulacji wysokości do wymiarów: 40, 46, 52 i 58 cm.• śr. 4.00 cm</t>
   </si>
   <si>
     <t>100892</t>
   </si>
   <si>
     <t xml:space="preserve">Przesuwanka Gąska </t>
   </si>
@@ -101,69 +101,69 @@
   <si>
     <t>098303</t>
   </si>
   <si>
     <t>Kącik Iris</t>
   </si>
   <si>
     <t>Kącik zabaw dla najmłodszych ma dwa wejścia - schodki i trap, idealny dla raczkujących maluchów, w środku czekają atrakcje w postaci paneli sensorycznych. Wykonany z lakierowanej sklejki, drewna i płyty laminowanej. Podest pokryty wykładziną. Z przodu znajduje się okienko wykonane z pleksi. Konieczne kotwiczenie do podłoża. • wym. całkowite 220 x 286 x 120 cm• wys. podestu 35 cm • Sklejka lakierowana o grubości 19 mm - wysoka jakość i stabilność • Zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych! • Rama z litego drewna (buk, jesion), klejona • Elementy wykonane z kolorowej płyty MDF  • Fala: pokrycie piankowe  ze sztuczą a skórą</t>
   </si>
   <si>
     <t>101424</t>
   </si>
   <si>
     <t>Baldachim do kącika Marchewkowe pole</t>
   </si>
   <si>
     <t>Miękkie, bezpieczne kąciki zabaw to idealne miejsce do spędzania wolnego czasu. Radosna kolorystyka i ciekawe aplikacje sprawią, że kącik stanie się ulubionym miejscem zabaw wszystkich maluchów. Baldachimy do kącików narożnych wykonane z tkaniny Bardo (65% poliester, 35% bawełna), do zamocowania na ścianie - na każdym rogu umieszczono kółka z tkaniny kaletniczej, za pomocą których baldachim mocuje się do ściany (brak dodatkowych elementów mocujących w zestawie). Wskazana wysokość mocowania baldachimu to 170 cm. • dł. boku 200 cm • 2 rybki/pszczółki o wym. 10 x 15 cm na sznurkach o dł. 16 cmPod baldachimem można zaaranżować kącik sensoryczny: wykorzystując trójkątny basen z kulkami (101778, 101827, sprzedawany osobno) i kurtynę światłowodową (566006, sprzedawana osobno).</t>
   </si>
   <si>
     <t>101426</t>
   </si>
   <si>
     <t>Materac narożny do kącika Marchewkowe pole</t>
   </si>
   <si>
-    <t>Miękkie, bezpieczne kąciki zabaw to idealne miejsce do spędzania wolnego czasu. Radosna kolorystyka i ciekawe aplikacje sprawią, że kącik stanie się ulubionym miejscem zabaw wszystkich maluchów. Materace zostały wykonane z wytrzymałej pianki pokrytej trwałą tkaniną meditap, łatwą do utrzymania w czystości. Sensoryczne aplikacje uatrakcyjnią zabawę i pomogą dzieciom rozwijać percepcję dotykową. Wszystkie dodatkowe elementy są pokryte tkaniną bawełnianą. • wym. 135 x 135 x 50 cm • wys. materaca 15 cm • kółko wykonane z futerka o śr. 25 cm • 2 marchewki z natką, odpinane na rzep • wym. marchewki 25 x 50 cm • wym. natki 43 x 30 cm. Mata i oparcie nie są ze sobą połączone (brak rzepów); muszą opierać się o ścianę lub inny mebel, dlatego idealnie nadają się do ustawienia w rogu pokoju.</t>
+    <t>Miękkie, bezpieczne kąciki zabaw to idealne miejsce do spędzania wolnego czasu. Radosna kolorystyka i ciekawe aplikacje sprawią, że kącik stanie się ulubionym miejscem zabaw wszystkich maluchów. Materace zostały wykonane z wytrzymałej pianki pokrytej trwałą tkaniną, łatwą do utrzymania w czystości. Sensoryczne aplikacje uatrakcyjnią zabawę i pomogą dzieciom rozwijać percepcję dotykową. Wszystkie dodatkowe elementy są pokryte tkaniną bawełnianą. • wym. 135 x 135 x 50 cm • wys. materaca 15 cm • kółko wykonane z futerka o śr. 25 cm • 2 marchewki z natką, odpinane na rzep • wym. marchewki 25 x 50 cm • wym. natki 43 x 30 cm. Mata i oparcie nie są ze sobą połączone (brak rzepów); muszą opierać się o ścianę lub inny mebel, dlatego idealnie nadają się do ustawienia w rogu pokoju.</t>
   </si>
   <si>
     <t>099593</t>
   </si>
   <si>
     <t>Blat Quadro klon jasny okrągły, limonkowe obrzeże</t>
   </si>
   <si>
     <t>Blaty stołów wykonane z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego lub białej. Narożniki łagodnie zaokrąglone i wykończone kolorowym obrzeżem ABS o gr. 2 mm. Stoły dostępne z blatami w 4 kształtach: kwadratowym, prostokątnym, okrągłym i sześciokątnym i 10 kolorach: białym, szarym, limonkowym, żółtym, jasnoróżowym, beżowym, łososiowym, oliwkowym, musztardowym i klonie jasnym. Nogi w 8 kolorach (133357-133360, 133600-133611, sprzedawane osobno). • śr. 120 cm</t>
   </si>
   <si>
     <t>SET6283</t>
   </si>
   <si>
     <t>Quadro - zestaw 149, skrzynia klon jasny</t>
   </si>
   <si>
-    <t>092172 Quadro - szafka na dużą skrzynię, klon jasny 1 szt.092199 Półki do Quadro - 2 szt. 1 szt.092296 Quadro - skrzynia duża - limonkowa 1 szt.092171 Quadro - ławeczka na 3 małe skrzynie, klon jasny 1 szt.092088 Quadro - skrzynia mała - limonkowa 1 szt.092084 Quadro - skrzynia mała - biała 1 szt.092085 Quadro - skrzynia mała - szara 1 szt.092169 Quadro - ławeczka na skrzynie, klon jasny 1 szt.092291 Quadro - skrzynia duża - biała 1 szt.• wym. 275,2 x 41,5 x 86,8 cm• długość zestawu: 2,752 m</t>
+    <t>092172 Quadro - szafka na dużą skrzynię, klon jasny 1 szt.092199 Półki do Quadro - 2 szt. 1 szt.092296 Quadro - skrzynia duża - limonkowa 1 szt.092171 Quadro - ławeczka na 3 małe skrzynie, klon jasny 1 szt.092088 Quadro - skrzynia mała - limonkowa 1 szt.092084 Quadro - skrzynia mała - biała 1 szt.092085 Quadro - skrzynia mała - szara 1 szt.092169 Quadro - ławeczka na skrzynie, klon jasny 1 szt.092291 Quadro - skrzynia duża - biała 1 szt.• wym. 275.20 x 41.50 x 86.80 cm• długość zestawu: 2.75 m</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -241,51 +241,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4329cf8d2c2aea4fd85a7ed38e5ede461.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd5b650983f9c5f01bbec9fc63e2bce02.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d78e20c785dd69fed4a294a1900a8c1a3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3870fc0091bf2335fd83484cd92829cc4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108bba10876dcf81c93b28157621d73a5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da827690107a2ca6e1cdda1e54f594cb6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da0abdb772b8ad34c40ace851fbcea9b7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5845569b098a118a9f26eef77353cd68.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce0dae5b702eb8bd86131300d9d2501e9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f24986dce3c774f0a3bb3c794c2c9dd410.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/979f99f5dd16864819c9affb0e282d7d1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f828875723e10e72b5e47766711da82.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d0d18119b8aca58789627cefe65ba5a3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a7422cfcfb4aca9914f9d982e93c8254.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7376858d88432149a1032fb4f9fa72925.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1238154fb289955a68268a624a1305f6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06dcc2f1ea09b60376a1883eef36d75f7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2a8b2a94744134362eb9d714ceb2a518.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bab958a40e4c038db4fd84aedbd3318c9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee950bc00e8d146e219bd2702eab9a9510.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-ZLO-QU-0006" descr="Sala żłobkowa Quadro z Kącikiem Iris"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>