--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>WIZ-ZLO-QU-0006 Sala żłobkowa Quadro z Kącikiem Iris</t>
   </si>
   <si>
-    <t>z dnia 2025-11-26 12:19:11</t>
+    <t>z dnia 2026-01-11 07:14:49</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>519202</t>
   </si>
   <si>
     <t>Krzesełko do karmienia Paulo</t>
   </si>
@@ -101,51 +101,51 @@
   <si>
     <t>098303</t>
   </si>
   <si>
     <t>Kącik Iris</t>
   </si>
   <si>
     <t>Kącik zabaw dla najmłodszych ma dwa wejścia - schodki i trap, idealny dla raczkujących maluchów, w środku czekają atrakcje w postaci paneli sensorycznych. Wykonany z lakierowanej sklejki, drewna i płyty laminowanej. Podest pokryty wykładziną. Z przodu znajduje się okienko wykonane z pleksi. Konieczne kotwiczenie do podłoża. • wym. całkowite 220 x 286 x 120 cm• wys. podestu 35 cm • Sklejka lakierowana o grubości 19 mm - wysoka jakość i stabilność • Zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych! • Rama z litego drewna (buk, jesion), klejona • Elementy wykonane z kolorowej płyty MDF  • Fala: pokrycie piankowe  ze sztuczą a skórą</t>
   </si>
   <si>
     <t>101424</t>
   </si>
   <si>
     <t>Baldachim do kącika Marchewkowe pole</t>
   </si>
   <si>
     <t>Miękkie, bezpieczne kąciki zabaw to idealne miejsce do spędzania wolnego czasu. Radosna kolorystyka i ciekawe aplikacje sprawią, że kącik stanie się ulubionym miejscem zabaw wszystkich maluchów. Baldachimy do kącików narożnych wykonane z tkaniny Bardo (65% poliester, 35% bawełna), do zamocowania na ścianie - na każdym rogu umieszczono kółka z tkaniny kaletniczej, za pomocą których baldachim mocuje się do ściany (brak dodatkowych elementów mocujących w zestawie). Wskazana wysokość mocowania baldachimu to 170 cm. • dł. boku 200 cm • 2 rybki/pszczółki o wym. 10 x 15 cm na sznurkach o dł. 16 cmPod baldachimem można zaaranżować kącik sensoryczny: wykorzystując trójkątny basen z kulkami (101778, 101827, sprzedawany osobno) i kurtynę światłowodową (566006, sprzedawana osobno).</t>
   </si>
   <si>
     <t>101426</t>
   </si>
   <si>
     <t>Materac narożny do kącika Marchewkowe pole</t>
   </si>
   <si>
-    <t>Miękkie, bezpieczne kąciki zabaw to idealne miejsce do spędzania wolnego czasu. Radosna kolorystyka i ciekawe aplikacje sprawią, że kącik stanie się ulubionym miejscem zabaw wszystkich maluchów. Materace zostały wykonane z wytrzymałej pianki pokrytej trwałą tkaniną, łatwą do utrzymania w czystości. Sensoryczne aplikacje uatrakcyjnią zabawę i pomogą dzieciom rozwijać percepcję dotykową. Wszystkie dodatkowe elementy są pokryte tkaniną bawełnianą. • wym. 135 x 135 x 50 cm • wys. materaca 15 cm • kółko wykonane z futerka o śr. 25 cm • 2 marchewki z natką, odpinane na rzep • wym. marchewki 25 x 50 cm • wym. natki 43 x 30 cm. Mata i oparcie nie są ze sobą połączone (brak rzepów); muszą opierać się o ścianę lub inny mebel, dlatego idealnie nadają się do ustawienia w rogu pokoju.</t>
+    <t>Miękkie, bezpieczne kąciki zabaw to idealne miejsce do spędzania wolnego czasu. Radosna kolorystyka i ciekawe aplikacje sprawią, że kącik stanie się ulubionym miejscem zabaw wszystkich maluchów. Materace zostały wykonane z wytrzymałej pianki pokrytej trwałą tkaniną, łatwą do utrzymania w czystości. Sensoryczne aplikacje uatrakcyjnią zabawę i pomogą dzieciom rozwijać percepcję dotykową. Wszystkie dodatkowe elementy są pokryte tkaniną bawełnianą. • wym. 135 x 135 x 50 cm • wys. materaca 15 cm • kółko wykonane z futerka o śr. 25 cm • 2 marchewki z natką, odpinane na rzep • wym. marchewki 25 x 50 cm • wym. natki 43 x 30 cm. Mata i oparcie nie są ze sobą połączone (brak rzepów); muszą opierać się o ścianę lub inny mebel, dlatego idealnie nadają się do ustawienia w rogu pokoju.• wym. 135 x 135 x 50 cm</t>
   </si>
   <si>
     <t>099593</t>
   </si>
   <si>
     <t>Blat Quadro klon jasny okrągły, limonkowe obrzeże</t>
   </si>
   <si>
     <t>Blaty stołów wykonane z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego lub białej. Narożniki łagodnie zaokrąglone i wykończone kolorowym obrzeżem ABS o gr. 2 mm. Stoły dostępne z blatami w 4 kształtach: kwadratowym, prostokątnym, okrągłym i sześciokątnym i 10 kolorach: białym, szarym, limonkowym, żółtym, jasnoróżowym, beżowym, łososiowym, oliwkowym, musztardowym i klonie jasnym. Nogi w 8 kolorach (133357-133360, 133600-133611, sprzedawane osobno). • śr. 120 cm</t>
   </si>
   <si>
     <t>SET6283</t>
   </si>
   <si>
     <t>Quadro - zestaw 149, skrzynia klon jasny</t>
   </si>
   <si>
     <t>092172 Quadro - szafka na dużą skrzynię, klon jasny 1 szt.092199 Półki do Quadro - 2 szt. 1 szt.092296 Quadro - skrzynia duża - limonkowa 1 szt.092171 Quadro - ławeczka na 3 małe skrzynie, klon jasny 1 szt.092088 Quadro - skrzynia mała - limonkowa 1 szt.092084 Quadro - skrzynia mała - biała 1 szt.092085 Quadro - skrzynia mała - szara 1 szt.092169 Quadro - ławeczka na skrzynie, klon jasny 1 szt.092291 Quadro - skrzynia duża - biała 1 szt.• wym. 275.20 x 41.50 x 86.80 cm• długość zestawu: 2.75 m</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
@@ -241,51 +241,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/979f99f5dd16864819c9affb0e282d7d1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f828875723e10e72b5e47766711da82.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d0d18119b8aca58789627cefe65ba5a3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a7422cfcfb4aca9914f9d982e93c8254.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7376858d88432149a1032fb4f9fa72925.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1238154fb289955a68268a624a1305f6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06dcc2f1ea09b60376a1883eef36d75f7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2a8b2a94744134362eb9d714ceb2a518.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bab958a40e4c038db4fd84aedbd3318c9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee950bc00e8d146e219bd2702eab9a9510.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04d69cd8e14190c7defd5216630e712f1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0eefc19e4ac24f33b68bba162d97ccc2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/147e6f79a891bea0dcaf86d294d19e583.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7550a0509ca54e71aed3d19e9daefbe94.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4788f2b33ac2573452cc3ab101685315.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffada835c3a25a2636dc2c968aef79776.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22fe852d36c0261ea7a9335fdf7a3e8d7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52746c0c631729bed7cdd980171c74048.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2f061e919e9177d4129a302515d8abe9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/423d8664c607480eca52579b6125909d10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-ZLO-QU-0006" descr="Sala żłobkowa Quadro z Kącikiem Iris"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>