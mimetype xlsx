--- v0 (2025-10-20)
+++ v1 (2025-12-04)
@@ -20,228 +20,203 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>WIZ-SZK-MB-0037 Zielona Pracownia 4</t>
   </si>
   <si>
-    <t>z dnia 2025-10-20 14:27:36</t>
+    <t>z dnia 2025-12-04 18:45:45</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>256074</t>
   </si>
   <si>
     <t>Krzesło Colores rozm. 5 turkusowe, stelaż aluminium</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż w kolorze srebrnym został wykonany z rury okrągłej o śr. 18 mm w rozmiarach 1-4 i 22 mm w rozmiarach 5-6. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka, a szeroko rozstawione tylne nogi zapewniają wysoką stabilność. Krzesło jest odporne na zabrudzenia i wilgoć, a powierzchnia siedziska moletowana, odporna na zarysowania, antypoślizgowa. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Otwór w oparciu stanowi wygodny uchwyt wykorzystywany w czasie przemieszczania. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • dostępne w rozmiarach 1-6 • 6 kolorów </t>
   </si>
   <si>
     <t>585038-0VAT</t>
   </si>
   <si>
     <t>Monitor interaktywny insGraf DIGITAL EduSpace 75</t>
   </si>
   <si>
     <t xml:space="preserve">
 Monitor ze stawką VAT 0% dla placówek oświatowych.
 Przy zakupie wymagane jest przesłanie wypełnionego i podpisanego przez organ nadzorujący Zaświadczenia.
  Wzór Zaświadczenia &gt;&gt;
  Przykład wypełnionego Zaświadczenia &gt;&gt;
-insGraf Digital EDUSpace – era innowacyjnej edukacji cyfrowej
-insGraf Digital EDUSpace to najnowocześniejszy monitor interaktywny zaprojektowany specjalnie z myślą o placówkach edukacyjnych i cyfrowej transformacji szkoły. Łączy w sobie zaawansowane technologie, łatwość obsługi i funkcjonalności, które wspierają zarówno nauczycieli, jak i uczniów. Wyposażony w system operacyjny Android 14 z certyfikatem Google EDLA (Enterprise Device Licensing Agreement), zapewnia pełną integrację z ekosystemem Google, oferując dostęp do Google for Education oraz sklepu Google Play. To innowacyjne rozwiązanie gwarantuje szkołom nieograniczone możliwości edukacyjne oraz najwyższy poziom bezpieczeństwa.
+insGraf DIGITAL EDUSpace – era innowacyjnej edukacji cyfrowej
+insGraf DIGITAL EDUSpace to najnowocześniejszy monitor interaktywny zaprojektowany specjalnie z myślą o placówkach edukacyjnych i cyfrowej transformacji szkoły. Łączy w sobie zaawansowane technologie, łatwość obsługi i funkcjonalności, które wspierają zarówno nauczycieli, jak i uczniów. Wyposażony w system operacyjny Android 14 z certyfikatem Google EDLA (Enterprise Device Licensing Agreement), zapewnia pełną integrację z ekosystemem Google, oferując dostęp do Google for Education oraz sklepu Google Play. To innowacyjne rozwiązanie gwarantuje szkołom nieograniczone możliwości edukacyjne oraz najwyższy poziom bezpieczeństwa.
 Co daje certyfikat Google EDLA? Certyfikat EDLA to potwierdzenie zgodności urządzenia z rygorystycznymi standardami Google, dzięki czemu monitor jest w pełni bezpieczny, wydajny i kompatybilny. EDLA umożliwia regularne aktualizacje systemu, zapewniając jego stabilność i nowoczesność. Dzięki integracji z Google Play nauczyciele mogą korzystać z tysięcy aplikacji edukacyjnych, takich jak narzędzia do nauki matematyki, języków obcych czy programowania, które wzbogacają lekcje o interaktywne treści. Ponadto pełna integracja z Google Workspace for Education (Classroom, Meet, Drive, Docs) usprawnia współpracę i organizację pracy zarówno w klasie, jak i w trybie zdalnym.
 Najważniejsze nowości i zalety:
 1. System Android 14 z certyfikatem Google EDLA:
 	Pełna integracja z Google Workspace for Education.
 	Nieograniczony dostęp do sklepu Google Play.
 	Regularne aktualizacje i zgodność z najnowszymi technologiami.
 2. Generatywna sztuczna inteligencja Google Gemini:
 	Pomoc w tworzeniu materiałów dydaktycznych.
 	Zaawansowany asystent wspierający nauczyciela i ucznia w procesie edukacji
 	Źródło inspiracji, zwiększenie produktywności, zaangażowanie ucznia w proces uczenia.
 3. Ułatwienia dostępu – nauka bez barier:
-Monitor Insgraf Digital EDUSpace został wyposażony w skróty ułatwień dostępu, które zostały stworzone z myślą o uczniach ze specjalnymi potrzebami edukacyjnymi (SPE), wszystko dostępne wprost na ekranie w pasku ułatwień dostępu:
+Monitor Insgraf DIGITAL EDUSpace został wyposażony w skróty ułatwień dostępu, które zostały stworzone z myślą o uczniach ze specjalnymi potrzebami edukacyjnymi (SPE), wszystko dostępne wprost na ekranie w pasku ułatwień dostępu:
 	Powiększanie tekstu – umożliwia lepsze zrozumienie treści osobom z problemami ze wzrokiem.
 	Odwrócenie kolorów – ułatwia korzystanie z urządzenia uczniom z dysfunkcją wzroku lub trudnościami w odróżnianiu kolorów.
 	Duży wskaźnik – poprawia widoczność kursora, wspierając uczniów z trudnościami w koordynacji ruchowej.
 	Czytanie zawartości ekranu – funkcja lektora pomaga osobom niewidomym lub z dysleksją w przyswajaniu treści
 Te rozwiązania sprawiają, że monitor jest w pełni dostosowany do potrzeb uczniów z specjalnymi potrzebami edukacyjnymi (SPE) wspierając integrację i równe szanse w edukacji.
 4. Moduł NFC – szybkie i bezpieczne logowanie. Dzięki tej technologii nauczyciele mogą błyskawicznie uzyskać dostęp do swoich kont, eliminując konieczność wpisywania haseł. To rozwiązanie zwiększa wygodę oraz chroni przed nieautoryzowanym dostępem.
 5. Zewnętrzna kamera AI:
 	Tryb panoramiczny
 	Lokalizowanie uczestników i automatyczne kadrowanie
 	Lokalizacja dźwięku
 Kamera do zakupienia osobno (585040).
 6. Teraz 50 punktów dotyku, umożliwiających jednoczesną pracę wielu osób
 7. Bezprzewodowa komunikacja z EShare Pro:
 	Wbudowane oprogramowanie EShare PRO w cenie monitora.
 	Bezprzewodowe przesyłanie treści z urządzeń uczniów i nauczycieli.
 	Wsparcie dla współpracy między różnymi platformami.
 8. Niezależne dzielenie ekranu:
-Choć funkcja podziału ekranu pojawiała się już w niektórych monitorach, insGraf Digital EDUSpace wyróżnia się płynnością działania i pełną swobodą w wyborze aplikacji, co czyni go wyjątkowo przydatnym w edukacji.
+Choć funkcja podziału ekranu pojawiała się już w niektórych monitorach, insGraf DIGITAL EDUSpace wyróżnia się płynnością działania i pełną swobodą w wyborze aplikacji, co czyni go wyjątkowo przydatnym w edukacji.
 	Podział ekranu na dwie części
 	Jednoczesne uruchamianie dowolnych aplikacji
 	Regulowana szerokość podzielonych części
 Nowe funkcje Whiteboard – jeszcze więcej możliwości w nauczaniu
 Zaawansowana aplikacja Whiteboard wprowadza innowacyjne funkcje, które sprawdzą się zarówno podczas lekcji matematyki, muzyki, jak i innych przedmiotów:
 	Rozpoznawanie pisma ręcznego – automatyczne konwertowanie ręcznie napisanych notatek na tekst cyfrowy.
 	Diagramy i mapy myśli – narzędzia wspierające wizualne przedstawianie informacji i organizację pracy - tworzenie diagramów i map myśli .
-Dlaczego warto wybrać insGraf Digital EDUSpace?
-[...2 lines deleted...]
-Google EDLA (Enterprise Device Licensing Agreement) to certyfikat, który gwarantuje, że urządzenie spełnia najwyższe standardy Google w zakresie bezpieczeństwa, wydajności i kompatybilności. Certyfikowane monitory, takie jak insGraf Digital EDUSpace, zapewniają pełen dostęp do Google Workspace for Education, umożliwiając korzystanie z takich narzędzi jak Google Classroom, Google Meet, Docs, Sheets czy Slides. Dzięki temu nauczyciele mogą z łatwością planować lekcje, prowadzić wideokonferencje, zarządzać zadaniami domowymi i monitorować postępy uczniów w jednym, spójnym ekosystemie. Certyfikat EDLA oznacza również regularne aktualizacje oprogramowania, zapewniające ciągłe wsparcie dla nowych funkcji i ochronę przed zagrożeniami cybernetycznymi. Google Workspace for Education to nie tylko narzędzia organizacyjne, ale również platforma wspierająca kreatywność i współpracę, co pozwala uczniom rozwijać umiejętności XXI wieku, takie jak komunikacja, krytyczne myślenie i współpraca w grupie.
+Dlaczego warto wybrać insGraf DIGITAL EDUSpace?
+Monitor insGraf DIGITAL EDUSpace to idealne rozwiązanie dla nowoczesnych szkół, które chcą wprowadzić edukację na wyższy poziom. Dzięki zaawansowanym funkcjom, integracji z Google Workspace i wsparciu generatywnej sztucznej inteligencji, monitor zapewnia nauczycielom więcej możliwości, oszczędzając czas i angażując uczniów w aktywne uczestnictwo w lekcjach.
+Postaw na insGraf DIGITAL EDUSpace i odkryj nowy wymiar edukacji!
+Google EDLA (Enterprise Device Licensing Agreement) to certyfikat, który gwarantuje, że urządzenie spełnia najwyższe standardy Google w zakresie bezpieczeństwa, wydajności i kompatybilności. Certyfikowane monitory, takie jak insGraf DIGITAL EDUSpace, zapewniają pełen dostęp do Google Workspace for Education, umożliwiając korzystanie z takich narzędzi jak Google Classroom, Google Meet, Docs, Sheets czy Slides. Dzięki temu nauczyciele mogą z łatwością planować lekcje, prowadzić wideokonferencje, zarządzać zadaniami domowymi i monitorować postępy uczniów w jednym, spójnym ekosystemie. Certyfikat EDLA oznacza również regularne aktualizacje oprogramowania, zapewniające ciągłe wsparcie dla nowych funkcji i ochronę przed zagrożeniami cybernetycznymi. Google Workspace for Education to nie tylko narzędzia organizacyjne, ale również platforma wspierająca kreatywność i współpracę, co pozwala uczniom rozwijać umiejętności XXI wieku, takie jak komunikacja, krytyczne myślenie i współpraca w grupie.
 SPECYFIKACJA TECHNICZNA:
 Przekątna obrazu: 75"
 Wymiary: 170,5 x 102,6 x 11 cm
 Waga: 51 kg
 Matryca: VA
 Podświetlenie: DLED
 Żywotność matrycy: 50 000h
 Technologia matrycy: Zero bonding
 Twardość szkła: 9h
 Grubość szkła: 3,2mm
 Rozdzielczość: 3840x2160 pixel (4k)
 Współczynnik proporcji: 16:9
 Jasność świecenia: 450 cd/m²
 Kontrast: 5500:1
 HDR: HDR 10
 Kolory wyświetlacza: 8 bitów + FRC
 Czujnik światła otoczenia: Tak
 Czas rekcji wyświetlacza: 6,5 ms
 Kąt widzenia H/V: 178°/178°
 Czujnik dotyku: podczerwień
 Punkty dotyku: 50 punktów
 Narzędzia do pisania: pisak, palec, dłoń
 Pisanie 2 kolory: Tak - dwa pisaki
 Dokładność pisania: &lt; 1 mm (ponad 90% pow.)
 Wysokość odczytu pisak: 1,5 mm
 Czas reakcji pisania: 3,3 ms
 Pamięć ram: 8GB
 Procesor: CORTEX A72x4 A53x4
 Chipset: RK3576
 Pojemność dysku: 256GB
 System operacyjny: ANDROID 14 + Certyfikat Google EDLA
 Slot OPS: Tak (12 x 18 x 3 cm)
 WIFI: Tak / 6
 Bluetooth: Tak/ BT 5.2
 ZŁĄCZA PORTY
-Przedni panel:
-[...20 lines deleted...]
-	Wyjście sieciowe LAN RJ45/8P8C x 1
+Przedni panel: • HDMI 2.0 x 1 • USB (dotykowe) x 1 • USB 3.0 x 2 • Wejście mikrofonu x 1 • USB Typ C x 1 - do 5V/3A 65W
+Panel tylny: • USB3.0 (dotykowy) x 1 • USB Typ C x 1 • Wejście HDMI 1/2 x 2 • Wyjście HDMI x 1 • DP x 1 • USB 3.0 x2 • USB 2.0 (Android) x 1 • RS-232 x 1 • słuchawki x 1 • wyjście SPDIF x 1 • audio-VGA x 1 • VGA x 1 • gniazdo OPS x 1 (4K przy 60 Hz) • Wejście sieciowe LAN RJ45/8P8C x 1 • Wyjście sieciowe LAN RJ45/8P8C x 1
 Obsługa HDCP (Cyfrowa ochrona treści przed kopiowanie)
 Głośniki: przód 2 x 20 W
 Mikrofon: Tak (8 macierzy, 10m, nagrywanie, redukcja pogłosu)
 Podział ekranu: Tak/dowolne 2 aplikacje - nowość
 Udostępnianie ekranu: Tak
 Obsługiwane pliki: Full
 Wbudowany pakiet OFFICE: Tak
 Obsługiwane pliki video: Full
 FUNKCJE TABLICY
 Pisanie - rysik, palec dłoń: Tak
 Wysokość pisania: 1,5 mm
 Czas reakcji (pisanie): ≤ 3,3 ms
 Funkcja Painting
 Funkcje rozpoznawania i zamiana pisania i figur geometrycznych: Tak
 Autokształty: Tak
 Funkcja notatki: Tak
 Gadżety: stoper, minutnik spotlight
 Przybory geometryczne: TAK - linijka, ekierka, kątomierz
 Podział tablicy: Tak
 Zapis aktywnej tablicy: Tak
 YOUTUBE w Tablicy: Tak
 Własne Wideo w Tablicy: Tak
 Wyszukiwanie obrazów: Tak
+Powierzchnia ekranu monitora jest matowa, antyodblaskowa.
 Zawartość:
 	pilot, 1 szt.
 	pisak, 2 szt.
 	przewód zasilający 3m, 1 szt.
 	przewód USB-C 65W dł - 2m, 1 szt.
 	przewód USB 2.0 A-B -3M, 1 szt.
 	przewód HDMI 2.0 dł - 3m, 1 szt.
-Zawartość:
-[...5 lines deleted...]
-# przewód HDMI 2.0 dł - 3m, 1 szt.</t>
+Zawartość:# pilot, 1 szt.# pisak, 2 szt.# przewód zasilający 3 m, 1 szt.# przewód USB-C 65W dł – 2 m, 1 szt.# przewód USB 2.0 A-B – 3 m, 1 szt.# przewód HDMI 2.0 dł – 3 m, 1 szt.Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>099751W</t>
   </si>
   <si>
     <t>Biurko Grande, białe</t>
   </si>
   <si>
     <t>Proste biurka uzupełniające kolekcję meblową Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Wyposażone w 4 szuflady (w górnej szufladzie zamek). • wym. 140 x 80 x 76,6 cm</t>
   </si>
   <si>
     <t>548100</t>
   </si>
   <si>
     <t>Krzesło obrotowe szaro-czarne</t>
   </si>
   <si>
     <t>Wyposażone w wysokie, ergonomicznie wyprofilowane oparcie, zapewniające optymalne wsparcie dla kręgosłupa. Regulowana wysokość. Krzesło na kółkach. Materiał: 100% włókno syntetyczne. • śr. 63 cm • wym. siedziska 50 x 48 cm • wys. siedziska 51-57 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
@@ -337,51 +312,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a80de6200ff2597d182003e70a6b56a1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/870e4d152fe1f59f43afb81170decb8b2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02bbd9660fec5a10650425ff744d48943.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8cfce51f52e7547405c407a5af97aa24.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad8a953fc9ccb87eed447e22a8b884225.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecb9d1954797045aefec122511961e291.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/460103019b57d5a770ccf683df8037a82.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9714c80ec6b07e729207c132d6b298ff3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/731cd638e7a6f2b097bf1e76c2b781e04.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/574da6313b24a3c65a05a2b58f1746e15.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0037" descr="Zielona Pracownia 4"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>