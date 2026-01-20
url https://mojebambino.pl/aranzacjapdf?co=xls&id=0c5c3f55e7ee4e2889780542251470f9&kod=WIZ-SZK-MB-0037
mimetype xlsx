--- v1 (2025-12-04)
+++ v2 (2026-01-20)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>WIZ-SZK-MB-0037 Zielona Pracownia 4</t>
   </si>
   <si>
-    <t>z dnia 2025-12-04 18:45:45</t>
+    <t>z dnia 2026-01-20 14:25:01</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>256074</t>
   </si>
   <si>
     <t>Krzesło Colores rozm. 5 turkusowe, stelaż aluminium</t>
   </si>
@@ -105,118 +105,123 @@
 4. Moduł NFC – szybkie i bezpieczne logowanie. Dzięki tej technologii nauczyciele mogą błyskawicznie uzyskać dostęp do swoich kont, eliminując konieczność wpisywania haseł. To rozwiązanie zwiększa wygodę oraz chroni przed nieautoryzowanym dostępem.
 5. Zewnętrzna kamera AI:
 	Tryb panoramiczny
 	Lokalizowanie uczestników i automatyczne kadrowanie
 	Lokalizacja dźwięku
 Kamera do zakupienia osobno (585040).
 6. Teraz 50 punktów dotyku, umożliwiających jednoczesną pracę wielu osób
 7. Bezprzewodowa komunikacja z EShare Pro:
 	Wbudowane oprogramowanie EShare PRO w cenie monitora.
 	Bezprzewodowe przesyłanie treści z urządzeń uczniów i nauczycieli.
 	Wsparcie dla współpracy między różnymi platformami.
 8. Niezależne dzielenie ekranu:
 Choć funkcja podziału ekranu pojawiała się już w niektórych monitorach, insGraf DIGITAL EDUSpace wyróżnia się płynnością działania i pełną swobodą w wyborze aplikacji, co czyni go wyjątkowo przydatnym w edukacji.
 	Podział ekranu na dwie części
 	Jednoczesne uruchamianie dowolnych aplikacji
 	Regulowana szerokość podzielonych części
 Nowe funkcje Whiteboard – jeszcze więcej możliwości w nauczaniu
 Zaawansowana aplikacja Whiteboard wprowadza innowacyjne funkcje, które sprawdzą się zarówno podczas lekcji matematyki, muzyki, jak i innych przedmiotów:
 	Rozpoznawanie pisma ręcznego – automatyczne konwertowanie ręcznie napisanych notatek na tekst cyfrowy.
 	Diagramy i mapy myśli – narzędzia wspierające wizualne przedstawianie informacji i organizację pracy - tworzenie diagramów i map myśli .
 Dlaczego warto wybrać insGraf DIGITAL EDUSpace?
 Monitor insGraf DIGITAL EDUSpace to idealne rozwiązanie dla nowoczesnych szkół, które chcą wprowadzić edukację na wyższy poziom. Dzięki zaawansowanym funkcjom, integracji z Google Workspace i wsparciu generatywnej sztucznej inteligencji, monitor zapewnia nauczycielom więcej możliwości, oszczędzając czas i angażując uczniów w aktywne uczestnictwo w lekcjach.
 Postaw na insGraf DIGITAL EDUSpace i odkryj nowy wymiar edukacji!
 Google EDLA (Enterprise Device Licensing Agreement) to certyfikat, który gwarantuje, że urządzenie spełnia najwyższe standardy Google w zakresie bezpieczeństwa, wydajności i kompatybilności. Certyfikowane monitory, takie jak insGraf DIGITAL EDUSpace, zapewniają pełen dostęp do Google Workspace for Education, umożliwiając korzystanie z takich narzędzi jak Google Classroom, Google Meet, Docs, Sheets czy Slides. Dzięki temu nauczyciele mogą z łatwością planować lekcje, prowadzić wideokonferencje, zarządzać zadaniami domowymi i monitorować postępy uczniów w jednym, spójnym ekosystemie. Certyfikat EDLA oznacza również regularne aktualizacje oprogramowania, zapewniające ciągłe wsparcie dla nowych funkcji i ochronę przed zagrożeniami cybernetycznymi. Google Workspace for Education to nie tylko narzędzia organizacyjne, ale również platforma wspierająca kreatywność i współpracę, co pozwala uczniom rozwijać umiejętności XXI wieku, takie jak komunikacja, krytyczne myślenie i współpraca w grupie.
 SPECYFIKACJA TECHNICZNA:
-Przekątna obrazu: 75"
+Przekątna obrazu: 75\"
 Wymiary: 170,5 x 102,6 x 11 cm
 Waga: 51 kg
 Matryca: VA
 Podświetlenie: DLED
 Żywotność matrycy: 50 000h
 Technologia matrycy: Zero bonding
 Twardość szkła: 9h
 Grubość szkła: 3,2mm
 Rozdzielczość: 3840x2160 pixel (4k)
 Współczynnik proporcji: 16:9
 Jasność świecenia: 450 cd/m²
 Kontrast: 5500:1
 HDR: HDR 10
 Kolory wyświetlacza: 8 bitów + FRC
 Czujnik światła otoczenia: Tak
 Czas rekcji wyświetlacza: 6,5 ms
 Kąt widzenia H/V: 178°/178°
 Czujnik dotyku: podczerwień
 Punkty dotyku: 50 punktów
 Narzędzia do pisania: pisak, palec, dłoń
 Pisanie 2 kolory: Tak - dwa pisaki
 Dokładność pisania: &lt; 1 mm (ponad 90% pow.)
 Wysokość odczytu pisak: 1,5 mm
 Czas reakcji pisania: 3,3 ms
 Pamięć ram: 8GB
 Procesor: CORTEX A72x4 A53x4
 Chipset: RK3576
 Pojemność dysku: 256GB
 System operacyjny: ANDROID 14 + Certyfikat Google EDLA
 Slot OPS: Tak (12 x 18 x 3 cm)
 WIFI: Tak / 6
 Bluetooth: Tak/ BT 5.2
 ZŁĄCZA PORTY
 Przedni panel: • HDMI 2.0 x 1 • USB (dotykowe) x 1 • USB 3.0 x 2 • Wejście mikrofonu x 1 • USB Typ C x 1 - do 5V/3A 65W
 Panel tylny: • USB3.0 (dotykowy) x 1 • USB Typ C x 1 • Wejście HDMI 1/2 x 2 • Wyjście HDMI x 1 • DP x 1 • USB 3.0 x2 • USB 2.0 (Android) x 1 • RS-232 x 1 • słuchawki x 1 • wyjście SPDIF x 1 • audio-VGA x 1 • VGA x 1 • gniazdo OPS x 1 (4K przy 60 Hz) • Wejście sieciowe LAN RJ45/8P8C x 1 • Wyjście sieciowe LAN RJ45/8P8C x 1
 Obsługa HDCP (Cyfrowa ochrona treści przed kopiowanie)
 Głośniki: przód 2 x 20 W
 Mikrofon: Tak (8 macierzy, 10m, nagrywanie, redukcja pogłosu)
 Podział ekranu: Tak/dowolne 2 aplikacje - nowość
 Udostępnianie ekranu: Tak
 Obsługiwane pliki: Full
 Wbudowany pakiet OFFICE: Tak
 Obsługiwane pliki video: Full
 FUNKCJE TABLICY
 Pisanie - rysik, palec dłoń: Tak
 Wysokość pisania: 1,5 mm
 Czas reakcji (pisanie): ≤ 3,3 ms
-Funkcja Painting
 Funkcje rozpoznawania i zamiana pisania i figur geometrycznych: Tak
 Autokształty: Tak
 Funkcja notatki: Tak
 Gadżety: stoper, minutnik spotlight
 Przybory geometryczne: TAK - linijka, ekierka, kątomierz
 Podział tablicy: Tak
 Zapis aktywnej tablicy: Tak
 YOUTUBE w Tablicy: Tak
 Własne Wideo w Tablicy: Tak
 Wyszukiwanie obrazów: Tak
 Powierzchnia ekranu monitora jest matowa, antyodblaskowa.
 Zawartość:
 	pilot, 1 szt.
 	pisak, 2 szt.
 	przewód zasilający 3m, 1 szt.
 	przewód USB-C 65W dł - 2m, 1 szt.
 	przewód USB 2.0 A-B -3M, 1 szt.
 	przewód HDMI 2.0 dł - 3m, 1 szt.
-Zawartość:# pilot, 1 szt.# pisak, 2 szt.# przewód zasilający 3 m, 1 szt.# przewód USB-C 65W dł – 2 m, 1 szt.# przewód USB 2.0 A-B – 3 m, 1 szt.# przewód HDMI 2.0 dł – 3 m, 1 szt.Specyfikacja urządzenia:</t>
+Zawartość:
+• pilot, 1 szt.
+• pisak, 2 szt.
+• przewód zasilający 3 m, 1 szt.
+• przewód USB-C 65W dł – 2 m, 1 szt.
+• przewód USB 2.0 A-B – 3 m, 1 szt.
+• przewód HDMI 2.0 dł – 3 m, 1 szt.</t>
   </si>
   <si>
     <t>099751W</t>
   </si>
   <si>
     <t>Biurko Grande, białe</t>
   </si>
   <si>
     <t>Proste biurka uzupełniające kolekcję meblową Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Wyposażone w 4 szuflady (w górnej szufladzie zamek). • wym. 140 x 80 x 76,6 cm</t>
   </si>
   <si>
     <t>548100</t>
   </si>
   <si>
     <t>Krzesło obrotowe szaro-czarne</t>
   </si>
   <si>
     <t>Wyposażone w wysokie, ergonomicznie wyprofilowane oparcie, zapewniające optymalne wsparcie dla kręgosłupa. Regulowana wysokość. Krzesło na kółkach. Materiał: 100% włókno syntetyczne. • śr. 63 cm • wym. siedziska 50 x 48 cm • wys. siedziska 51-57 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
@@ -312,51 +317,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecb9d1954797045aefec122511961e291.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/460103019b57d5a770ccf683df8037a82.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9714c80ec6b07e729207c132d6b298ff3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/731cd638e7a6f2b097bf1e76c2b781e04.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/574da6313b24a3c65a05a2b58f1746e15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e9ec4172fdefd1935d3730777fb5261.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d0817eedb105ee52c5c17125f46ec772.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a45e88889b51a4f31e621ca762f9af03.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c06c463c1faf6607eba368f412c8e1284.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebda41861954759d4b41289234f1dc245.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0037" descr="Zielona Pracownia 4"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>