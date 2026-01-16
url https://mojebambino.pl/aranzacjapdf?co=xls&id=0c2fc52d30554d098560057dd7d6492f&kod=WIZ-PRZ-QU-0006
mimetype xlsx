--- v0 (2025-10-02)
+++ v1 (2026-01-16)
@@ -15,296 +15,298 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t xml:space="preserve">WIZ-PRZ-QU-0006 Sala przedszkolna Quadro z zestawem Flora </t>
   </si>
   <si>
-    <t>z dnia 2025-10-03 01:12:07</t>
+    <t>z dnia 2026-01-16 17:29:21</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>096978</t>
   </si>
   <si>
     <t>Regał ścienny drzewko</t>
   </si>
   <si>
     <t>Regał w kształcie drzewa z ozdobnymi listkami, wykonany ze sklejki. Wyposażony w 3 półki na książki, pomoce i zabawki. • wym. 100,5 x 27,6 x 156,5 cmZastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!</t>
   </si>
   <si>
     <t>101862</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. ciemnoszare</t>
   </si>
   <si>
-    <t>Poduszki wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
+    <t>Poduszki wykonane z trwałej tkaniny, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
   </si>
   <si>
     <t>094033S</t>
   </si>
   <si>
     <t>Quadro - szafka Flora XL z 3 półkami i drzwiami, 90 st., cichy domyk – klon jasny</t>
   </si>
   <si>
-    <t>Funkcjonalne szafki z unikalnymi frontami. Kolorowe, przyjazne dzieciom aplikacje tworzą inspirujące, a zarazem stonowane środowisko, zachęcając do nauki i zabawy. Można skompletować cały zestaw z roślinnym motywem lub kupić pojedyncze sztuki. Wykonane są z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego, fronty z płyty o gr. 18 mm. • wym. 79,2 x 41,5 x 161,6 cm• wym. 79,2 x 41,5 x 161,6 cm</t>
+    <t>Funkcjonalne szafki z unikalnymi frontami. Można skompletować cały zestaw z roślinnym motywem lub kupić pojedyncze sztuki. Wykonane są z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego, fronty z płyty o gr. 18 mm. • wym. 79,20 x 41,50 x 161,60 cm</t>
   </si>
   <si>
     <t>842185</t>
   </si>
   <si>
     <t>Aplikacja - jeżyk i trawka</t>
   </si>
   <si>
     <t>Kolorowe aplikacje do zamontowania na ścianie wykonane z płyty HDF i filcu. Aplikacja przyklejana na taśmę (sprzedawana osobno) lub do samodzielnego wykonania otworów w aplikacji i montowania na ścianie (elementy montażowe w zestawie).• wym. 71 cm x 35 cm</t>
   </si>
   <si>
     <t>101834</t>
   </si>
   <si>
     <t>Gruszka duża grafitowo-niebiesko-zielona - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną meditap bez ftalanów, którą łatwo utrzymać w czystości. • waga 5,8 kg • śr. 90 cm • wys. 70 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny - klasa I</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 5,8 kg • śr. 90 cm • wys. 70 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 90 cm• wym. 70 cm• wyrób medyczny - klasa I</t>
   </si>
   <si>
     <t>842189</t>
   </si>
   <si>
     <t>Aplikacja - ptaszek</t>
   </si>
   <si>
     <t>Kolorowe aplikacje do zamontowania na ścianie wykonane z płyty HDF i filcu. Aplikacja przyklejana na taśmę (sprzedawana osobno) lub do samodzielnego wykonania otworów w aplikacji i montowania na ścianie (elementy montażowe w zestawie).• wym. 31 cm x 17 cm</t>
   </si>
   <si>
     <t>842191</t>
   </si>
   <si>
     <t>Aplikacja - trawa</t>
   </si>
   <si>
     <t>Kolorowe aplikacje do zamontowania na ścianie wykonane z płyty HDF i filcu. • wym. 38 cm x 24 cm</t>
   </si>
   <si>
     <t>842126</t>
   </si>
   <si>
     <t>Panel okrągły wyciszający - zielony</t>
   </si>
   <si>
-    <t xml:space="preserve">Okrągłe, dekoracyjne panele wyciszające, do podwieszenia z sufitu, pozwalają dziecku łatwiej skoncentrować się na zadaniu, dzięki ograniczeniu ilości docierających bodźców słuchowych. Ciekawa propozycja dla dzieci z trudnościami w koncentracji i utrzymaniu uwagi czy zaburzeniami przetwarzania słuchowego, odpowiednia również do zastosowania w przypadku dzieci bez zaburzeń podczas pracy indywidualnej. Panele wykonane z flokowanej pianki poliuretanowej. Dostępne w 2 kolorach (jasnoszary i zielony). • śr. 70,5 cm • gr. 10,5 cm. </t>
+    <t>Okrągłe, dekoracyjne panele wyciszające, do podwieszenia z sufitu, pozwalają dziecku łatwiej skoncentrować się na zadaniu, dzięki ograniczeniu ilości docierających bodźców słuchowych. Ciekawa propozycja dla dzieci z trudnościami w koncentracji i utrzymaniu uwagi czy zaburzeniami przetwarzania słuchowego, odpowiednia również do zastosowania w przypadku dzieci bez zaburzeń podczas pracy indywidualnej. Panele wykonane z flokowanej pianki poliuretanowej. Dostępne w 2 kolorach (jasnoszary i zielony). • śr. 70,5 cm • gr. 10,5 cm • regulacja wysokości od 40 do 100 cm</t>
   </si>
   <si>
     <t>092146</t>
   </si>
   <si>
-    <t>Quadro - szafka słupek L z 2 półkami, klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafkę można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno). W szafce nie ma możliwości zamontowania szuflad ani dodatkowych półek. Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 41,8 x 41,5 x 124,2 cm</t>
+    <t>Quadro – szafka słupek L z 2 półkami, klon jasny</t>
+  </si>
+  <si>
+    <t>Szafkę można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno). W szafce nie ma możliwości zamontowania szuflad ani dodatkowych półek. Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 41,80 x 41,50 x 124,20 cm</t>
   </si>
   <si>
     <t>094036S</t>
   </si>
   <si>
-    <t>Quadro - szafka asymetryczna Flora M z drzwiami, 90 st., cichy domyk – klon jasny</t>
-[...2 lines deleted...]
-    <t>Funkcjonalne szafki z unikalnymi frontami. Kolorowe, przyjazne dzieciom aplikacje tworzą inspirujące, a zarazem stonowane środowisko, zachęcając do nauki i zabawy. Można skompletować cały zestaw z roślinnym motywem lub kupić pojedyncze sztuki. Wykonane są z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego, fronty z płyty o gr. 18 mm. • wym. 116,6 x 41,5 x 86,8 cm• wym. 116,8 x 41,5 x 86,8 cm</t>
+    <t>Quadro – szafka asymetryczna Flora M z drzwiami, 90 st., cichy domyk – klon jasny</t>
+  </si>
+  <si>
+    <t>Funkcjonalne szafki z unikalnymi frontami. Można skompletować cały zestaw z roślinnym motywem lub kupić pojedyncze sztuki. Wykonane są z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego, fronty z płyty o gr. 18 mm. • wym. 116,80 x 41,50 x 86,80 cm</t>
   </si>
   <si>
     <t>842192</t>
   </si>
   <si>
     <t>Aplikacja - sarenka</t>
   </si>
   <si>
     <t>Kolorowe aplikacje do zamontowania na ścianie wykonane z płyty HDF i filcu. Aplikacja przyklejana na taśmę (sprzedawana osobno) lub do samodzielnego wykonania otworów w aplikacji i montowania na ścianie (elementy montażowe w zestawie).• wym. 52 cm x 75 cm</t>
   </si>
   <si>
     <t>101717</t>
   </si>
   <si>
     <t>Poduszki kwadratowe 2 szt. motyw rombów</t>
   </si>
   <si>
     <t>Poduszki ze zdejmowanym materiałowym pokrowcem zapinanym na suwak  • temperatura prania pokrowca: 30 °C • pokrowiec: 100% poliester (Nord) • wypełnienie poduszek: granulat silikonowy • wym. 40 x 40 x 15 cm  • 2 szt.</t>
   </si>
   <si>
     <t>842186</t>
   </si>
   <si>
     <t>Aplikacja - trawka i poziomki</t>
   </si>
   <si>
     <t>Kolorowe aplikacje do zamontowania na ścianie wykonane z płyty HDF i filcu. Aplikacja przyklejana na taśmę (sprzedawana osobno) lub do samodzielnego wykonania otworów w aplikacji i montowania na ścianie (elementy montażowe w zestawie).• wym. 65 cm x 34 cm</t>
   </si>
   <si>
     <t>101849</t>
   </si>
   <si>
     <t>Bujak liść</t>
   </si>
   <si>
-    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości.• wykonany z wytrzymałej pianki• wym. 66 x 29 x 42 cm</t>
+    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny, łatwej do utrzymania w czystości.• wykonany z wytrzymałej pianki• wym. 66 x 29 x 42 cm</t>
   </si>
   <si>
     <t>056118</t>
   </si>
   <si>
     <t>Dywan okrągły o śr. 100 cm - szary</t>
   </si>
   <si>
-    <t>Jednokolorowe dywany obszyte na krawędziach. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryte środkiem uniepalniającym. • wysokość runa: 7 mm • śr. 100 cm  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
+    <t>Jednokolorowe dywany obszyte na krawędziach. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryte środkiem uniepalniającym. • wysokość runa: 7 mm • śr. 100 cm
+Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
+  </si>
+  <si>
+    <t>119006N</t>
+  </si>
+  <si>
+    <t>Krzesło Krzyś Deluxe z podłokietnikami i stopką filcową, rozm. 1, buk</t>
+  </si>
+  <si>
+    <t>Wygodne krzesło dla malucha z oparciami pod ręce. Wykonane z lakierowanego drewna bukowego.  Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10.</t>
   </si>
   <si>
     <t>099386</t>
   </si>
   <si>
     <t>Kącik Flora</t>
   </si>
   <si>
-    <t>Kącik z tunelem ozdobiony motywami roślinnymi, utrzymany w stonowanych kolorach nawiązujących do natury. Wykonany z lakierowanej sklejki o gr. 18 mm i płyty laminowanej oraz drewna. Kącik jest wyposażony także w materac-falę, po której dzieci mogą nie tylko zjeżdżać, ale i wspinać się, przesuwanki, okienko i podesty pokryte wykładziną. Zjeżdżalnię i skośny podest można montować wymiennie. Konieczne kotwiczenie do podłoża. • tunel o śr. 50 cm i dł. 57 cm • wym. modułu fali 66 x 122 x 43 cm • wym. modułu z wykładziną 66 x 110 x 43 cm • wym. podestów 76 x 76 cm • wys. podestów 35 cm • wym. 324 x 187 x 125 cm lub 313 x 203 x 125 cm (w zależności od umiejscowienia zjeżdżalni i podestu) • materac - fala: pokrycie ze sztucznej skóry, w środku pianka • dach i okna tunelu z plexi • zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!OSTRZEŻENIE: W przypadku dzieci poniżej 3 lat wymagany jest nadzór osoby dorosłej.</t>
+    <t>Kącik z tunelem ozdobiony motywami roślinnymi, utrzymany w stonowanych kolorach nawiązujących do natury. Wykonany z lakierowanej sklejki o gr. 18 mm i płyty laminowanej oraz drewna. Kącik jest wyposażony także w materac-falę, po której dzieci mogą nie tylko zjeżdżać, ale i wspinać się, przesuwanki, okienko i podesty pokryte wykładziną. Zjeżdżalnię i skośny podest można montować wymiennie. Konieczne kotwiczenie do podłoża. • tunel o śr. 50 cm i dł. 57 cm • wym. modułu fali 66 x 122 x 43 cm • wym. modułu z wykładziną 66 x 110 x 43 cm • wym. podestów 76 x 76 cm • wys. podestów 35 cm• wym. 324 x 187 x 125 cm lub 313 x 203 x 125 cm (w zależności od umiejscowienia zjeżdżalni i podestu) • materac - fala: pokrycie z trwałej tkaniny bez ftalanów, w środku pianka • dach i okna tunelu z plexi • zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!OSTRZEŻENIE: W przypadku dzieci poniżej 3 lat wymagany jest nadzór osoby dorosłej.</t>
   </si>
   <si>
     <t>056163</t>
   </si>
   <si>
     <t>Dywan Flora, 2 x 3 m</t>
   </si>
   <si>
-    <t>Dywany stworzone z myślą o kącikach tematycznych z kolekcji Quadro, ale dzięki stonowanym kolorom i delikatnym wzorom sprawdzą się w prawie każdym wnętrzu. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiada Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm   Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
+    <t>Dywany z kolekcji Quadro wykonane są z runa 100% PP heat-set frise z przędzy pojedynczej. Charakteryzują się stonowaną kolorystyką oraz delikatnym wzornictwem. Produkt posiada Certyfikat Zgodności (Atest Higieniczny) i jest pokryty środkiem uniepalniającym. • wysokość runa: 7 mmNależy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>101745</t>
   </si>
   <si>
     <t>Bujak Chmurka</t>
   </si>
   <si>
-    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości.• wys. siedziska 28 cm • waga: 2,2 kg• wykonany z wytrzymałej pianki• wym. 73 x 30 x 40,5 cm• od 3 lat</t>
+    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny, łatwej do utrzymania w czystości.• wys. siedziska 28 cm
+• waga: 2,2 kg• wykonany z wytrzymałej pianki• wym. 73 x 30 x 40 cm• od 3 lat</t>
   </si>
   <si>
     <t>SET6314</t>
   </si>
   <si>
     <t>Quadro - zestaw 158, skrzynia klon jasny</t>
   </si>
   <si>
-    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego, o gr. 18 mm.# 092164 Quadro - szafka M na plastikowe pojemniki - z 2 przegrodami, klon jasny, 1 szt.# 372009 Pojemnik płytki 1 żółty, 6 szt.# 372052 Pojemnik płytki 1 jasnoszary, 9 szt.# 372053 Pojemnik płytki 1 srebrny, 9 szt.• wym. 104,2 x 48 x 86,8 cm</t>
+    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego, o gr. 18 mm.• 092164 Quadro - szafka M na plastikowe pojemniki - z 2 przegrodami, klon jasny, 1 szt.• 372009 Pojemnik płytki 1 żółty, 6 szt.• 372052 Pojemnik płytki 1 jasnoszary, 9 szt.• 372053 Pojemnik płytki 1 srebrny, 9 szt.• wym. 104,20 x 48 x 86,80 cm</t>
   </si>
   <si>
     <t>099388</t>
   </si>
   <si>
     <t>Panel na 5 poduszek</t>
   </si>
   <si>
     <t>Panel ścienny przeznaczony do przechowywania okrągłych poduszek będzie stanowił także piękną dekorację każdej sali. Wykonany ze sklejki. Można mocować kilka paneli koło siebie, aby móc przechowywać większą liczbę poduszek. Poduszki (101738, 101260-101264, 101874, 109048-109055, sprzedawane osobno). • wym. 125 x 80 cm</t>
   </si>
   <si>
-    <t>095446</t>
-[...7 lines deleted...]
-  <si>
     <t>092790</t>
   </si>
   <si>
     <t>Komplet nóg do blatów Flexi - wys. 40 cm</t>
   </si>
   <si>
-    <t xml:space="preserve">Podane długości nóg odpowiadają wysokości stolika po ich zamontowaniu. Śruby do zamontowania nóg w zestawie. • 4 szt. </t>
+    <t>Podane długości nóg odpowiadają wysokości stolika po ich zamontowaniu. Śruby do zamontowania nóg w zestawie. • 4 szt. • śr. 5,30 cm</t>
   </si>
   <si>
     <t>101860</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. limonka</t>
   </si>
   <si>
     <t>842188</t>
   </si>
   <si>
     <t>Aplikacja - niedźwiadek</t>
   </si>
   <si>
     <t>Kolorowe aplikacje do zamontowania na ścianie wykonane z płyty HDF i filcu. Aplikacja przyklejana na taśmę (sprzedawana osobno) lub do samodzielnego wykonania otworów w aplikacji i montowania na ścianie (elementy montażowe w zestawie).• wym. 40 cm x 77 cm</t>
   </si>
   <si>
     <t>099353</t>
   </si>
   <si>
     <t>Quadro - szafka-domek z 2 półkami, skrzynia klon jasny,brązowa</t>
   </si>
   <si>
-    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,3 x 60 x 185,5 cm</t>
+    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,30 x 60 x 186 cm</t>
   </si>
   <si>
     <t>146271</t>
   </si>
   <si>
     <t xml:space="preserve">EKO dekor - liść ażurowy średni </t>
   </si>
   <si>
     <t>Ozdobne aplikacje w kształcie liści wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie).• wym. 50 x 57,5 x 1,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
   </si>
   <si>
     <t>ZEST5517</t>
   </si>
   <si>
     <t>Parawany Flora - zestaw 2</t>
   </si>
   <si>
     <t>099389 _x0001_Parawan Flora 1, 1 szt. 099390 _x0001_Parawan Flora 2, 1 szt. 099391 _x0001_Parawan Flora 3, 1 szt. 099392 _x0001_Parawan Flora 4, 1 szt. 099393 _x0001_Parawan Flora 5, 1 szt. 099394 _x0001_Parawan Flora 6, 1 szt. 099395 _x0001_Parawan Flora 7, 1 szt. 099396 _x0001_Parawan Flora 8, 1 szt. 099397 _x0001_Mocowanie ścienne do parawanów Flora, 2 szt. 099398 _x0001_Łącznik do parawanów Flora, 6 szt. 099399  Łącznik 90 st. do parawanów Flora, 1 szt.</t>
   </si>
   <si>
     <t>146247</t>
   </si>
   <si>
     <t xml:space="preserve">EKO dekor - liść 3D mały </t>
   </si>
@@ -320,93 +322,84 @@
   <si>
     <t>101515</t>
   </si>
   <si>
     <t>Duży zestaw materacy Quadro 1</t>
   </si>
   <si>
     <t>Piankowe materace w różnych kolorach, kształtach i rozmiarach. Wykonane z pianki, pokrytej wysokiej jakości, bardzo wytrzymałą tkaniną trudnopalną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. Parametry tkaniny: 100 % poliester; gramatura: 476 g/mb; tkanina zgodna z normą DIN 4102-1 (klasa palności B1) oraz EN-PN 1021-1.; ścieralność: 96 000 cykli.• 101519 Materac Quadro 1 brązowy, wys. 10 cm• 101520 Materac Quadro 1 ciemnoszary, wys. 10 cm• 101521 Materac Quadro 1 zielony, wys. 15 cm• 101522 Materac Quadro 1 żółty, wys. 15 cm• 101523 Materac Quadro 1 jasnozielony, wys. 15 cm• wymiary po złożeniu są zależne od sposobu ułożenia materacy</t>
   </si>
   <si>
     <t>146244</t>
   </si>
   <si>
     <t>EKO dekor - chmurka</t>
   </si>
   <si>
     <t>Duża dekoracja ścienna wykonana z tworzywa uzyskanego z przetworzonych butelek PET. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie).• wym. 150 x 88,5 cm • gr. 1,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
   </si>
   <si>
     <t>842125</t>
   </si>
   <si>
     <t>Panel okrągły wyciszający - jasnoszary</t>
   </si>
   <si>
-    <t>096572-1</t>
-[...7 lines deleted...]
-  <si>
     <t>092172</t>
   </si>
   <si>
-    <t>Quadro - szafka na dużą skrzynię, klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafkę należy uzupełnić dużą skrzynią (092291-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno) lub 2 małymi skrzyniami (092084-092095, 094073-094083, sprzedawane osobno). W szafce można zamontować także małe drzwiczki (092200-092211, 098832-098842, sprzedawane osobno) i półki (092199, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm. • wym. 79,2 x 41,5 x 86,8 cm</t>
+    <t>Quadro – szafka na dużą skrzynię, klon jasny</t>
+  </si>
+  <si>
+    <t>Szafkę należy uzupełnić dużą skrzynią (092291-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno) lub 2 małymi skrzyniami (092084-092095, 094073-094083, sprzedawane osobno). W szafce można zamontować także małe drzwiczki (092200-092211, 098832-098842, sprzedawane osobno) i półki (092199, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm. • wym. 79,20 x 41,50 x 86,80 cm</t>
   </si>
   <si>
     <t>146249</t>
   </si>
   <si>
     <t xml:space="preserve">EKO dekor - liść 3D duży </t>
   </si>
   <si>
     <t>Ozdobne aplikacje w kształcie liści wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie).• wym. 40 x 78 x 3 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
   </si>
   <si>
     <t>092141</t>
   </si>
   <si>
-    <t>Quadro - szafka M z 1 półką na cokole, klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafkę można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno), średnimi drzwiczkami (092212–092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno), średnimi drzwiczkami z zamkiem (096718–096729, 098876-098886, 096718S–096729S, 098876S-098886S, sprzedawane osobno) lub szerokimi szufladami (092250–092261, 094017-094027, sprzedawane osobno) na dolnym poziomie. Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,2 x 41,5 x 86,8 cm</t>
+    <t>Quadro – szafka M z 1 półką na cokole, klon jasny</t>
+  </si>
+  <si>
+    <t>Szafkę można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno), średnimi drzwiczkami (092212–092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno), średnimi drzwiczkami z zamkiem (096718–096729, 098876-098886, 096718S–096729S, 098876S-098886S, sprzedawane osobno) lub szerokimi szufladami (092250–092261, 094017-094027, sprzedawane osobno) na dolnym poziomie. Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,20 x 41,50 x 86,80 cm</t>
   </si>
   <si>
     <t>101391</t>
   </si>
   <si>
     <t xml:space="preserve">Materac prostokątny z motywem trawy - zielony </t>
   </si>
   <si>
-    <t xml:space="preserve">Miękkie materace, obszyte materiałem meditap, z obrzeżem w kształcie trawki (mocowanym na rzepy). • wym. 133 x 50 x 5 cm • 1 szt. </t>
+    <t>Miękkie materace, obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości, z obrzeżem w kształcie trawki (mocowanym na rzepy). • wym. 133 x 50 x 5 cm • 1 szt. • wym. 133 x 50 x 5 cm</t>
   </si>
   <si>
     <t>092774</t>
   </si>
   <si>
     <t>Blat Flexi prostokątny 120 x 80 cm - bukowy</t>
   </si>
   <si>
     <t>Blaty wykonane ze sklejki o grubości 25 mm, z kolorowym laminatem HPL. Rogi blatów delikatnie zaokrąglone. Trzy rodzaje nóg w 7 długościach do wyboru są sprzedawane osobno: nogi okrągłe o śr. 55 mm bez kółek (092790-092797), mix - dwie nogi z kółkami i dwie nogi bez kółek (092798-092805) lub z regulacją wysokości do 3 rozmiarów - bielone (126569, 126571) i bukowe (126568, 126570). • 5 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• wym. 120 x 80 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -493,51 +486,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09060bb3554262dff7db23c822a9b5221.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/487452df0b2c9ab2e4fff89e01cf6fa52.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9592424e8df7c409738249c1ca00c26e3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87f67fa6a31e176aa70b5dd2a5af864c4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7395ea3ae9f140ec3fc2474ec69e712b5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0755999df9f438c89a77b9327d9fa2c6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef2f422393beed888598aa39fd64ddef7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ff29e1b6a42bd8a2d316b189b9ffdb8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2076e5fd5c212bb866eeb753367e53c89.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4ed4d4795f80c3794460792b83ea5b410.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5d9cb052ca34efcf907671bc772847511.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6e604267cfe478774066137b4594ec112.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389c78048f05aa0bf0ce35fd22d4b60e13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddeb0915cc5f0ce9996a44e7df5bb41714.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a993a5e5f6783c957240cd55df7bd14b15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f3942eab53cc5e9a72716173461002a16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63631318842eea24d417e640b288e69c17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2daf519c064c4f5655c54f437899cd618.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12e5d9a0584d99d4ca768bc6a5b9423419.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4098b100485ba67e16492b563acc552120.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b4d48ea99bec7f1e174098366e0b00b21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edbc6fe7ee7f5ab3e87779ffd73d5ee422.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e89e3035a2e59d9d62b1282571fafca323.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b8c9183b9cafe1642c704123dbe594624.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b673a92d7fa05fe33b777a8763558e125.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b182f276c6136436db92eca1caea02d26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2facf95f2c582bd210c0a2bdcac6df6a27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e30b631e6ad4833f3f6fd0683d042e4c28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a046cd324e91092817c1ec506a52f39029.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1271cf7c2e6bef24a2d464ae8ca938530.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/263f47e9f1fa588fb4dd64fc68d74e5731.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f7567d0e0c4ebdf40958618448bdea132.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c703671979faba96011e7c4cb581575333.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95b18f80b971634afef01746404d542934.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0beda81c2c0ad944979037e746ae2f3335.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/168a118d155bc0eb9cdffa3581d2879a36.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b24fc2249b555289571b18285557a69b37.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/859734e8d60718c2445241bb01b5f4c838.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85b951e4c2619a320ab529fc54550ae939.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83f309d548548b5a383531272b464bb31.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8c1347bc534914dd0faaf04df6358c22.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ec63b49df7a59853dff337a19922ba53.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27d0ef111626e132a7b83556fe18d04a4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a9ab6f7c2e2c8e06021f4f256ca38285.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a3e26c7762116c541059a0e95845b396.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb96bed6bd0274ee20c6cabbd0fa6f387.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15964857d393017db5fdee9dd31c438b8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f861ae325d95148cda565abda9a4839.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/649f9206902dca3c8957d3ff21cc3b5a10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e43d6aee5fc6f50e7ac9a63781c2933a11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/221b391ae79c5e5e95de2039f05d1e6b12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f07c70db4e126906eb2784232739f53813.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/569d342b81a233d19b022aeef4c4b9ec14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f60769f1d01a3ad1ccc21482bcaf09c15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dffc146809394643d52de60ebc9cfd116.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c6efb227e6a02203a3ec987d498c2dd17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72304308c497eaafd10d6b6551e9b71018.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b225f9e4f18bfa4aa0203d09f41169d19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fd0e811c04aff951ecb1532dedf255c20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10f87d9b0d03ec4d1d814d970b54b5d321.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65a0177276689592180a366bfee6534722.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce69916648156f5e7ad5e7dd9e05400423.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61a26d9eb4015c1a869807d81efd6d4b24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ed2c3896a5c0ad255cfd91aa117b4225.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a893beb8bcb61204a49de540fe56ce2f26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d0e90d806c2b0745dcdbc081d57aae327.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13892b651a22808995d110e7500a59ef28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0e3f9e54bef0ff7e14b2402c6ff2fe429.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7487f997fb22b313dd917d69f4d9c630.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/998645b0ae9c55e2cfcae03678e80ee431.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b579c25fd8e35aea4b06749617925f5132.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4653846fc290ccedf8e162b11bcd9e133.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e08e8aaaf58bc534f5613fe3c69ab6b34.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44c67c01325987f4b885f51261f554d835.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17551531bcf4b513218becd19cf8f97436.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a02349f4ede059e6d1d270771f5aeb9537.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00c6f7becae6a753b9b0884c70ee7b8d38.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4572000" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PRZ-QU-0006" descr="Sala przedszkolna Quadro z zestawem Flora "/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -988,201 +981,201 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="099386" descr="099386"/>
+        <xdr:cNvPr id="17" name="119006N" descr="119006N"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="056163" descr="056163"/>
+        <xdr:cNvPr id="18" name="099386" descr="099386"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="101745" descr="101745"/>
+        <xdr:cNvPr id="19" name="056163" descr="056163"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="SET6314" descr="SET6314"/>
+        <xdr:cNvPr id="20" name="101745" descr="101745"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="099388" descr="099388"/>
+        <xdr:cNvPr id="21" name="SET6314" descr="SET6314"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="095446" descr="095446"/>
+        <xdr:cNvPr id="22" name="099388" descr="099388"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
@@ -1498,207 +1491,177 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>37</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="096572-1" descr="096572-1"/>
+        <xdr:cNvPr id="34" name="092172" descr="092172"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>38</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="092172" descr="092172"/>
+        <xdr:cNvPr id="35" name="146249" descr="146249"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="146249" descr="146249"/>
+        <xdr:cNvPr id="36" name="092141" descr="092141"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>40</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="37" name="092141" descr="092141"/>
+        <xdr:cNvPr id="37" name="101391" descr="101391"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>41</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="38" name="101391" descr="101391"/>
+        <xdr:cNvPr id="38" name="092774" descr="092774"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1965,54 +1928,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G45"/>
+  <dimension ref="A1:G44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F45" sqref="F45:G45"/>
+      <selection activeCell="F44" sqref="F44:G44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="3"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
@@ -2360,162 +2323,162 @@
       <c r="D20" s="9" t="s">
         <v>52</v>
       </c>
       <c r="E20" s="8">
         <v>1</v>
       </c>
       <c r="F20" s="10">
         <v>154.9</v>
       </c>
       <c r="G20" s="11">
         <v>154.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="80">
       <c r="A21" s="7"/>
       <c r="B21" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>55</v>
       </c>
       <c r="E21" s="8">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="F21" s="10">
-        <v>10499.9</v>
+        <v>529.9</v>
       </c>
       <c r="G21" s="11">
-        <v>10499.9</v>
+        <v>9538.2</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="80">
       <c r="A22" s="7"/>
       <c r="B22" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>57</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>58</v>
       </c>
       <c r="E22" s="8">
         <v>1</v>
       </c>
       <c r="F22" s="10">
-        <v>879.9</v>
+        <v>10499.9</v>
       </c>
       <c r="G22" s="11">
-        <v>879.9</v>
+        <v>10499.9</v>
       </c>
     </row>
     <row r="23" spans="1:7" customHeight="1" ht="80">
       <c r="A23" s="7"/>
       <c r="B23" s="8" t="s">
         <v>59</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>60</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>61</v>
       </c>
       <c r="E23" s="8">
         <v>1</v>
       </c>
       <c r="F23" s="10">
-        <v>429.9</v>
+        <v>879.9</v>
       </c>
       <c r="G23" s="11">
-        <v>429.9</v>
+        <v>879.9</v>
       </c>
     </row>
     <row r="24" spans="1:7" customHeight="1" ht="80">
       <c r="A24" s="7"/>
       <c r="B24" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C24" s="9" t="s">
         <v>63</v>
       </c>
       <c r="D24" s="9" t="s">
         <v>64</v>
       </c>
       <c r="E24" s="8">
         <v>1</v>
       </c>
       <c r="F24" s="10">
-        <v>1973.5</v>
+        <v>429.9</v>
       </c>
       <c r="G24" s="11">
-        <v>1973.5</v>
+        <v>429.9</v>
       </c>
     </row>
     <row r="25" spans="1:7" customHeight="1" ht="80">
       <c r="A25" s="7"/>
       <c r="B25" s="8" t="s">
         <v>65</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>66</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>67</v>
       </c>
       <c r="E25" s="8">
         <v>1</v>
       </c>
       <c r="F25" s="10">
-        <v>299.9</v>
+        <v>1973.5</v>
       </c>
       <c r="G25" s="11">
-        <v>299.9</v>
+        <v>1973.5</v>
       </c>
     </row>
     <row r="26" spans="1:7" customHeight="1" ht="80">
       <c r="A26" s="7"/>
       <c r="B26" s="8" t="s">
         <v>68</v>
       </c>
       <c r="C26" s="9" t="s">
         <v>69</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>70</v>
       </c>
       <c r="E26" s="8">
         <v>1</v>
       </c>
       <c r="F26" s="10">
-        <v>949.9</v>
+        <v>299.9</v>
       </c>
       <c r="G26" s="11">
-        <v>949.9</v>
+        <v>299.9</v>
       </c>
     </row>
     <row r="27" spans="1:7" customHeight="1" ht="80">
       <c r="A27" s="7"/>
       <c r="B27" s="8" t="s">
         <v>71</v>
       </c>
       <c r="C27" s="9" t="s">
         <v>72</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>73</v>
       </c>
       <c r="E27" s="8">
         <v>3</v>
       </c>
       <c r="F27" s="10">
         <v>209.9</v>
       </c>
       <c r="G27" s="11">
         <v>629.7</v>
       </c>
     </row>
     <row r="28" spans="1:7" customHeight="1" ht="80">
       <c r="A28" s="7"/>
@@ -2717,170 +2680,149 @@
       <c r="D37" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E37" s="8">
         <v>4</v>
       </c>
       <c r="F37" s="10">
         <v>539.9</v>
       </c>
       <c r="G37" s="11">
         <v>2159.6</v>
       </c>
     </row>
     <row r="38" spans="1:7" customHeight="1" ht="80">
       <c r="A38" s="7"/>
       <c r="B38" s="8" t="s">
         <v>101</v>
       </c>
       <c r="C38" s="9" t="s">
         <v>102</v>
       </c>
       <c r="D38" s="9" t="s">
         <v>103</v>
       </c>
       <c r="E38" s="8">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="F38" s="10">
-        <v>279.9</v>
+        <v>459.9</v>
       </c>
       <c r="G38" s="11">
-        <v>5038.2</v>
+        <v>459.9</v>
       </c>
     </row>
     <row r="39" spans="1:7" customHeight="1" ht="80">
       <c r="A39" s="7"/>
       <c r="B39" s="8" t="s">
         <v>104</v>
       </c>
       <c r="C39" s="9" t="s">
         <v>105</v>
       </c>
       <c r="D39" s="9" t="s">
         <v>106</v>
       </c>
       <c r="E39" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F39" s="10">
-        <v>459.9</v>
+        <v>449.9</v>
       </c>
       <c r="G39" s="11">
-        <v>459.9</v>
+        <v>899.8</v>
       </c>
     </row>
     <row r="40" spans="1:7" customHeight="1" ht="80">
       <c r="A40" s="7"/>
       <c r="B40" s="8" t="s">
         <v>107</v>
       </c>
       <c r="C40" s="9" t="s">
         <v>108</v>
       </c>
       <c r="D40" s="9" t="s">
         <v>109</v>
       </c>
       <c r="E40" s="8">
         <v>2</v>
       </c>
       <c r="F40" s="10">
-        <v>449.9</v>
+        <v>519.9</v>
       </c>
       <c r="G40" s="11">
-        <v>899.8</v>
+        <v>1039.8</v>
       </c>
     </row>
     <row r="41" spans="1:7" customHeight="1" ht="80">
       <c r="A41" s="7"/>
       <c r="B41" s="8" t="s">
         <v>110</v>
       </c>
       <c r="C41" s="9" t="s">
         <v>111</v>
       </c>
       <c r="D41" s="9" t="s">
         <v>112</v>
       </c>
       <c r="E41" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F41" s="10">
-        <v>519.9</v>
+        <v>319.9</v>
       </c>
       <c r="G41" s="11">
-        <v>1039.8</v>
+        <v>319.9</v>
       </c>
     </row>
     <row r="42" spans="1:7" customHeight="1" ht="80">
       <c r="A42" s="7"/>
       <c r="B42" s="8" t="s">
         <v>113</v>
       </c>
       <c r="C42" s="9" t="s">
         <v>114</v>
       </c>
       <c r="D42" s="9" t="s">
         <v>115</v>
       </c>
       <c r="E42" s="8">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F42" s="10">
-        <v>319.9</v>
+        <v>919.9</v>
       </c>
       <c r="G42" s="11">
-        <v>319.9</v>
-[...4 lines deleted...]
-      <c r="B43" s="8" t="s">
+        <v>2759.7</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7">
+      <c r="F44" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="C43" s="9" t="s">
-[...20 lines deleted...]
-        <v>59329.4</v>
+      <c r="G44" s="12">
+        <v>62879.5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 