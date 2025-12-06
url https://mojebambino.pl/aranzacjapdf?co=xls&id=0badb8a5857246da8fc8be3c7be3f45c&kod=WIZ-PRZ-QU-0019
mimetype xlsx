--- v0 (2025-10-21)
+++ v1 (2025-12-06)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>WIZ-PRZ-QU-0019 Sala żłobkowa Quadro Las</t>
   </si>
   <si>
-    <t>z dnia 2025-10-21 13:11:15</t>
+    <t>z dnia 2025-12-06 10:00:06</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>099626</t>
   </si>
   <si>
     <t>Ścianka manipulacyjno-sensoryczna Las 2</t>
   </si>
@@ -92,87 +92,96 @@
   <si>
     <t>531181</t>
   </si>
   <si>
     <t>Kącik kuchenny Tosi</t>
   </si>
   <si>
     <t>Nowoczesna kuchenka w modnych kolorach, wykonana z drewna. Wyposażona w zlewozmywak, piekarnik i płytę grzewczą. Ruchome pokrętła oraz drzwiczki zamykane na magnes. Kuchnia zapewnia dzieciom mnóstwo zabawy. Ta klasyczna zabawka tworzy fantastyczny, pełen pomysłów świat. Naczynia oraz produkty spożywcze dostępne są osobno. • wym. 55 x 32 x 70,5 cm • wys. blatu 50 cm• od 3 latOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.Ryzyko skaleczenia.Produkt zawiera magnesy lub części magnetyczne. Magnesy przyciągnięte do siebie lub przywierające do przedmiotu metalowego w organizmie człowieka mogą być przyczyną poważnych, a nawet śmiertelnych obrażeń. W przypadku połknięcia magnesów lub wprowadzenia ich do dróg oddechowych należy natychmiast zwrócić się o pomoc lekarską.</t>
   </si>
   <si>
     <t>372055</t>
   </si>
   <si>
     <t>Pojemnik głęboki 2 - biały</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 15 cm • 1 szt.</t>
   </si>
   <si>
     <t>855208</t>
   </si>
   <si>
     <t>Kącik wypoczynkowy Orchidea</t>
   </si>
   <si>
-    <t>Zestaw piankowych kształtek w stonowanych kolorach, sprawdzą się jako siedziska z oparciami np. w kąciku wyciszenia się. Pokrowiec wykonany z łatwej w czyszczeniu tkaniny meditap. • siedzisko z oparciem 90 x 56 x 55 cm • środek śr. 50 x wys. 10 cm • trapez (wejście) 90 x 56 x 10 cm</t>
+    <t>Zestaw piankowych kształtek w stonowanych kolorach, sprawdzą się jako siedziska z oparciami np. w kąciku wyciszenia się. Pokrowiec wykonany z łatwej w czyszczeniu tkaniny niezawierającej ftalanów. • siedzisko z oparciem 90 x 56 x 55 cm • środek śr. 50 x wys. 10 cm • trapez (wejście) 90 x 56 x 10 cm</t>
   </si>
   <si>
     <t>056173</t>
   </si>
   <si>
     <t>Dywan Ptasi zagajnik, 3 x 4 m</t>
   </si>
   <si>
     <t>Dywany stworzone z myślą o kącikach tematycznych z kolekcji Quadro, ale dzięki stonowanym kolorom i delikatnym wzorom sprawdzą się w prawie każdym wnętrzu. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiada Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm   Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• 3 x 4 m</t>
   </si>
   <si>
     <t>SET6390S-N</t>
   </si>
   <si>
     <t>Quadro - zestaw Las 90 st., cichy domyk, klonowa skrzynia</t>
   </si>
   <si>
-    <t>Zestawy tematyczne mebli Quadro składają się z funkcjonalnych szafek, z unikalnymi frontami, zaprojektowanymi w taki sposób, by obejmowały różne obszary tematyczne. Kolorowe, przyjazne dzieciom aplikacje tworzą inspirujące, ale zarazem stonowane środowisko i zachęcają do zabawy i nauki. Komplet mebli można zamówić tylko w całości. Można go uzupełnić wieloma dodatkowymi elementami z naszej oferty, takimi jak aplikacje ścienne, dywany czy kąciki zabaw z pasującymi motywami.Zestawy mebli są wykonane płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego lub białej, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną. Drzwiczki wyposażone w zawiasy 90 stopni, z cichym domykiem.Szafki z białymi frontami i aplikacjami nawiązującymi do tematyki leśnej: drzewo, ptaki, grzyby, jeżyk.• 092149 Quadro - regał XL z przegrodą i 3 półkami - klon jasny - 1 szt.• 092151 Quadro - regał L z 2 przegrodami i 2 półkami - klon jasny - 1 szt.• 092146 Quadro - szafka słupek L z 2 półkami - klon jasny - 1 szt.• 092143 Quadro - szafka L z 2 półkami - klon jasny - 1 szt.• 092172 Quadro - szafka na dużą skrzynię - klon jasny - 1 szt.• 092141 Quadro - szafka M z 1 półką na cokole - klon jasny - 1 szt.• drzwi oraz skrzynia na kółkach z aplikacjami nawiązującymi do tematyki leśnej• aplikacja drzewo• wym. 475,4 x 41,5 x 219,8 cm• długość zestawu: 4,754 m</t>
+    <t>Zestawy tematyczne mebli Quadro składają się z funkcjonalnych szafek, z unikalnymi frontami, zaprojektowanymi w taki sposób, by obejmowały różne obszary tematyczne. Kolorowe, przyjazne dzieciom aplikacje tworzą inspirujące, ale zarazem stonowane środowisko i zachęcają do zabawy i nauki. Komplet mebli można zamówić tylko w całości. Można go uzupełnić wieloma dodatkowymi elementami z naszej oferty, takimi jak aplikacje ścienne, dywany czy kąciki zabaw z pasującymi motywami.
+Zestawy mebli są wykonane płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego lub białej, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną. Drzwiczki wyposażone w zawiasy 90 stopni, z cichym domykiem.Szafki z białymi frontami i aplikacjami nawiązującymi do tematyki leśnej: drzewo, ptaki, grzyby, jeżyk.
+• 094028S Quadro - szafka Las XL z 3 półkami i drzwiami, 90 st., cichy domyk - klon jasny, 1 szt.
+• 094029S Quadro - regał Las L z 2 przegrodami i drzwiami, 90 st., cichy domyk - klon jasny, 1 szt.
+• 094030S Quadro - szafka słupek Las L z drzwiami, 90 st., cichy domyk - klon, 1 szt.
+• 094031S Quadro - szafka Las L z 2 półkami i drzwiami, 90 st., cichy domyk - klon jasny, 1 szt.
+• 094032 Quadro - szafka Las z dużą skrzynią - klon jasny, 1 szt.
+• 094200 Quadro - szafka Las M z 1 półką na cokole, klon jasny, 1 szt.
+• drzwi oraz skrzynia na kółkach z aplikacjami nawiązującymi do tematyki leśnej
+• aplikacja drzewo• wym. 475,40 x 41,50 x 219,80 cm• długość zestawu: 4,75 mSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>098325</t>
   </si>
   <si>
     <t>Szafa Drzemka na pościel dla 24 dzieci - klon jasny</t>
   </si>
   <si>
     <t>Szafa przystosowana do przechowywania kompletów pościeli dla 24 dzieci (sprzedawane osobno). Wykonana z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego lub białej.W szafie znajdują się 24 schowki. Dla zwiększenia stabilności należy przykręcić ją bezpośrednio do podłogi. Elementy mocujące są w zestawie. W tylnej ścianie każdego schowka na pościel otwór wentylacyjny o śr. 3,4 cm. • wym. 97,2 x 70 x 187,8 cm • wym. jednego schowka 30 x 59,8 x 20,5 cm</t>
   </si>
   <si>
     <t>ZEST5713</t>
   </si>
   <si>
     <t>Stolik aktywności z LEGO® Education</t>
   </si>
   <si>
-    <t>Mobilny stolik z burtami i półką, wykonany z płyty laminowanej w tonacji klonu. Wyposażony w 4 zestawy klocków Lego®, zamknięte w 4 pojemnikach. W skład zestawu wchodzą następujące produkty:  • 100852 Stolik kwadratowy na matę - wysoki, 1 szt. • 372005 Pojemnik duży - transparentny, 2 szt. • 372006 Pojemnik głęboki - transparentny, 2 szt. • LEGO10914 LEGO® Duplo Pudełko z klockami Deluxe, 1 szt.  • LEGO45026 LEGO® Education Rury, 1 szt. • LEGO45029 LEGO® Education Zwierzęta, 1 szt. • LEGO45030 LEGO® Education Ludziki, 1 szt.  wym. 81 x 81 x 57 cm• od 2 do 6 lat</t>
+    <t>Mobilny stolik z burtami i półką, wykonany z płyty laminowanej w tonacji klonu. Wyposażony w 4 zestawy klocków Lego® zamknięte w 4 pojemnikach. W skład zestawu wchodzą następujące produkty:• 100852 Stolik kwadratowy na matę – wysoki, 1 szt.• 372005 Pojemnik duży – transparentny, 2 szt.• 372006 Pojemnik głęboki – transparentny, 2 szt.• LEGO10914 LEGO® Duplo Pudełko z klockami Deluxe, 1 szt. • LEGO10444 LEGO® Duplo Kreatywny ogród i kwiaty , 1 szt.• LEGO10446 LEGO® Duplo Rodziny dzikich zwierząt 3 w 1, 1 szt.• LEGO10994 LEGO® Duplo Town Dom rodzinny 3 w 1, 1 szt.wym. 81 x 81 x 57 cm• od 2 lat</t>
   </si>
   <si>
     <t>099625</t>
   </si>
   <si>
     <t>Ścianka manipulacyjno-sensoryczna Las 1</t>
   </si>
   <si>
     <t>Ścianki manipulacyjne wykonane z lakierowanej sklejki, z aplikacjami sensorycznymi, przesuwankami i mocowanymi na napy koronami drzew z tkaniny o różnych fakturach. Rozwijają dotyk, sprawność manualną dziecka, koordynację wzrokowo-ruchową oraz motorykę dłoni. Dziecko uczy się kolorów i kształtów. Na drzewku umieszczone są: przesuwanka, drążek z paskami materiału zakończonymi różnymi rodzajami zapięć, frezowany jeżyk z drewnianą pałeczką do pocierania, piszczałka i aplikacja jagody. • wym. (szer. x wys.): 130,5 x 118 cm• zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• od 2 lat</t>
   </si>
   <si>
     <t>842186</t>
   </si>
   <si>
     <t>Aplikacja - trawka i poziomki</t>
   </si>
   <si>
     <t>Kolorowe aplikacje do zamontowania na ścianie wykonane z płyty HDF i filcu. Aplikacja przyklejana na taśmę (sprzedawana osobno) lub do samodzielnego wykonania otworów w aplikacji i montowania na ścianie (elementy montażowe w zestawie).• wym. 65 cm x 34 cm</t>
   </si>
   <si>
     <t>842192</t>
   </si>
   <si>
     <t>Aplikacja - sarenka</t>
   </si>
@@ -182,51 +191,51 @@
   <si>
     <t>092164</t>
   </si>
   <si>
     <t>Quadro - szafka M na plastikowe pojemniki - z 2 przegrodami, klon jasny</t>
   </si>
   <si>
     <t>Szafkę należy uzupełnić plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 104,2 x 48 x 86,8 cm</t>
   </si>
   <si>
     <t>842184</t>
   </si>
   <si>
     <t>Aplikacja - drzewo i przyjaciele</t>
   </si>
   <si>
     <t>Kolorowe aplikacje do zamontowania na ścianie wykonane z płyty HDF i filcu. • montuje się za pomocą dwustronnej taśmy • wym. wiewiórki 20,5 x 29 cm • wym. ptaszka 30 x 14,5 cm • wym. sowy  22 x 28 cm• wym. 130 cm x 166 cm</t>
   </si>
   <si>
     <t>101833</t>
   </si>
   <si>
     <t>Gruszka mała beżowa - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną meditap bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny - klasa I</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa I</t>
   </si>
   <si>
     <t>133316</t>
   </si>
   <si>
     <t>Krzesło Bambino rozm. 1 białe</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła z siedziskiem i oparciem wykonanym z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z rury okrągłej o śr. 18 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a delikatnie zaokrąglone oparcie zapewnia wygodę i wpływa korzystnie na estetykę Krzesła. Tylne nóżki wyposażone w stopki z tworzywa są delikatnie odchylone do tyłu, co zwiększa stabilność i zapobiega bujaniu się przez dzieci. Nóżki, siedziska i oparcia są zabezpieczone podczas dostawy miękkimi elementami przed otarciami i innymi uszkodzeniami mechanicznymi. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Kolory zatyczek na oparciu są wskazaniem rozmiaru zgodnie z normą i wymaganiami  Sanepid-u. Krzesła można stawiać jedno na drugim. Są dostarczane w kartonach zabezpieczających przed uszkodzeniami podczas transportu. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 0-6 • stelaż w  9  kolorach w  rozmiarach 0-2,  w  6  kolorach w rozmiarach 3-5  i w 7 kolorach w rozmiarze 6  </t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -313,51 +322,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b63b517b30846492a0439c748b8b07bb1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f04e0a2d5e0a0a67486b4e342167962.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e2da9a48b781f7286f3cde3cea95e523.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c34833f0786cb21d6a86d3fd68c6e9414.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47a68a827fa8fa8513d9e2a10f3b9a5a5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4af576d5218870f425bfeb69ca57fe3a6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75da7bdc1fbdc342e59ab763883631cb7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2eada66876aea3fffc015b57191cf37d8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c2d25b2419e39114ed559fc405cb4259.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63d65202bab00c4cdfd018c5e4d915e510.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e5327e404729415b3f9637154e138f011.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f53b3329d8f4e2753f9732c5560a342a12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d5ceca264cfc7758fb6b1b44f61537c13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd2d9152eab060242b93899464b58b2b14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0970c0f80afe34f00e4df3dffece3afa15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1968f9a58902e0438e3c9d6ba33ebf916.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74edb0280ad14dd1cc4e51c4eba2ef5d17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a56f29944761f3f0ed957e40be6350c718.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f38b529d75fbc742f1f406e8a996ff6b1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50d3fcae8406b1fe948234e596dea2a02.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f63df1c1c546deca2d50e68d17bb997a3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a53e0ac93b70c325e433a83ec69932334.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23a3a6ea4166273b1bb2cb7e14fa85ac5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bf400472ca77bc6f994e9a835e0e18f6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97505139e9151aecdf33fb12f23025977.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8836eb62a0cc6d4a73704c78a5d6a7bf8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5603cc85567c62c02ca8fafa37c2c1a89.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b57b50152b1fd92423fb7576e7a1dbd610.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0090a200facab698c57f4980da5a570f11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50deba457b4f90502466e8d9bca30b7b12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/785d32fa4ba67e017bc9e4d1bf5fa54d13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f2f10b0ffcbd1896841ab426a06143d14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/262836720f3ece0505b1537ecb96295e15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2d18fff882b56523a5154ae38efe20a16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66c41249db36032f29966b58e566584c17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b01c6a7c7b494119b1eef68ce3b631418.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PRZ-QU-0019" descr="Sala żłobkowa Quadro Las"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1385,96 +1394,96 @@
       <c r="E12" s="8">
         <v>1</v>
       </c>
       <c r="F12" s="10">
         <v>1749.9</v>
       </c>
       <c r="G12" s="11">
         <v>1749.9</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="80">
       <c r="A13" s="7"/>
       <c r="B13" s="8" t="s">
         <v>29</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>30</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E13" s="8">
         <v>1</v>
       </c>
       <c r="F13" s="10">
-        <v>6408.3</v>
+        <v>5129.5</v>
       </c>
       <c r="G13" s="11">
-        <v>6408.3</v>
+        <v>5129.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="80">
       <c r="A14" s="7"/>
       <c r="B14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>33</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>34</v>
       </c>
       <c r="E14" s="8">
         <v>1</v>
       </c>
       <c r="F14" s="10">
         <v>2599.9</v>
       </c>
       <c r="G14" s="11">
         <v>2599.9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="80">
       <c r="A15" s="7"/>
       <c r="B15" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>36</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>37</v>
       </c>
       <c r="E15" s="8">
         <v>1</v>
       </c>
       <c r="F15" s="10">
-        <v>3959.1</v>
+        <v>2729.1</v>
       </c>
       <c r="G15" s="11">
-        <v>3959.1</v>
+        <v>2729.1</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="80">
       <c r="A16" s="7"/>
       <c r="B16" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>39</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>40</v>
       </c>
       <c r="E16" s="8">
         <v>1</v>
       </c>
       <c r="F16" s="10">
         <v>1499.9</v>
       </c>
       <c r="G16" s="11">
         <v>1499.9</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="80">
       <c r="A17" s="7"/>
@@ -1585,51 +1594,51 @@
       <c r="A22" s="7"/>
       <c r="B22" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>57</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>58</v>
       </c>
       <c r="E22" s="8">
         <v>16</v>
       </c>
       <c r="F22" s="10">
         <v>129.9</v>
       </c>
       <c r="G22" s="11">
         <v>2078.4</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="F24" s="4" t="s">
         <v>59</v>
       </c>
       <c r="G24" s="12">
-        <v>28887.1</v>
+        <v>26378.3</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 