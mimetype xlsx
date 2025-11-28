--- v0 (2025-10-09)
+++ v1 (2025-11-28)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>WIZ-SZK-MB-0039 Zielona Pracownia 6</t>
   </si>
   <si>
-    <t>z dnia 2025-10-09 12:03:40</t>
+    <t>z dnia 2025-11-28 03:28:34</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>F011099-6-08-08</t>
   </si>
   <si>
     <t>Krzesło IN-C rozm. 6 aluminium</t>
   </si>
@@ -250,51 +250,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99aa17376515ad96dfec4b1d48ab74cc1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6905254a9410ec26ab05f7e06fad4932.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f000195e1492a5b387b8892d41daa703.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61623eac2ae6be2b4f6881e1e88c9d04.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6df9eede01044a32330f2e542dea07005.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e4a9a1d8431e761a8460a274f68d7fa6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34881fcbaf8d09c897433989a3f530b47.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7eb7409e1b713b11b6a81d52f12e1d968.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f7908569cb190e904ad4ebccaf2e2ba9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dc0516dd00626f7220afa5c93bff5f810.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153b137c6fad79be1b2fb683af23650a11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d48cd9f8b8cbcd20c0c03e0b9ff0d5331.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1213b4b1c94e17501cccea1aeee1c43d2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9834ea2d37139ab5d5c4531e5a01abe3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfc412e61cc08cc12d50c0250369e1d74.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6250e98b3cb38ff1a3bd6f6180883dc5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23caa70a3f777fe4a04bf216f2e8c2f16.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1ce6519c142ff148bc890db7666f1047.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a9c239f4bb959ba5e7221a2ced3b96f8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3f20aaf292dc03235a26555b234b1b59.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04fe262b6cf5e156f3e81e57f7119a4910.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f00a890c86847ba701ca5340f6e7d4b11.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0039" descr="Zielona Pracownia 6"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>