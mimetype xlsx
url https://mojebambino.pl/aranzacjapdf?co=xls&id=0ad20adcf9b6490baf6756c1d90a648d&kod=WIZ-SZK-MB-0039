--- v1 (2025-11-28)
+++ v2 (2026-01-17)
@@ -20,150 +20,150 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>WIZ-SZK-MB-0039 Zielona Pracownia 6</t>
   </si>
   <si>
-    <t>z dnia 2025-11-28 03:28:34</t>
+    <t>z dnia 2026-01-17 02:07:11</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>F011099-6-08-08</t>
   </si>
   <si>
     <t>Krzesło IN-C rozm. 6 aluminium</t>
   </si>
   <si>
     <t>Krzesła z siedziskiem i oparciem wykonanym z lakierowanej sklejki bukowej o gr. 6 mm w rozmiarach 1-2 oraz 8 mm w rozmiarach 3-6. Stelaż został wykonany z rury płasko-owalnej o przekroju 38 x 20 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami, a szerokie, zaokrąglone oparcie zapewnia wygodę siedzenia. Podstawa w kształcie litery H zapewnia wysoką stabilność, a specjalne stopki zapobiegają bujaniu się przez dzieci. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Krzesła można stawiać jedno na drugim. Zgodne z normą PN-EN 1729-1:2007 oraz PN-EN 1729-2:2012. • dostępne w rozmiarach 2-6 • stelaż w różnych kolorach • aluminium• wym. 20 cm x 38 cm</t>
   </si>
   <si>
     <t>803093</t>
   </si>
   <si>
     <t>Szafa chemiczna wysoka z półkami z blachy ocynkowanej</t>
   </si>
   <si>
     <t>Szafa warsztatowa na chemikalia, z półkami z blachy ocynkowanej, do przechowywania odczynników chemicznych i środków łatwopalnych.Szafa o masywnej konstrukcji z pełnymi drzwiami, z profilem wzmacniającym. Drzwi osadzone są na mocnych zawiasach zewnętrznych, zamykane są zamkiem kluczowym z pokrętłem, z 3- punktowym systemem ryglowania. Drzwi posiadają otwory, których zadaniem jest zasysanie do szafy powietrza z zewnątrz.Wewnątrz szafy umieszczone są listwy zaczepowe, na których zawieszone są za pomocą stalowych ceowników przestawne pełne półki z blachy ocynkowanej z obrzeżami wokół, zabezpieczającymi przed wylaniem się niebezpiecznych substancji poza wnętrze szafy.• 4 przestawne półki  • wym. 100 x 50 x 200 cm• wym. 100 x 50 x 200</t>
   </si>
   <si>
     <t>096893W</t>
   </si>
   <si>
-    <t>Nadstawka Grande L głęboka - biała</t>
-[...2 lines deleted...]
-    <t>Nadstawki do głębokich regałów z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach. Nadstawkę można uzupełnic drzwiczkami lub dodatkową półką.• wym. 82 x 48 x 105,6 cm</t>
+    <t>Nadstawka Grande L głęboka – biała</t>
+  </si>
+  <si>
+    <t>Nadstawki do głębokich regałów z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach. Nadstawkę można uzupełnic drzwiczkami lub dodatkową półką.• wym. 82 x 48 x 105,60 cm</t>
   </si>
   <si>
     <t>548100</t>
   </si>
   <si>
     <t>Krzesło obrotowe szaro-czarne</t>
   </si>
   <si>
     <t>Wyposażone w wysokie, ergonomicznie wyprofilowane oparcie, zapewniające optymalne wsparcie dla kręgosłupa. Regulowana wysokość. Krzesło na kółkach. Materiał: 100% włókno syntetyczne. • śr. 63 cm • wym. siedziska 50 x 48 cm • wys. siedziska 51-57 cm</t>
   </si>
   <si>
     <t>096964</t>
   </si>
   <si>
     <t xml:space="preserve"> Drzwi witrynowe Grande L</t>
   </si>
   <si>
-    <t>Drzwi witrynowe w ramce aluminiowej. Dostosowane do zamontowania w nadstawce L (096892, 096892W, 096893, 096893W) i regale L (096900, 096900W, 096901, 096901W). • wym. 40,5  x  105,3 cm</t>
+    <t>Drzwi witrynowe w ramce aluminiowej. Dostosowane do zamontowania w nadstawce L (096892, 096892W, 096893, 096893W) i regale L (096900, 096900W, 096901, 096901W). • wym. 40,50 x 105,30 cm</t>
   </si>
   <si>
     <t>096901W</t>
   </si>
   <si>
-    <t>Regał Grande L głęboki - biały</t>
-[...2 lines deleted...]
-    <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Regał można uzupełnić drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096889, 096889W, 096891, 096891W, 096893, 096893W, 096964). Na głębokich regałach (48 cm), można ustawiać także nadstawki o głębokości 38 cm (096888, 096888W, 096890, 096890W, 096892, 096892W), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). • wym. 82 x 48 x 117,4 cm</t>
+    <t>Regał Grande L głęboki – biały</t>
+  </si>
+  <si>
+    <t>Regały wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Regał można uzupełnić drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096889, 096889W, 096891, 096891W, 096893, 096893W, 096964). Na głębokich regałach (48 cm) można ustawiać także nadstawki o głębokości 38 cm (096888, 096888W, 096890, 096890W, 096892, 096892W), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). • wym. 82 x 48 x 117,40 cm</t>
   </si>
   <si>
     <t>ZEST5694</t>
   </si>
   <si>
     <t>Kuchnia Grande - zestaw 3</t>
   </si>
   <si>
     <t>Skład zestawu: # 098207 	Szafka kuchenna Grande ze zlewozmywakiem 1 szt.# 098208 Drzwi do szafki kuchennej Grande, 2 szt., 1 kpl# 098312 Blat kuchenny do szafek Grande, 82 cm, 1 szt.# Zlew z ociekaczem, armatura i zestaw odpływowyZlew wykonany ze stali nierdzewnej, montaż natynkowy, szer. całkowita: 76 cm; wym. wewn. szer. 39 x gł. 36 x wys. 15 cm. Blat wykonany z płyty wiórowej powlekanej HPL, odporny na krótkotrwałe działanie wody. Brak półki.• wym. 82 x 60 x 86 cm</t>
   </si>
   <si>
     <t>099751W</t>
   </si>
   <si>
     <t>Biurko Grande, białe</t>
   </si>
   <si>
     <t>Proste biurka uzupełniające kolekcję meblową Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Wyposażone w 4 szuflady (w górnej szufladzie zamek). • wym. 140 x 80 x 76,6 cm</t>
   </si>
   <si>
     <t>096877K</t>
   </si>
   <si>
-    <t>Drzwi Grande wysokie 90 st. z zamkiem 2 szt. - białe</t>
-[...2 lines deleted...]
-    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90 stopni i zastosowano w nich mechanizm cichego domyku. Wyposażone w zamek. Pasują do regałów L (096900, 096900W, 096901, 096901W) i nadstawek L (096892, 096892W, 096893, 096893W). • 2 szt. • wym. 40,5 x 105,3 cm</t>
+    <t>Drzwi Grande wysokie 90 st. z zamkiem 2 szt. – białe</t>
+  </si>
+  <si>
+    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90° i zastosowano w nich mechanizm cichego domyku. Wyposażone w zamek. Pasują do regałów L (096900, 096900W, 096901, 096901W) i nadstawek L (096892, 096892W, 096893, 096893W). • 2 szt. • wym. 40,50 x 105,30 cm</t>
   </si>
   <si>
     <t>096743</t>
   </si>
   <si>
     <t>Szafka laboratoryjna mobilna</t>
   </si>
   <si>
     <t xml:space="preserve">Szafka laboratoryjna mobilna dedykowana jest do szkół podstawowych i liceów. Sprawdzi się w pracowniach przyrodniczych, zarówno w klasie biologicznej, chemicznej czy fizycznej. Posiada 4 kółka z hamulcem i aluminiowe uchwyty po krótszych stronach, umożliwiające wygodne przemieszczanie szafki.  Funkcjonalność szafki laboratoryjnej to nie tylko jej mobilność, ale i także składany blat znajdujący się po jednej stronie szafki. Po drugiej znajdują się 2 zamykane na kluczyk szafki z półką o regulowanej wysokości oraz 5 szuflad. Stół wyposażony jest w gniazdka elektryczne wysuwane z blatu i kabel o dł. ok. 1,5 m.  Szafka laboratoryjna wykonana została z białej płyty laminowanej o gr. 18 mm, blat pokryty laminatem HPL, stelaż z profilu o wym. 30 x 30 mm.  • wym. całkowite: 168 x 56 (101,5 po rozłożeniu blatu) x 91 cm • wym. blatu: 152 x 51 (101,5 po rozłożeniu) • wym. wewnętrzne szafki: 44,8 x 45 x 72,6 cm • wym. wewnętrzne niższych szuflad: 39,8 x 37,8 x 7 cm • wym. wewnętrzne wyższych szuflad: 39,8 x 37,8 x 16,5 cm. Szafka laboratoryjna mobilna dedykowana jest do szkół podstawowych i liceów. Sprawdzi się w pracowniach przyrodniczych, zarówno w klasie biologicznej, chemicznej czy fizycznej. Posiada 4 kółka z hamulcem i aluminiowe uchwyty po krótszych stronach, umożliwiające wygodne przemieszczanie szafki. </t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -250,51 +250,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d48cd9f8b8cbcd20c0c03e0b9ff0d5331.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1213b4b1c94e17501cccea1aeee1c43d2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9834ea2d37139ab5d5c4531e5a01abe3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfc412e61cc08cc12d50c0250369e1d74.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6250e98b3cb38ff1a3bd6f6180883dc5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23caa70a3f777fe4a04bf216f2e8c2f16.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1ce6519c142ff148bc890db7666f1047.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a9c239f4bb959ba5e7221a2ced3b96f8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3f20aaf292dc03235a26555b234b1b59.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04fe262b6cf5e156f3e81e57f7119a4910.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f00a890c86847ba701ca5340f6e7d4b11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a700515875fe0f9b899e517ca7b02071.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddaec305a8b4601d47cbb67cd7bddbc82.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff8e7fa0bec8e5dc4e8b5fa067bd98753.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1af47dcb8d799a187ea67e654816955b4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bde6257aa7d2dbd2fff439c905a49f845.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951d5b08a6e20330b9d3ef989c093d8b6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53131ea662991a11006f22d6dea8a1247.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8eaeb7823fa102b74e1edce3370030f28.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0c8356bf9cb50e3677ae8345cea8df69.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3498ac951152b16085b43394c5252a8a10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23aad8fa5152b70e5541ba6915d50ad511.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0039" descr="Zielona Pracownia 6"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>