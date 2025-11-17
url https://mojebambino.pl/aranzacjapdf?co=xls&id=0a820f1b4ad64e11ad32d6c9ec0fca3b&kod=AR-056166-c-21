--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -20,78 +20,78 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>AR-056166-c-21 Sala przedszkolna Quadro z zestawem Pałac</t>
   </si>
   <si>
-    <t>z dnia 2025-10-03 01:10:46</t>
+    <t>z dnia 2025-11-17 15:09:00</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>SET6396S-N</t>
   </si>
   <si>
     <t>Quadro - zestaw Pałac 90 st., cichy domyk, skrzynia klon jasny</t>
   </si>
   <si>
-    <t>Zestawy tematyczne mebli Quadro składają się z funkcjonalnych szafek, z unikalnymi frontami, zaprojektowanymi w taki sposób, by obejmowały różne obszary tematyczne. Kolorowe, przyjazne dzieciom aplikacje tworzą inspirujące, ale zarazem stonowane środowisko i zachęcają do zabawy i nauki. Komplet mebli można zamówić tylko w całości. Można go uzupełnić wieloma dodatkowymi elementami z naszej oferty, takimi jak aplikacje ścienne, dywany czy kąciki zabaw z pasującymi motywami.Zestawy mebli są wykonane płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego lub białej, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną. Drzwiczki wyposażone w zawiasy 90 stopni, z cichym domykiem.Szafki z białymi frontami i aplikacjami nawiązującymi do tematyki bajkowo-pałacowej: wieże, niewielkie okna. •  092149 Quadro - regał XL z przegrodą i 3 półkami - klon jasny  - 1 szt. •  096990 Quadro - szafka domek z 2 półkami, klon jasny  - 1 szt. •  092171 Quadro - ławeczka na 3 małe skrzynie - klon jasny  - 1 szt. •  092141 Quadro - szafka M z 1 półką na cokole - klon jasny  - 1 szt. •  092146 Quadro - szafka słupek L z 2 półkami - klon jasny  - 1 szt. • drzwi oraz skrzynie na kółkach z aplikacjami nawiązującymi do tematyki bajkowo-pałacowej• aplikacje architektury pałacowej• wym. 396,2 x 41,5 x 217,6 cm• długość zestawu: 3,962 m</t>
+    <t>Zestawy tematyczne mebli Quadro składają się z funkcjonalnych szafek, z unikalnymi frontami, zaprojektowanymi w taki sposób, by obejmowały różne obszary tematyczne. Kolorowe, przyjazne dzieciom aplikacje tworzą inspirujące, ale zarazem stonowane środowisko i zachęcają do zabawy i nauki. Komplet mebli można zamówić tylko w całości. Można go uzupełnić wieloma dodatkowymi elementami z naszej oferty, takimi jak aplikacje ścienne, dywany czy kąciki zabaw z pasującymi motywami.Zestawy mebli są wykonane płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego lub białej, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną. Drzwiczki wyposażone w zawiasy 90 stopni, z cichym domykiem.Szafki z białymi frontami i aplikacjami nawiązującymi do tematyki bajkowo-pałacowej: wieże, niewielkie okna. •  092149 Quadro - regał XL z przegrodą i 3 półkami - klon jasny  - 1 szt. •  096990 Quadro - szafka domek z 2 półkami, klon jasny  - 1 szt. •  092171 Quadro - ławeczka na 3 małe skrzynie - klon jasny  - 1 szt. •  092141 Quadro - szafka M z 1 półką na cokole - klon jasny  - 1 szt. •  092146 Quadro - szafka słupek L z 2 półkami - klon jasny  - 1 szt. • drzwi oraz skrzynie na kółkach z aplikacjami nawiązującymi do tematyki bajkowo-pałacowej• aplikacje architektury pałacowej• wym. 396,20 x 41,50 x 217,60 cm• długość zestawu: 3,96 m</t>
   </si>
   <si>
     <t>101796</t>
   </si>
   <si>
     <t>Siedzisko Paolo krótkie,  szare</t>
   </si>
   <si>
     <t>Pufy przeznaczone do tworzenia siedzisk w wewnętrznym łuku szafek Quadro 1/8 koła (096997, 096997W, sprzedawane osobno). Pufy wykonane z pianki, obszyte trwałą tkaniną meditap, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 76,5 x 40 x 35 cm</t>
   </si>
   <si>
     <t>092084</t>
   </si>
   <si>
     <t>Quadro - skrzynia mała - biała</t>
   </si>
   <si>
     <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną.• wym. frontu 36,9 x 36,9 cm • wym. wewn. 33 x 34,2 x 28 cm• wym. 36,9 x 37,8 x 44,7 cm</t>
   </si>
   <si>
     <t>101801</t>
   </si>
   <si>
     <t>Siedzisko Paolo krótkie,  jasnobrązowe</t>
   </si>
@@ -232,51 +232,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0bc2afd092b30d454eaadc0771ea08c1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4928740494eb34b88be0704adea505e2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9013ed2de199abb4faa8084b86b952f53.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/325f0b50225bbba9e11c8942c7f5dbe84.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d27d160dcff2a23696a10a9b05e97fb5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/060e38b5ee7f2211b86cabd1523d923e6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/586545793e21a023d08da792a7f841787.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd6d433c42b3e3995e17b5425ce63d238.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fa4e1e14117af8ea427b4c68b6771579.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/214b47edb2cec114529f506fdd4815de1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ff39ef61fe94e20e07d39c4dfc951d42.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31f23f10427c24d42055fe877d57f2fd3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c56d6d8738cd6dfa51d766c19f29a4f4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ffd431e97e3b7d1ff72e4e55f8074095.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ecd718badfe16efb9c541a5f501440c6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cf679c2db6a0deaa9366d9d1c67c7a77.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d802a87d569826b8036b34f453d799be8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ebdad421793f9771959f505e4ef74849.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4438650" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="AR-056166-c-21" descr="Sala przedszkolna Quadro z zestawem Pałac"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>