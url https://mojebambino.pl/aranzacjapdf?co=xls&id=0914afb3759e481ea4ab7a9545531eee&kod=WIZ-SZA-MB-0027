--- v0 (2025-10-25)
+++ v1 (2025-12-10)
@@ -19,147 +19,147 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>WIZ-SZA-MB-0027 Korytarz szkolny z wyciszeniami</t>
   </si>
   <si>
-    <t>z dnia 2025-10-25 11:01:42</t>
+    <t>z dnia 2025-12-10 05:47:03</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>098468</t>
   </si>
   <si>
     <t>Podest, wys. 30 cm - pojedynczy</t>
   </si>
   <si>
     <t>Podesty służą jako siedziska dla uczniów w dowolnej przestrzeni w szkole. Podesty można bezpiecznie układać jeden na drugim tworząc dwa lub 3 poziomy do siedzenia. • wym. 60 x 60 x 30 cm</t>
   </si>
   <si>
     <t>899030-T3-B3LP-KG06</t>
   </si>
   <si>
     <t>Sofa Universum 3-os. wys. 163 cm, 2 boki wysokie, tkanina KG06</t>
   </si>
   <si>
     <t>Universum to kolekcja siedzisk modułowych o geometrycznych kształtach i eleganckim wyglądzie zaprojektowana z myślą o nowoczesnych placówkach edukacyjnych. Składa się z elementów, które można dowolnie łączyć, tworząc układy dopasowane do różnych potrzeb przestrzeni i rozmiarów pomieszczeń. Proste formy w połączeniu ze stonowaną kolorystyką sprzyjają koncentracji i tworzą spokojne, przyjazne otoczenie do spotkań, nauki i odpoczynku. Kolekcja oferuje nowoczesne rozwiązania, które odpowiadają na potrzeby użytkowników, umożliwiając tworzenie wygodnych miejsc do pracy i relaksu.Dostępne są trzy wersje siedzisk:• z niskimi oparciami, które doskonale się sprawdzą w przestrzeniach biurowych i szkolnych, typu gabinet dyrektora; • z wysokimi oparciami, które mogą pełnić funkcję ścianek działowych, co ułatwi tworzenie prywatnych przestrzeni, a właściwości akustyczne zapewniają redukcję hałasu; • pufy, które są idealnym dodatkiem do foteli i sof. Dostępne są także sofy i fotele wyposażone w gniazdko elektryczne i indukcję.Siedziska są wykonane z trwałych, łatwych w czyszczeniu materiałów. Użytkownicy mają do wyboru trzy rodzaje tkanin obiciowych:• Kidglove (KG) – miła w dotyku, miękka ekologiczna tkanina wykonana z poliestru (w 60% recyklingowanego), odporna na zaplamienie. Tkanina posiada badania na trudnozapalność BS 5852 source 0.• Roccia (RO) – szybkoschnąca tkanina wykonana w 100% z poliestru, o ścieralności 70 000 cykli Martindale&amp;apos;a. Idealna do eleganckich wnętrz. Tkanina posiada badania na trudnozapalność, m. in: EN 1021-1:2006 EN 1021-2:2006 BS 7176:2007 (Medium Hazard), DIN 4102-1 (B1).• Meditap (MT) – łatwa w czyszczeniu, wodoodporna tkanina PES o wysokiej gramaturze (550 g/m2), przypominająca sztuczną skórę, nie zawiera ftalanów. Tkanina posiada badania na trudnozapalność, m. in: EN 1021-1:2006 EN 1021-2:2006.• wys. siedziska 45 cm• wym. siedziska 165 x 55 cm• wym. 197.00 x 78.00 x 163.00 cm</t>
   </si>
   <si>
     <t>101863</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. jasny turkus</t>
   </si>
   <si>
-    <t>Poduszki wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
+    <t>Poduszki wykonane z trwałej tkaniny, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
   </si>
   <si>
     <t>899030-T3-B3LP-KG07</t>
   </si>
   <si>
     <t>Sofa Universum 3-os. wys. 163 cm, 2 boki wysokie, tkanina KG07</t>
   </si>
   <si>
     <t>099388</t>
   </si>
   <si>
     <t>Panel na 5 poduszek</t>
   </si>
   <si>
     <t>Panel ścienny przeznaczony do przechowywania okrągłych poduszek będzie stanowił także piękną dekorację każdej sali. Wykonany ze sklejki. Można mocować kilka paneli koło siebie, aby móc przechowywać większą liczbę poduszek. Poduszki (101738, 101260-101264, 101874, 109048-109055, sprzedawane osobno). • wym. 125 x 80 cm</t>
   </si>
   <si>
     <t>146026</t>
   </si>
   <si>
     <t>Tablica biała suchościeralna ceramiczna</t>
   </si>
   <si>
     <t>Tablica biała suchościeralna o powierzchni magnetycznej ceramicznej. Rama wykonana z profilu aluminiowego w kolorze srebrnym, wykończona popielatymi narożnikami. 10 lat gwarancji na powierzchnię lakierowaną. Wymaga częstego czyszczenia płynem do tablic suchościeralnych (146164, sprzedawany osobno). Płyn jest dostępny także w zestawie startowym do tablic suchościeralnych (146113). Półka na pisaki o dł. 30 cm. • wym. 170 x 100 cmUWAGA! Aby zapobiec powstawaniu wybrzuszeń, tablice należy przechowywać w poziomie.</t>
   </si>
   <si>
     <t>098469</t>
   </si>
   <si>
     <t>Podest, wys. 30 cm - podwójny</t>
   </si>
   <si>
     <t>Podesty służą jako siedziska dla uczniów w dowolnej przestrzeni w szkole. Podesty można bezpiecznie układać jeden na drugim tworząc dwa lub 3 poziomy do siedzenia. • wym. 120 x 60 x 30 cm</t>
   </si>
   <si>
     <t>094284</t>
   </si>
   <si>
     <t>Stolik Universum wys. 45 cm - klon jasny</t>
   </si>
   <si>
     <t>Universum to kolekcja siedzisk modułowych o geometrycznych kształtach i eleganckim wyglądzie zaprojektowana z myślą o nowoczesnych placówkach edukacyjnych. Składa się z elementów, które można dowolnie łączyć, tworząc układy dopasowane do różnych potrzeb przestrzeni i rozmiarów pomieszczeń. Proste formy w połączeniu ze stonowaną kolorystyką sprzyjają koncentracji i tworzą spokojne, przyjazne otoczenie do spotkań, nauki i odpoczynku. Kolekcja oferuje nowoczesne rozwiązania, które odpowiadają na potrzeby użytkowników, umożliwiając tworzenie wygodnych miejsc do pracy i relaksu.  Dostępne są trzy wersje siedzisk: • z niskimi oparciami, które doskonale się sprawdzą w przestrzeniach biurowych i szkolnych, typu gabinet dyrektora;  • z wysokimi oparciami, które mogą pełnić funkcję ścianek działowych, co ułatwi tworzenie prywatnych przestrzeni, a właściwości akustyczne zapewniają redukcję hałasu;  • pufy, które są idealnym dodatkiem do foteli i sof.  Dostępne są także sofy i fotele wyposażone w gniazdko elektryczne i indukcję.  Siedziska są wykonane z trwałych, łatwych w czyszczeniu materiałów. Użytkownicy mają do wyboru trzy rodzaje tkanin obiciowych: • Kidglove (KG) – miła w dotyku, miękka ekologiczna tkanina wykonana z poliestru (w 60% recyklingowanego), odporna na zaplamienie. Tkanina posiada badania na trudnozapalność BS 5852 source 0. • Roccia (RO) – szybkoschnąca tkanina wykonana w 100% z poliestru, o ścieralności 70 000 cykli Martindale&amp;apos;a. Idealna do eleganckich wnętrz. Tkanina posiada badania na trudnozapalność, m. in: EN 1021-1:2006 EN 1021-2:2006 BS 7176:2007 (Medium Hazard), DIN 4102-1 (B1). • Meditap (MT) – łatwa w czyszczeniu, wodoodporna tkanina PES o wysokiej gramaturze (550 g/m2), przypominająca sztuczną skórę, nie zawiera ftalanów. Tkanina posiada badania na trudnozapalność, m. in: EN 1021-1:2006 EN 1021-2:2006.Stoliki stanowią doskonałe uzupełnienie do mebli z kolekcji Universum. Dostępne są w dwóch wersjach kolorystycznych oraz w dwóch wysokościach: 35 cm i 45 cm. • gr. blatu 18 mm • wym. profilu 40 x 6 mm• wym. 60 x 60 x 45 cm</t>
   </si>
   <si>
     <t>101829</t>
   </si>
   <si>
-    <t>Materac 3-częściowy niebiesko-szary - mata - MED</t>
-[...2 lines deleted...]
-    <t>Stanowią podkład do ćwiczeń oraz miejsce zabaw dla dzieci. Obszyte trwałą tkaniną meditap, niezawierającą ftalanów, łatwą do utrzymania w czystości.• wym. po rozłożeniu 180 x 60 x 5 cm• wyrób medyczny - klasa I</t>
+    <t>Materac 3-częściowy niebiesko-szary – mata – MED</t>
+  </si>
+  <si>
+    <t>Stanowią podkład do ćwiczeń oraz miejsce zabaw dla dzieci. Obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości.• wym. po rozłożeniu 180 x 60 x 5 cm• wym. 180 x 60 x 5 cm• wyrób medyczny - klasa ISpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>842195</t>
   </si>
   <si>
     <t>Parawan wyciszający 100 x 150 - szary</t>
   </si>
   <si>
     <t>Parawany wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Posiadają właściwości wyciszające. • gr. 20 mm • 2 metalowe wsporniki</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -246,51 +246,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25b20e8bf30b4ad28a7b7a4dc588dce81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5859ebc1c7904a9f2136332748fa54f2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/192b99031a462e9eb1f0b43230b454223.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cf773ee96f1bc4b40c32c51f84a2de4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/679ca49187e56dd84af3440ed3988c905.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d6e5408a569ab7bb3ff75660c21f3d06.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e79402cc95cff3c0bf9143d4fd63a5757.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6949a12620301143408851367ad64da98.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8eb4556585513d9aca112773c066b7cb9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08f3b78f024ff6f84c540cdd91c1a52d10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cdc59d82757f29d0f21ac6a9856e61f11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67da3e9d7b221662d0b09831ed25ed6f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4a91497990022e5c196dff5121035c2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5719ef1bd1cccb7931574774cb9744c33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c987b1076bae24092a47360266be69d4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/340db34fc1870a2685ed7766140cd8c25.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ff05307063fe11603c6f8dddcb28c886.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d25b5d171fb7019eab41b549115c1e87.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d696e5be6ff6e9ef6a4327b5d1d91708.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aaf24f3f44fb359a8f7d77636e88dde9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d61c3bf068a315f8fc2a12640075e05410.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b243203089469baf270600cc5de72e5711.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZA-MB-0027" descr="Korytarz szkolny z wyciszeniami"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>