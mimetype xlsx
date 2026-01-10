--- v0 (2025-11-09)
+++ v1 (2026-01-10)
@@ -19,51 +19,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>WIZ-SZK-MB-0075 Sala szkolna z wyciszeniami</t>
   </si>
   <si>
-    <t>z dnia 2025-11-09 14:55:54</t>
+    <t>z dnia 2026-01-10 23:40:37</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>821241</t>
   </si>
   <si>
     <t>Cyfrowe zasoby - Inteligentna Klasa 20 (Classwise)</t>
   </si>
@@ -287,78 +287,91 @@
   <si>
     <t>842123</t>
   </si>
   <si>
     <t>Parawan akustyczny na blat - szary</t>
   </si>
   <si>
     <t xml:space="preserve">Parawan akustyczny ze sztywnym środkiem pokrytym materiałem. Ustawiony na blacie umożliwia redukcję hałasu docierającego do dziecka siedzącego przy stole. Po wewnętrznej stronie parawan posiada dwie gumki w części środkowej (pozwalające przytwierdzić np. papier lub obrazek) oraz kieszonki w skrzydłach (z łatwością pomieszczą różne drobiazgi, np. kredki). • wym. 119 x 35 cm (część środkowa 47 x 35 cm) • gr. 1 cm </t>
   </si>
   <si>
     <t>564151</t>
   </si>
   <si>
     <t>Krzesło Kapi zawieszane rozm. 6 czarne</t>
   </si>
   <si>
     <t>Krzesło o nowoczesnym wyglądzie. Stelaż krzesła w kolorze aluminium idealnie współgra z kolorystyką siedzisk. Siedzisko i oparcie wykonane z tworzywa sztucznego (polipropylen), są wyjątkowo wytrzymałe. Oparcie w naturalny sposób dostosowuje się do pleców dziecka. Dzięki unikalnemu stelażowi można je podwieszać na blatach stolików szkolnych. Małe otwory u góry oparcia pozwalają na wygodne przestawianie krzesła z miejsca na miejsce. Dostępne w rozm. 1-6.• szer. siedziska 43 cm • gł. siedziska 43,5 cm • wys. siedziska 46 cm</t>
   </si>
   <si>
     <t>094283</t>
   </si>
   <si>
     <t>Stolik Universum wys. 35 cm - klon jasny</t>
   </si>
   <si>
-    <t>Universum to kolekcja siedzisk modułowych o geometrycznych kształtach i eleganckim wyglądzie zaprojektowana z myślą o nowoczesnych placówkach edukacyjnych. Składa się z elementów, które można dowolnie łączyć, tworząc układy dopasowane do różnych potrzeb przestrzeni i rozmiarów pomieszczeń. Proste formy w połączeniu ze stonowaną kolorystyką sprzyjają koncentracji i tworzą spokojne, przyjazne otoczenie do spotkań, nauki i odpoczynku. Kolekcja oferuje nowoczesne rozwiązania, które odpowiadają na potrzeby użytkowników, umożliwiając tworzenie wygodnych miejsc do pracy i relaksu.  Dostępne są trzy wersje siedzisk: • z niskimi oparciami, które doskonale się sprawdzą w przestrzeniach biurowych i szkolnych, typu gabinet dyrektora;  • z wysokimi oparciami, które mogą pełnić funkcję ścianek działowych, co ułatwi tworzenie prywatnych przestrzeni, a właściwości akustyczne zapewniają redukcję hałasu;  • pufy, które są idealnym dodatkiem do foteli i sof.  Dostępne są także sofy i fotele wyposażone w gniazdko elektryczne i indukcję.  Siedziska są wykonane z trwałych, łatwych w czyszczeniu materiałów. Użytkownicy mają do wyboru trzy rodzaje tkanin obiciowych: • Kidglove (KG) – miła w dotyku, miękka ekologiczna tkanina wykonana z poliestru (w 60% recyklingowanego), odporna na zaplamienie. Tkanina posiada badania na trudnozapalność BS 5852 source 0. • Roccia (RO) – szybkoschnąca tkanina wykonana w 100% z poliestru, o ścieralności 70 000 cykli Martindale&amp;apos;a. Idealna do eleganckich wnętrz. Tkanina posiada badania na trudnozapalność, m. in: EN 1021-1:2006 EN 1021-2:2006 BS 7176:2007 (Medium Hazard), DIN 4102-1 (B1). • Meditap (MT) – łatwa w czyszczeniu, wodoodporna tkanina PES o wysokiej gramaturze (550 g/m2), przypominająca sztuczną skórę, nie zawiera ftalanów. Tkanina posiada badania na trudnozapalność, m. in: EN 1021-1:2006 EN 1021-2:2006.Stoliki stanowią doskonałe uzupełnienie do mebli z kolekcji Universum. Dostępne są w dwóch wersjach kolorystycznych oraz w dwóch wysokościach: 35 cm i 45 cm. • gr. blatu 18 mm • wym. profilu 40 x 6 mm• wym. 50 x 50 x 35 cm</t>
+    <t>Universum to kolekcja siedzisk modułowych o geometrycznych kształtach i eleganckim wyglądzie zaprojektowana z myślą o nowoczesnych placówkach edukacyjnych. Składa się z elementów, które można dowolnie łączyć, tworząc układy dopasowane do różnych potrzeb przestrzeni i rozmiarów pomieszczeń. Proste formy w połączeniu ze stonowaną kolorystyką sprzyjają koncentracji i tworzą spokojne, przyjazne otoczenie do spotkań, nauki i odpoczynku. Kolekcja oferuje nowoczesne rozwiązania, które odpowiadają na potrzeby użytkowników, umożliwiając tworzenie wygodnych miejsc do pracy i relaksu.
+Dostępne są trzy wersje siedzisk:
+• z niskimi oparciami, które doskonale się sprawdzą w przestrzeniach biurowych i szkolnych, typu gabinet dyrektora; 
+• z wysokimi oparciami, które mogą pełnić funkcję ścianek działowych, co ułatwi tworzenie prywatnych przestrzeni, a właściwości akustyczne zapewniają redukcję hałasu; 
+• pufy, które są idealnym dodatkiem do foteli i sof. 
+Dostępne są także sofy i fotele wyposażone w gniazdko elektryczne i indukcję.
+Siedziska są wykonane z trwałych, łatwych w czyszczeniu materiałów. Użytkownicy mają do wyboru trzy rodzaje tkanin obiciowych:
+• Kidglove (KG) – miła w dotyku, miękka ekologiczna tkanina wykonana z poliestru (w 60% recyklingowanego), odporna na zaplamienie. Tkanina posiada badania na trudnozapalność BS 5852 source 0.
+• Roccia (RO) – szybkoschnąca tkanina wykonana w 100% z poliestru, o ścieralności 70 000 cykli Martindale&amp;apos;a. Idealna do eleganckich wnętrz. Tkanina posiada badania na trudnozapalność, m. in: EN 1021-1:2006 EN 1021-2:2006 BS 7176:2007 (Medium Hazard), DIN 4102-1 (B1).
+• Meditap (MT) – łatwa w czyszczeniu, wodoodporna tkanina PES o wysokiej gramaturze (550 g/m2), przypominająca sztuczną skórę, nie zawiera ftalanów. Tkanina posiada badania na trudnozapalność, m. in: EN 1021-1:2006 EN 1021-2:2006.Stoliki stanowią doskonałe uzupełnienie do mebli z kolekcji Universum. Dostępne są w dwóch wersjach kolorystycznych oraz w dwóch wysokościach: 35 cm i 45 cm.
+• gr. blatu 18 mm
+• wym. profilu 40 x 6 mm• wym. 50 x 50 x 35 cm</t>
   </si>
   <si>
     <t>098789W</t>
   </si>
   <si>
     <t>Mobilne biurko Grande – białe</t>
   </si>
   <si>
     <t>Mobilne biurko dla nauczyciela z regulowaną wysokością blatu. Blat i półka wykonany z płyty wiórowej o gr. 18 mm w kolorze jasnego klonu lub białym, posiada aluminiowy stelaż. Posiada wysuwaną półkę. Funkcjonalne biurko, które zadowoli każdego nauczyciela. • min. wys. 76 cm; max. wys. 90 cm• wym. 100 x 55 x 90 cm</t>
   </si>
   <si>
     <t>094213</t>
   </si>
   <si>
     <t>Stolik do prezentacji z uchylnym blatem</t>
   </si>
   <si>
-    <t>Wszechstronny stolik z uchylnym blatem w kolorze klonu jasnego. Posiada możliwość regulacji kąta nachylenia blatu oraz regulacji wysokości. Sprawdzi się w salach lekcyjnych, bibliotekach czy aulach. • wym. blatu 43 x 31 cm</t>
+    <t>Wszechstronny stolik z uchylnym blatem w kolorze klonu jasnego. Posiada możliwość regulacji kąta nachylenia blatu oraz regulacji wysokości. Sprawdzi się w salach lekcyjnych, bibliotekach czy aulach.
+• wym. blatu 43 x 31 cm
+• regulowana wys. 63-103 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>096901</t>
   </si>
   <si>
-    <t>Regał Grande L głęboki - klon jasny</t>
-[...2 lines deleted...]
-    <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Regał można uzupełnić drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096889, 096889W, 096891, 096891W, 096893, 096893W). Na głębokich regałach (48 cm), można ustawiać także nadstawki o głębokości 38 cm (096888, 096888W, 096890, 096890W, 096892, 096892W), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). • maks. obciążenie: 20 kg• wym. 82 x 48 x 117,4 cm</t>
+    <t>Regał Grande L głęboki – klon jasny</t>
+  </si>
+  <si>
+    <t>Regały wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Regał można uzupełnić drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096889, 096889W, 096891, 096891W, 096893, 096893W). Na głębokich regałach (48 cm), można ustawiać także nadstawki o głębokości 38 cm (096888, 096888W, 096890, 096890W, 096892, 096892W), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). • maks. obciążenie: 20 kg• wym. 82 x 48 x 117,40 cm</t>
   </si>
   <si>
     <t>842195</t>
   </si>
   <si>
     <t>Parawan wyciszający 100 x 150 - szary</t>
   </si>
   <si>
     <t>Parawany wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Posiadają właściwości wyciszające. • gr. 20 mm • 2 metalowe wsporniki</t>
   </si>
   <si>
     <t>585037</t>
   </si>
   <si>
     <t>Monitor interaktywny insGraf DIGITAL EduSpace 65</t>
   </si>
   <si>
     <t xml:space="preserve">
 Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585037-0VAT.
    Wzór Zaświadczenia &gt;&gt;
    Przykład wypełnionego Zaświadczenia &gt;&gt;
 insGraf Digital EDUSpace – era innowacyjnej edukacji cyfrowej
 insGraf Digital EDUSpace to najnowocześniejszy monitor interaktywny zaprojektowany specjalnie z myślą o placówkach edukacyjnych i cyfrowej transformacji szkoły. Łączy w sobie zaawansowane technologie, łatwość obsługi i funkcjonalności, które wspierają zarówno nauczycieli, jak i uczniów. Wyposażony w system operacyjny Android 14 z certyfikatem Google EDLA (Enterprise Device Licensing Agreement), zapewnia pełną integrację z ekosystemem Google, oferując dostęp do Google for Education oraz sklepu Google Play. To innowacyjne rozwiązanie gwarantuje szkołom nieograniczone możliwości edukacyjne oraz najwyższy poziom bezpieczeństwa.
 Co daje certyfikat Google EDLA? Certyfikat EDLA to potwierdzenie zgodności urządzenia z rygorystycznymi standardami Google, dzięki czemu monitor jest w pełni bezpieczny, wydajny i kompatybilny. EDLA umożliwia regularne aktualizacje systemu, zapewniając jego stabilność i nowoczesność. Dzięki integracji z Google Play nauczyciele mogą korzystać z tysięcy aplikacji edukacyjnych, takich jak narzędzia do nauki matematyki, języków obcych czy programowania, które wzbogacają lekcje o interaktywne treści. Ponadto pełna integracja z Google Workspace for Education (Classroom, Meet, Drive, Docs) usprawnia współpracę i organizację pracy zarówno w klasie, jak i w trybie zdalnym.
 Najważniejsze nowości i zalety:
@@ -380,51 +393,51 @@
 4. Moduł NFC – szybkie i bezpieczne logowanie. Dzięki tej technologii nauczyciele mogą błyskawicznie uzyskać dostęp do swoich kont, eliminując konieczność wpisywania haseł. To rozwiązanie zwiększa wygodę oraz chroni przed nieautoryzowanym dostępem.
 5. Zewnętrzna kamera AI:
 	Tryb panoramiczny
 	Lokalizowanie uczestników i automatyczne kadrowanie
 	Lokalizacja dźwięku
 Kamera do zakupienia osobno (585040).
 6. Teraz 50 punktów dotyku, umożliwiających jednoczesną pracę wielu osób
 7. Bezprzewodowa komunikacja z EShare Pro:
 	Wbudowane oprogramowanie EShare PRO w cenie monitora.
 	Bezprzewodowe przesyłanie treści z urządzeń uczniów i nauczycieli.
 	Wsparcie dla współpracy między różnymi platformami.
 8. Niezależne dzielenie ekranu:
 Choć funkcja podziału ekranu pojawiała się już w niektórych monitorach, insGraf Digital EDUSpace wyróżnia się płynnością działania i pełną swobodą w wyborze aplikacji, co czyni go wyjątkowo przydatnym w edukacji.
 	Podział ekranu na dwie części
 	Jednoczesne uruchamianie dowolnych aplikacji
 	Regulowana szerokość podzielonych części
 Nowe funkcje Whiteboard – jeszcze więcej możliwości w nauczaniu
 Zaawansowana aplikacja Whiteboard wprowadza innowacyjne funkcje, które sprawdzą się zarówno podczas lekcji matematyki, muzyki, jak i innych przedmiotów:
 	Rozpoznawanie pisma ręcznego – automatyczne konwertowanie ręcznie napisanych notatek na tekst cyfrowy.
 	Diagramy i mapy myśli – narzędzia wspierające wizualne przedstawianie informacji i organizację pracy - tworzenie diagramów i map myśli .
 Dlaczego warto wybrać insGraf Digital EDUSpace?
 Monitor insGraf Digital EDUSpace to idealne rozwiązanie dla nowoczesnych szkół, które chcą wprowadzić edukację na wyższy poziom. Dzięki zaawansowanym funkcjom, integracji z Google Workspace i wsparciu generatywnej sztucznej inteligencji, monitor zapewnia nauczycielom więcej możliwości, oszczędzając czas i angażując uczniów w aktywne uczestnictwo w lekcjach.
 Postaw na insGraf Digital EDUSpace i odkryj nowy wymiar edukacji!
 Google EDLA (Enterprise Device Licensing Agreement) to certyfikat, który gwarantuje, że urządzenie spełnia najwyższe standardy Google w zakresie bezpieczeństwa, wydajności i kompatybilności. Certyfikowane monitory, takie jak insGraf Digital EDUSpace, zapewniają pełen dostęp do Google Workspace for Education, umożliwiając korzystanie z takich narzędzi jak Google Classroom, Google Meet, Docs, Sheets czy Slides. Dzięki temu nauczyciele mogą z łatwością planować lekcje, prowadzić wideokonferencje, zarządzać zadaniami domowymi i monitorować postępy uczniów w jednym, spójnym ekosystemie. Certyfikat EDLA oznacza również regularne aktualizacje oprogramowania, zapewniające ciągłe wsparcie dla nowych funkcji i ochronę przed zagrożeniami cybernetycznymi. Google Workspace for Education to nie tylko narzędzia organizacyjne, ale również platforma wspierająca kreatywność i współpracę, co pozwala uczniom rozwijać umiejętności XXI wieku, takie jak komunikacja, krytyczne myślenie i współpraca w grupie.
 SPECYFIKACJA TECHNICZNA:
-Przekątna obrazu: 65"
+Przekątna obrazu: 65\"
 Wymiary: 148 x 92 x 11 cm
 Waga: 38 kg
 Matryca: VA
 Podświetlenie: DLED
 Żywotność matrycy: 50 000h
 Technologia matrycy: Zero bonding
 Twardość szkła: 9h
 Grubość szkła: 3,2mm
 Rozdzielczość: 3840x2160 pixel (4k)
 Współczynnik proporcji: 16:9
 Jasność świecenia: 450 cd/m²
 Kontrast: 5000:1
 HDR: HDR 10
 Kolory wyświetlacza: 8 bitów + FRC
 Czujnik światła otoczenia: Tak
 Czas rekcji wyświetlacza: 6,5 ms
 Kąt widzenia H/V: 178°/178°
 Czujnik dotyku: podczerwień
 Punkty dotyku: 50 punktów
 Narzędzia do pisania: pisak, palec, dłoń
 Pisanie 2 kolory: Tak - dwa pisaki
 Dokładność pisania: &lt; 1 mm (ponad 90% pow.)
 Wysokość odczytu pisak: 1,5 mm
 Czas reakcji pisania: 3,3 ms
 Pamięć ram: 8GB
@@ -448,86 +461,85 @@
 	Wejście HDMI 1/2 x 2 
 	Wyjście HDMI x 1 
 	DP x 1 
 	USB 3.0 x2 
 	USB 2.0 (Android) x 1
 	RS-232 x 1 
 	słuchawki x 1 
 	wyjście SPDIF x 1 
 	audio-VGA x 1 
 	VGA x 1 
 	gniazdo OPS x 1 (4K przy 60 Hz) 
 	Wejście sieciowe LAN RJ45/8P8C x 1 
 	Wyjście sieciowe LAN RJ45/8P8C x 1
 Obsługa HDCP (Cyfrowa ochrona treści przed kopiowanie)
 Głośniki: przód 2 x 20 W
 Mikrofon: Tak (8 macierzy, 10m, nagrywanie, redukcja pogłosu)
 Podział ekranu: Tak/dowolne 2 aplikacje - nowość
 Udostępnianie ekranu: Tak
 Obsługiwane pliki: Full
 Wbudowany pakiet OFFICE: Tak
 Obsługiwane pliki video: Full
 FUNKCJE TABLICY
 Pisanie - rysik, palec dłoń: Tak
 Wysokość pisania: 1,5 mm
 Czas reakcji (pisanie): ≤ 3,3 ms
-Funkcja Painting
 Funkcje rozpoznawania i zamiana pisania i figur geometrycznych: Tak
 Autokształty: Tak
 Funkcja notatki: Tak
 Gadżety: stoper, minutnik spotlight
 Przybory geometryczne: TAK - linijka, ekierka, kątomierz
 Podział tablicy: Tak
 Zapis aktywnej tablicy: Tak
 YOUTUBE w Tablicy: Tak
 Własne Wideo w Tablicy: Tak
 Wyszukiwanie obrazów: Tak
 Powierzchnia ekranu monitora jest matowa, antyodblaskowa.
 Zawartość:
 	pilot, 1 szt.
 	pisak, 2 szt.
 	przewód zasilający 3m, 1 szt.
 	przewód USB-C 65W dł - 2m, 1 szt.
 	przewód USB 2.0 A-B -3M, 1 szt.
 	przewód HDMI 2.0 dł - 3m, 1 szt.
 	produkt wymaga baterii (są w zestawie)
 Zawartość:
-# pilot, 1 szt.
-[...4 lines deleted...]
-# przewód HDMI 2.0 dł - 3m, 1 szt.• produkt wymaga baterii (są w zestawie)</t>
+• pilot, 1 szt.
+• pisak, 2 szt.
+• przewód zasilający 3 m, 1 szt.
+• przewód USB-C 65W dł – 2 m, 1 szt.
+• przewód USB 2.0 A-B – 3 m, 1 szt.
+• przewód HDMI 2.0 dł – 3 m, 1 szt.• produkt wymaga baterii (są w zestawie)</t>
   </si>
   <si>
     <t>B9037-46-25-SP-2EMC26-PA-P</t>
   </si>
   <si>
     <t>Stół Daniel 130x50 rozm. 4-6, 2-os., stelaż antracytowy, blat klon jasny, obrzeże ABS, narożniki proste</t>
   </si>
   <si>
-    <t>Stoły Daniel występują w dwóch rozmiarach blatów: 1-osobowym (70 x 50 cm) i 2-osobowym (130 x 50 cm). Stoły bez regulacji wysokości dostępne w rozmiarach od 3 do 6, stoły z regulacją – w rozmiarach: 2–4 i 4–6.W rozm. 70 x 50 cm i 130 x 50 cm blaty dostępne są w dwóch wersjach płyty:- laminowanej o gr. 18 mm, w 5 odcieniach do wyboru: buk, klon, brzoza, biały i szary. Można dobrać do nich obrzeże ABS o gr. 2 mm lub wytrzymałe i trwałe obrzeże PU (dostępne odcienie: buk, brzoza) o gr. 4 mm;- o gr. 25 mm, pokryty trwałym laminatem HPL, w 4 odcieniach do wyboru: buk, klon, biały i szary. Można dobrać do nich drewniane obrzeże, przyklejone do płyty lub wybrać opcję blatu ze sklejki bez dodatkowego obrzeża.Narożniki mogą być proste (dotyczy obrzeży: drewnianego i ABS) lub zaokrąglone (dotyczy obrzeży PU, ze sklejki i ABS).Niezależnie od rodzaju blatu, stelaż występuje w 6 wersjach kolorystycznych: czerwony, niebieski, zielony, żółty, czarny i aluminiowy oraz dla wybranych modeli są dodatkowo dostępne w wersji oliwkowej, łososiowej, różowej i turkusowej. Stelaż wykonany z rury okrągłej o średnicy 32 mm i profilu o przekroju 38 x 20 mm.Stoły są wyposażone w haczyki na tornister, plastikowe zatyczki chroniące podłogę przed zarysowaniem oraz zatyczki chroniące stelaż przez zarysowaniem go podczas regulowania wysokości.Dostępne są następujące rodzaje obrzeża blatu:PA - obrzeże ABS o gr. 2 mm, będące standardowym obrzeżem (dla blatów z płyty laminowanej o grubości 18 mm);PU - obrzeże o gr. 4 mm (dla blatów z płyty laminowanej o grubości 18 mm w buku, klonie i brzozie). Obrzeże PU jest specjalną mieszanką, która wnika w otwarte krawędzie płyty wiórowej i wypełnia wszystkie wolne przestrzenie.PD -  doklejone obrzeże z litego drewna (dla blatów z płyty o grubości 25 mm pokrytej laminatem HPL).PO -  obrzeże zaokrąglone na całej powierzchni i lakierowane (dla blatów z płyty o grubości 25 mm).</t>
+    <t>Stoły Daniel występują w dwóch rozmiarach blatów: 1-osobowym (70 x 50 cm) i 2-osobowym (130 x 50 cm). Stoły bez regulacji wysokości dostępne w rozmiarach od 3 do 6, stoły z regulacją – w rozmiarach: 2–4 i 4–6.W rozm. 70 x 50 cm i 130 x 50 cm blaty dostępne są w dwóch wersjach płyty:- laminowanej o gr. 18 mm, w 5 odcieniach do wyboru: buk, klon, brzoza, biały i szary. Można dobrać do nich obrzeże ABS o gr. 2 mm lub wytrzymałe i trwałe obrzeże PU (dostępne odcienie: buk, brzoza) o gr. 4 mm;- o gr. 25 mm, pokryty trwałym laminatem HPL, w 4 odcieniach do wyboru: buk, klon, biały i szary. Można dobrać do nich drewniane obrzeże, przyklejone do płyty lub wybrać opcję blatu ze sklejki bez dodatkowego obrzeża.Narożniki mogą być proste (dotyczy obrzeży: drewnianego i ABS) lub zaokrąglone (dotyczy obrzeży PU, ze sklejki i ABS).Niezależnie od rodzaju blatu, stelaż występuje w 6 wersjach kolorystycznych: czerwony, niebieski, zielony, żółty, czarny i aluminiowy oraz dla wybranych modeli są dodatkowo dostępne w wersji oliwkowej, łososiowej, różowej i turkusowej. Stelaż wykonany z rury okrągłej o średnicy 32 mm i profilu o przekroju 38 x 20 mm.Stoły są wyposażone w haczyki na tornister, plastikowe zatyczki chroniące podłogę przed zarysowaniem oraz zatyczki chroniące stelaż przez zarysowaniem go podczas regulowania wysokości.Dostępne są następujące rodzaje obrzeża blatu:PA - obrzeże ABS o gr. 2 mm, będące standardowym obrzeżem (dla blatów z płyty laminowanej o grubości 18 mm);PU - obrzeże o gr. 4 mm (dla blatów z płyty laminowanej o grubości 18 mm w buku, klonie i brzozie). Obrzeże PU jest specjalną mieszanką, która wnika w otwarte krawędzie płyty wiórowej i wypełnia wszystkie wolne przestrzenie.PD -  doklejone obrzeże z litego drewna (dla blatów z płyty o grubości 25 mm pokrytej laminatem HPL).PO -  obrzeże zaokrąglone na całej powierzchni i lakierowane (dla blatów z płyty o grubości 25 mm).Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>899030-T3-B3LP-KG13</t>
   </si>
   <si>
     <t>Sofa Universum 3-os. wys. 163 cm, 2 boki wysokie, tkanina KG13</t>
   </si>
   <si>
     <t>Universum to kolekcja siedzisk modułowych o geometrycznych kształtach i eleganckim wyglądzie zaprojektowana z myślą o nowoczesnych placówkach edukacyjnych. Składa się z elementów, które można dowolnie łączyć, tworząc układy dopasowane do różnych potrzeb przestrzeni i rozmiarów pomieszczeń. Proste formy w połączeniu ze stonowaną kolorystyką sprzyjają koncentracji i tworzą spokojne, przyjazne otoczenie do spotkań, nauki i odpoczynku. Kolekcja oferuje nowoczesne rozwiązania, które odpowiadają na potrzeby użytkowników, umożliwiając tworzenie wygodnych miejsc do pracy i relaksu.Dostępne są trzy wersje siedzisk:• z niskimi oparciami, które doskonale się sprawdzą w przestrzeniach biurowych i szkolnych, typu gabinet dyrektora; • z wysokimi oparciami, które mogą pełnić funkcję ścianek działowych, co ułatwi tworzenie prywatnych przestrzeni, a właściwości akustyczne zapewniają redukcję hałasu; • pufy, które są idealnym dodatkiem do foteli i sof. Dostępne są także sofy i fotele wyposażone w gniazdko elektryczne i indukcję.Siedziska są wykonane z trwałych, łatwych w czyszczeniu materiałów. Użytkownicy mają do wyboru trzy rodzaje tkanin obiciowych:• Kidglove (KG) – miła w dotyku, miękka ekologiczna tkanina wykonana z poliestru (w 60% recyklingowanego), odporna na zaplamienie. Tkanina posiada badania na trudnozapalność BS 5852 source 0.• Roccia (RO) – szybkoschnąca tkanina wykonana w 100% z poliestru, o ścieralności 70 000 cykli Martindale&amp;apos;a. Idealna do eleganckich wnętrz. Tkanina posiada badania na trudnozapalność, m. in: EN 1021-1:2006 EN 1021-2:2006 BS 7176:2007 (Medium Hazard), DIN 4102-1 (B1).• Meditap (MT) – łatwa w czyszczeniu, wodoodporna tkanina PES o wysokiej gramaturze (550 g/m2), przypominająca sztuczną skórę, nie zawiera ftalanów. Tkanina posiada badania na trudnozapalność, m. in: EN 1021-1:2006 EN 1021-2:2006.• wys. siedziska 45 cm• wym. siedziska 165 x 55 cm• wym. 197.00 x 78.00 x 163.00 cm</t>
   </si>
   <si>
     <t>ZEST5451</t>
   </si>
   <si>
     <t>Grande - zestaw 35</t>
   </si>
   <si>
     <t>Meble wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Pojemniki Gratnells wchodzą w skład zestawu.Skład zestawu: • 096896 Regał Grande M na pojemniki – 3 kolumny – klon jasny, 1 szt.• 372026 Pojemnik płytki – transparentny, 3 szt.• 372005 Pojemnik duży – transparentny, 6 szt.Na regale można zamontować nadstawki (098257-098259, 098257W-098259W, sprzedawane osobno).• wym. 104 x 48 x 82,2 cm</t>
   </si>
   <si>
     <t>256128</t>
   </si>
   <si>
     <t>Hoker obrotowy na kółkach</t>
   </si>
@@ -538,60 +550,71 @@
     <t>ZEST5333</t>
   </si>
   <si>
     <t>Szafa zamykana Grande - zestaw 23</t>
   </si>
   <si>
     <t>SKŁAD ZESTAWU
 	096899 Regał Grande M głęboki – klon, 1 szt.
 	096893 Nadstawka Grande L głęboka – klon, 1 szt.
 	096964 Drzwi witrynowe Grande M, 1 para
 	096873K Drzwi Grande średnie 90 st. z zamkiem 2 szt. - klon, 1 para
 Wym. zestawu: 82 x 49,8 x 187,8 cm
 SZCZEGÓŁOWY OPIS
 096899 Regał Grande M głęboki – klon, 1 szt. 
 Regał wykonany z klonowej płyty laminowanej o gr. 18 mm.
 • wym. 82 x 48 x 82.2
 096893 Nadstawka Grande L głęboka – klon, 1 szt. 
 Nadstawka wykonana z klonowej płyty laminowanej o gr. 18 mm.
 • wym. 82 x 48 x 105.6
 096964  Drzwi witrynowe Grande M, 1 para  
 Drzwi witrynowe w ramce aluminiowej.
 	wym. 40,5 x 105,3 cm
 096873K Drzwi Grande średnie 90 st. z zamkiem 2 szt. - klon, 1 para 
 Drzwi wykonane z klonowej płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90 stopni. Wyposażone w zamek. 2 szt.
 	wym. 40,5 x 70,1 cm
-• wym. 82.00 x 49.80 x 187.80 cm</t>
+• wym. 82 x 49,80 x 187,80 cm</t>
   </si>
   <si>
     <t>B9036-46-25-SP-1AMC26-PA-P</t>
   </si>
   <si>
     <t>Stół Daniel 70x50 rozm. 4-6, 1-os., stelaż antracytowy, blat klon jasny, obrzeże ABS, narożniki proste</t>
   </si>
   <si>
-    <t>Stoły Daniel występują w dwóch rozmiarach blatów: 1-osobowym (70 x 50 cm) i 2-osobowym (130 x 50 cm). Stoły bez regulacji wysokości dostępne w rozmiarach od 3 do 6, stoły z regulacją – w rozmiarach: 2–4 i 4–6. W rozm. 70 x 50 cm i 130 x 50 cm blaty dostępne są w dwóch wersjach płyty: - laminowanej o gr. 18 mm, w 5 odcieniach do wyboru: buk, klon, brzoza, biały i szary. Można dobrać do nich obrzeże ABS o gr. 2 mm lub wytrzymałe i trwałe obrzeże PU (dostępne odcienie: buk, brzoza) o gr. 4 mm; - o gr. 25 mm, pokryty trwałym laminatem HPL, w 4 odcieniach do wyboru: buk, klon, biały i szary. Można dobrać do nich drewniane obrzeże, przyklejone do płyty lub wybrać opcję blatu ze sklejki bez dodatkowego obrzeża. Narożniki mogą być proste (dotyczy obrzeży: drewnianego i ABS) lub zaokrąglone (dotyczy obrzeży PU, ze sklejki i ABS). Niezależnie od rodzaju blatu, stelaż występuje w 6 wersjach kolorystycznych: czerwony, niebieski, zielony, żółty, czarny i aluminiowy oraz dla wybranych modeli są dodatkowo dostępne w wersji oliwkowej, łososiowej, różowej i turkusowej. Stelaż wykonany z rury okrągłej o średnicy 32 mm i profilu o przekroju 38 x 20 mm. Stoły są wyposażone w haczyki na tornister, plastikowe zatyczki chroniące podłogę przed zarysowaniem oraz zatyczki chroniące stelaż przez zarysowaniem go podczas regulowania wysokości. Dostępne są następujące rodzaje obrzeża blatu: PA - obrzeże ABS o gr. 2 mm, będące standardowym obrzeżem (dla blatów z płyty laminowanej o grubości 18 mm); PU - obrzeże o gr. 4 mm (dla blatów z płyty laminowanej o grubości 18 mm w buku, klonie i brzozie). Obrzeże PU jest specjalną mieszanką, która wnika w otwarte krawędzie płyty wiórowej i wypełnia wszystkie wolne przestrzenie. PD -  doklejone obrzeże z litego drewna (dla blatów z płyty o grubości 25 mm pokrytej laminatem HPL). PO -  obrzeże zaokrąglone na całej powierzchni i lakierowane (dla blatów z płyty o grubości 25 mm).</t>
+    <t>Stoły Daniel występują w dwóch rozmiarach blatów: 1-osobowym (70 x 50 cm) i 2-osobowym (130 x 50 cm). Stoły bez regulacji wysokości dostępne w rozmiarach od 3 do 6, stoły z regulacją – w rozmiarach: 2–4 i 4–6.
+W rozm. 70 x 50 cm i 130 x 50 cm blaty dostępne są w dwóch wersjach płyty:
+- laminowanej o gr. 18 mm, w 5 odcieniach do wyboru: buk, klon, brzoza, biały i szary. Można dobrać do nich obrzeże ABS o gr. 2 mm lub wytrzymałe i trwałe obrzeże PU (dostępne odcienie: buk, brzoza) o gr. 4 mm;
+- o gr. 25 mm, pokryty trwałym laminatem HPL, w 4 odcieniach do wyboru: buk, klon, biały i szary. Można dobrać do nich drewniane obrzeże, przyklejone do płyty lub wybrać opcję blatu ze sklejki bez dodatkowego obrzeża.
+Narożniki mogą być proste (dotyczy obrzeży: drewnianego i ABS) lub zaokrąglone (dotyczy obrzeży PU, ze sklejki i ABS).
+Niezależnie od rodzaju blatu, stelaż występuje w 6 wersjach kolorystycznych: czerwony, niebieski, zielony, żółty, czarny i aluminiowy oraz dla wybranych modeli są dodatkowo dostępne w wersji oliwkowej, łososiowej, różowej i turkusowej. Stelaż wykonany z rury okrągłej o średnicy 32 mm i profilu o przekroju 38 x 20 mm.
+Stoły są wyposażone w haczyki na tornister, plastikowe zatyczki chroniące podłogę przed zarysowaniem oraz zatyczki chroniące stelaż przez zarysowaniem go podczas regulowania wysokości.
+Dostępne są następujące rodzaje obrzeża blatu:
+PA - obrzeże ABS o gr. 2 mm, będące standardowym obrzeżem (dla blatów z płyty laminowanej o grubości 18 mm);
+PU - obrzeże o gr. 4 mm (dla blatów z płyty laminowanej o grubości 18 mm w buku, klonie i brzozie). Obrzeże PU jest specjalną mieszanką, która wnika w otwarte krawędzie płyty wiórowej i wypełnia wszystkie wolne przestrzenie.
+PD -  doklejone obrzeże z litego drewna (dla blatów z płyty o grubości 25 mm pokrytej laminatem HPL).
+PO -  obrzeże zaokrąglone na całej powierzchni i lakierowane (dla blatów z płyty o grubości 25 mm).Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -669,51 +692,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1bde2df3aeaa533ce132819d8eb09641.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27cd3672c001f4c85ad8cf4cffe561872.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de3974e403b18125cb7d7a446247e383.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45c070542b2fc4eb91ac6140e37fdf464.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dcd9d2fbd3ecdb9a253c605dc19ea5e5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebecb6a442abf9f4b71cd00efb86ac246.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64140773941c914ee174e21f059179037.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf80ce1170cc493decc36f76c4514a718.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fee7d94a947da122505f82bafcc4bb39.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8172824eee278938cea2139ee6c3f1ee10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bdd77344622e0aa9f2f5036be73964a11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/562e2f6f09dbce683bfdfcb40b7c36f012.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a112d7c0ea8c0d3cbddadf1157e7a75513.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/989e3505f5fabc1c8f2a64a5299bb15b14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/018506c2325ebbc777b53a4da4d3f6fb15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad226a781fa361c2ded4fa8f44cc8ab716.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979aa6e9e52267155df9158e596a2011.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e75b7e2c76196e3f715bf44781732762.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56be2dcc6df4feb066dca79bf28661923.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/721c8711365cd31b83c5f233aa2fa1274.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6967f72ad53836789125e989add4f9f5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f784ac030c7df6845f8698b9bade6036.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb30758ff17fed7a599966d74c9bfbc27.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30777767df347fc6bd2a54e9e6e6a8438.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4686e67ed1861e686bcdff2dada8a9fe9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43a9917b1e4fcea6da5462f3557e8c7810.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25cd623f59830b9394a9db20d8912b6511.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fec5b9d8574216bd011979dc416c0d0812.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6eb7a882f6ea7a8c69987b22269263013.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c046b17296f486ab8fd44fbcb56238414.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75897bc6f7c7d16aabdb24816758413115.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/057f3c019ffb6cbc38b6a78edb9965d616.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0075" descr="Sala szkolna z wyciszeniami"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>