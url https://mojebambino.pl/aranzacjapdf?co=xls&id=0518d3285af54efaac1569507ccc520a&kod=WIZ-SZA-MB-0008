--- v0 (2025-10-24)
+++ v1 (2025-12-17)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>WIZ-SZA-MB-0008 Szatnia, hol</t>
   </si>
   <si>
-    <t>z dnia 2025-10-24 03:06:30</t>
+    <t>z dnia 2025-12-17 10:29:48</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>092955</t>
   </si>
   <si>
     <t>Niski stół kawowy Expo śr. 80 cm - klon 375</t>
   </si>
@@ -74,51 +74,51 @@
   <si>
     <t>101454</t>
   </si>
   <si>
     <t>Fotel Inflamea 1, 3 os. - jasnozielony</t>
   </si>
   <si>
     <t xml:space="preserve">Wygodne fotele o nowoczesnym kształcie, w wielu kolorach do wyboru. Metalowe okrągłe nóżki umożliwiają poziomowanie mebla. Siedziska i oparcia są pokryte wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wys. siedziska 41 cm • gł. siedziska 52 cm • wym. 145 x 70 x 80 cm </t>
   </si>
   <si>
     <t>101438</t>
   </si>
   <si>
     <t>Fotel Inflamea 1, 1 os. - ciemnoszary</t>
   </si>
   <si>
     <t>Wygodne fotele o nowoczesnym kształcie, w wielu kolorach do wyboru. Metalowe okrągłe nóżki umożliwiają poziomowanie mebla. Siedziska i oparcia  pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. Fotele można dowolnie ze sobą łączyć. Fotele narożne i rogowe zaopatrzone są w specjalne łączniki. Do foteli prostych łączniki należy dokupić (098326). • wys. siedziska 41 cm • gł. siedziska 52 cm • wym. 62 x 70 x 80 cm • wym. 62 cm x 70 cm x 80 cm</t>
   </si>
   <si>
     <t>101773</t>
   </si>
   <si>
     <t>Pufa 3-osobowa Inflamea ciemnoszara</t>
   </si>
   <si>
-    <t>Wygodne siedziska o nowoczesnym kształcie, w wielu kolorach do wyboru. Czarne stopki wykonane z tworzywa sztucznego.Siedziska i oparcia pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wym. 120 x 40 x 40 cm</t>
+    <t>Wygodne siedziska o nowoczesnym kształcie, w wielu kolorach do wyboru. Czarne stopki wykonane z tworzywa sztucznego. Siedziska i oparcia pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną o właściwościach trudnopalnych, odporną na plamy i zabrudzenia. • 100 % poliester • gramatura: 476 g/m² • klasa palności: B1 • ścieralność: 96 000 cykli • wym. 120 x 40 x 40 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101458</t>
   </si>
   <si>
     <t>Fotel Inflamea 1, 3 os. - ciemnoszary</t>
   </si>
   <si>
     <t>Wygodne fotele o nowoczesnym kształcie, w wielu kolorach do wyboru. Metalowe okrągłe nóżki umożliwiają poziomowanie mebla. Siedziska i oparcia są pokryte wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wys. siedziska 41 cm • gł. siedziska 52 cm • wym. 145 x 70 x 80 cm • wym. 145 cm x 70 cm x 80 cm</t>
   </si>
   <si>
     <t>101443</t>
   </si>
   <si>
     <t>Fotel Inflamea 1, 2 os. - zielony</t>
   </si>
   <si>
     <t xml:space="preserve">Wygodne fotele o nowoczesnym kształcie, w wielu kolorach do wyboru. Metalowe okrągłe nóżki umożliwiają poziomowanie mebla. Siedziska i oparcia są pokryte wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wys. siedziska 41 cm • gł. siedziska 52 cm • wym. 123 x 70 x 80 cm </t>
   </si>
   <si>
     <t>803081</t>
   </si>
   <si>
     <t>Szafa ubraniowa z 6 schowkami, 150 cm - drzwi białe</t>
   </si>
@@ -146,60 +146,63 @@
   <si>
     <t>101478</t>
   </si>
   <si>
     <t>Fotel rogowy Inflamea 1 - ciemnoszary</t>
   </si>
   <si>
     <t>Wygodne fotele o nowoczesnym kształcie, w wielu kolorach do wyboru. Metalowe okrągłe nóżki umożliwiają poziomowanie mebla. Siedziska i oparcia są pokryte wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wys. siedziska 41 cm • gł. siedziska 52 cm • wym. 110 x 110 x 80 cm • dł. boku 70 cm</t>
   </si>
   <si>
     <t>834097</t>
   </si>
   <si>
     <t>Moduł U_FLOE kwietnik</t>
   </si>
   <si>
     <t>Moduł z miejscem na kwiaty i małym stolikiem wykonanym z płyty melaminowanej (wym. 40 x 40 cm), uzupełniający kolekcję U_FLOE. • wym. 60 x 60 x 45,2 cm (+ stolik 20,6 cm)</t>
   </si>
   <si>
     <t>834082</t>
   </si>
   <si>
     <t>Moduł Legvan 180-stopniowy z oparciem wewn., zielony</t>
   </si>
   <si>
-    <t xml:space="preserve">Legvan to kolekcja siedzisk zaprojektowana dla stref komunikacyjnych i przestrzeni wnętrz publicznych. W skład systemu wchodzą warianty mebli, które można dowolnie konfigurować w zależności od funkcji i estetyki wnętrza. Poszczególne elementy są dostępne w różnej kolorystyce, co pozwala na kreatywność w aranżacji przestrzeni. Siedzisko i oparcie tapicerowane odporną na ścieranie tkaniną poliestrową (100 000 cykli). Tkanina posiada badania na trudnozapalność m. in: BS EN 1021-1, BS EN 1021-2, BS 7176 Medium Hazard. Stelaż malowany proszkowo. • wys. siedziska 44 cm • wym. 200 x 100 x 73 cm  </t>
+    <t>Legvan to kolekcja siedzisk zaprojektowana dla stref komunikacyjnych i przestrzeni wnętrz publicznych.
+W skład systemu wchodzą warianty mebli, które można dowolnie konfigurować w zależności od funkcji i estetyki wnętrza.
+Poszczególne elementy są dostępne w różnej kolorystyce, co pozwala na kreatywność w aranżacji przestrzeni. Siedzisko i oparcie tapicerowane odporną na ścieranie tkaniną poliestrową (100 000 cykli). Tkanina posiada badania na trudnozapalność m. in: BS EN 1021-1, BS EN 1021-2, BS 7176 Medium Hazard. Stelaż malowany proszkowo. • wys. siedziska 44 cm • wym. 200 x 100 x 73 cm 
+• wym. 200 x 100 x 73 cm</t>
   </si>
   <si>
     <t>855242</t>
   </si>
   <si>
     <t>Pufa śr. 80 cm niska - szara</t>
   </si>
   <si>
-    <t>Duże, praktyczne siedzisko, które sprawdzi się w wielu przestrzeniach. Do uszycia wykorzystano meditap - pozbawiony ftalanów materiał, który jest łatwy do utrzymania w czystości. Wypełnienie to pianka, która jest bardzo odporna na zniekształcenia przy jednoczesnym zachowaniu odpowiedniej sprężystości, pozwalającej na komfortowe korzystanie. • wym. śr. 80 cm, wys. 30 cmSprawdzi się w szatniach, kącikach wypoczynkowych czy bibliotecznych.• wym. 30 cm x 80 cm</t>
+    <t>Duże, praktyczne siedzisko, które sprawdzi się w wielu przestrzeniach. Do uszycia wykorzystano trwałą tkaninę wolną od ftalanów tkaniny, łatwą w czyszczeniu. Wypełnienie to pianka, która jest bardzo odporna na zniekształcenia przy jednoczesnym zachowaniu odpowiedniej sprężystości, pozwalającej na komfortowe korzystanie.• wym. śr. 80 cm, wys. 30 cmSprawdzi się w szatniach, kącikach wypoczynkowych czy bibliotecznych.• śr. 80 cm• wym. 30 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -277,51 +280,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54562bdca9c07f350bb508eee28e1f591.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595c932bda62a33ca33aedc76758159f2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35e64d694ce87c112d46824c9be08d4d3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75e2b53459c2278d36691c10cd7b70164.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3b423f00094d576444f60f2bc78fad25.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d39fb66e93ff53db87e23c0b0f13d096.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb55aa959dd22ac3e17d33e171f856887.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8257dba673cd13726a2d20cb311dbfa8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d47ca0faed40fac6b7e4a614e73b07789.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b1b329a288999878593c7faa6cb820810.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4253db30daab9c5ddb539fb2e25f102f11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6acc35eb776556f072ea7a4022ec5bf612.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d7fc71aeb6dabf9a53ddffaeec8672713.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/883551840b23b7402fa528a9ac22d27d14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75faeee0eb644e24491f794975440c4f1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/447f1ce1b4b2559225f7d4a44900424b2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9559ce199a4fa80d17932bca7772c7b63.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5136426056d372a1be755a5f17911184.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bebcfae5a46df16d1b2cca36d854bf15.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b10e826df181099fdfc9fb87e156657b6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a12c5d8c42964fff49eb3c9930c1da07.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/055794e1ee6f4e3458ac0d9d6e0d1ce88.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/262bc9ece039dd5d7c18d6e8be0540249.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e62dfac1dec955fd0f0e422ef579300c10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd77bcc1838bceb2b646c4bb1600ddec11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f85904d0106903a52468e3d2907957212.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45abe0bbe1ff24529e1c7a107962d5a313.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a07836f9ffd82c2b58a2bc40a9f1172d14.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5143500" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZA-MB-0008" descr="Szatnia, hol"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>