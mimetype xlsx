--- v0 (2025-11-30)
+++ v1 (2026-01-17)
@@ -14,265 +14,247 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>WIZ-SZK-MB-0048 STREAMOTEKA</t>
   </si>
   <si>
-    <t>z dnia 2025-11-30 08:02:14</t>
+    <t>z dnia 2026-01-17 03:40:38</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
-    <t>834256</t>
-[...25 lines deleted...]
-  <si>
     <t>085623</t>
   </si>
   <si>
     <t>Green Screen mobilny w obudowie</t>
   </si>
   <si>
     <t>Łatwy w przechowywaniu mobilny green screen może służyć jako tło podczas streamingów czy kręcenia vlogów.Parametry minimalne:• Wymiary (rozwinięty): 148 x 180 cm• Wymiary (zwinięty): 164,5 x 10,5 x 11,5 cm• Waga: 9,3 kg• Materiał: 100% poliester</t>
   </si>
   <si>
     <t>834043</t>
   </si>
   <si>
     <t>Moduł Legvan 45-stopniowy z oparciem wewn., jasnoszary</t>
   </si>
   <si>
     <t xml:space="preserve">Legvan to kolekcja siedzisk zaprojektowana dla stref komunikacyjnych i przestrzeni wnętrz publicznych. W skład systemu wchodzą warianty mebli, które można dowolnie konfigurować w zależności od funkcji i estetyki wnętrza. Poszczególne elementy są dostępne w różnej kolorystyce, co pozwala na kreatywność w aranżacji przestrzeni. Siedzisko i oparcie tapicerowane odporną na ścieranie tkaniną poliestrową (100 000 cykli).  Tkanina posiada badania na trudnozapalność m. in: BS EN 1021-1, BS EN 1021-2, BS 7176 Medium Hazard. Stelaż malowany proszkowo. • wys. siedziska 44 cm • wym. 116,5 x 76 x 73 cm  </t>
   </si>
   <si>
     <t>D174653-05</t>
   </si>
   <si>
     <t>Nadstawka do narożnej lady recepcyjnej - klon 375</t>
   </si>
   <si>
     <t>Stanowią granicę między przestrzenią dla interesantów, a stanowiskiem pracy recepcjonisty. Bardzo ważne jest, by gwarantowały pracownikowi komfort i łatwy dostęp do sprzętów i dokumentów.  Lady wykonane są z płyty laminowanej o gr. 18 mm w tonacji buku lub klonu 375, wykończone obrzeżem o gr. 2 mm. Z kilku brył można tworzyć dowolne zestawienia: z nadstawkami, ladą prostą, narożną. Część narożna pokryta jest laminatem w kolorze aluminiowym.• wym. 76 x 31 x 35,8 cm</t>
   </si>
   <si>
     <t>096910W</t>
   </si>
   <si>
-    <t>Słupek Grande L z półkami - biały</t>
-[...2 lines deleted...]
-    <t>Słupki wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Nie ma możliwości uzupełnienia go drzwiczkami.Słupek  można uzupełnić nadstawką (098281W,098283W, 098285W, sprzedawane osobno) lub dodatkową półką.• maks. obciążenie: 8 kg• wym. 42 x 38 x 117,4 cm</t>
+    <t>Słupek Grande L z półkami – biały</t>
+  </si>
+  <si>
+    <t>Słupki wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Nie ma możliwości uzupełnienia go drzwiczkami.Słupek można uzupełnić nadstawką (098281W,098283W, 098285W, sprzedawane osobno) lub dodatkową półką.• maks. obciążenie: 8 kg• wym. 42 x 38 x 117,40 cm</t>
   </si>
   <si>
     <t>ZEST5863</t>
   </si>
   <si>
     <t>Szafka Grande na drukarkę 3D  mobilna - zestaw 76</t>
   </si>
   <si>
     <t>SKŁAD ZESTAWU:
 	096929 Regał Grande mobilny M na pojemniki - klon, 1 szt.
 	372063 Pojemnik duży 3 srebrny, 4 szt.
 	372053 Pojemnik płytki 1 srebrny, 2 szt.
 SZCZEGÓŁOWY OPIS:
 096929 Regał Grande mobilny M na pojemniki - klon, 1 szt.
 Mobilny regał wykonany z klonowej płyty laminowanej o gr. 18 mm. Wyposażony w kółka z hamulcami.
 	wym. 70,2 x 48 x 87,4 cm
 372063 Pojemnik duży 3 srebrny, 4 szt. 
 Pojemnik z wytrzymałego tworzywa sztucznego. Dostarczany z prowadnicami.
 	wym. 31,2 x 42,7 x 22,5 cm
 372053 Pojemnik płytki 1 srebrny, 2 szt. 
 Pojemnik z wytrzymałego tworzywa sztucznego. Dostarczany z prowadnicami.
 	wym. 31,2 x 42,7 x 7,5 cm
 • wym. 70,2 x 48 x 82,2 cm</t>
   </si>
   <si>
     <t>091207</t>
   </si>
   <si>
     <t>Wózek na 16 laptopów, drzwi jasnoszare</t>
   </si>
   <si>
     <t>Wózek na laptopy z funkcją ładowania baterii służy do przechowywania i łatwego przewożenia laptopów. Sprawdza się idealnie w szkołach, na uczelniach, bibliotekach czy salach konferencyjnych, czyli wszędzie tam, gdzie istnieje konieczność bezpiecznego przechowywania i jednoczesnego ładowania laptopów. Zawartość szaf jest chroniona przez drzwi wyposażone w zamek. Przemieszczanie wózka jest możliwe, dzięki 4 skrętnym kołom (w tym 2 z blokadą) i uchwytom na bokach urządzenia. Wózki mogą przechowywać i ładować jednocześnie 16 laptopów. Bezpieczeństwo w czasie ładowania zapewnia bezpiecznik oraz moduł ładowania sekwencyjnego. Perforacja na obudowie wózka zapewnia odpowiednią cyrkulację powietrza wewnątrz. • wym. 92 x 54 x 106 cm</t>
   </si>
   <si>
     <t>092167W</t>
   </si>
   <si>
     <t>Quadro - szafka 1/8 koła M na kółkach, biała</t>
   </si>
   <si>
-    <t>Szafki idealnie nadają się do organizowania przestrzeni - pozwalają ustawiać meble w prostych liniach, a także w bardziej dynamicznych formach, takich jak łuki lub fale. Wykonane z białej płyty laminowanej o gr. 18 mm. • kółka z blokadą • maks. obciążenie: 30 kg• wym. 84,4 x 41,5 x 86,8 cm</t>
+    <t>Szafki idealnie nadają się do organizowania przestrzeni – pozwalają ustawiać meble w prostych liniach, a także w bardziej dynamicznych formach, takich jak łuki lub fale. Wykonane z białej płyty laminowanej o gr. 18 mm. • kółka z blokadą • maks. obciążenie: 30 kg• wym. 84,40 x 41,50 x 86,80 cm</t>
   </si>
   <si>
     <t>096985W</t>
   </si>
   <si>
-    <t>Szafka wisząca Rika - domek Quadro biały, skrzynia biała</t>
-[...2 lines deleted...]
-    <t>Szafki wiszące w kształcie domków wykonane z płyty laminowanej w tonacji klonu oraz białej o gr. 18 mm. Kolorowe elementy wykonane z płyty MDF o gr. 12 mm, pokrytej trwałą okleiną termoplastyczną.• maks. obciążenie: 30 kg• wym. 41,8 x 25 x 48,2 cm</t>
+    <t>Szafka wisząca Rika – domek Quadro biały, skrzynia biała</t>
+  </si>
+  <si>
+    <t>Szafki wiszące w kształcie domków wykonane z płyty laminowanej w tonacji klonu oraz białej o gr. 18 mm. Kolorowe elementy wykonane z płyty MDF o gr. 12 mm, pokrytej trwałą okleiną termoplastyczną.
+• maks. obciążenie: 30 kg• wym. 41,80 x 25 x 48,20 cm</t>
   </si>
   <si>
     <t>096892W</t>
   </si>
   <si>
-    <t>Nadstawka Grande L - biała</t>
-[...2 lines deleted...]
-    <t>Nadstawki do regałów z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach. Nadstawki o głębokości 38 cm można ustawiać także na głębokich szafkach (48 cm), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). W przypadku ustawiania nadstawek o głębokości 38 cm na głębokich szafkach, dolna przestrzeń nadstawki musi pozostać pusta, dlatego drzwiczki mogą być montowane jedynie w górnej części nadstawki.Nadstawkę można uzupełnic drzwiczkami lub dodatkową półką.• wym. 82 x 38 x 105,6 cm</t>
+    <t>Nadstawka Grande L – biała</t>
+  </si>
+  <si>
+    <t>Nadstawki do regałów z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach. Nadstawki o głębokości 38 cm można ustawiać także na głębokich szafkach (48 cm), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). W przypadku ustawiania nadstawek o głębokości 38 cm na głębokich szafkach, dolna przestrzeń nadstawki musi pozostać pusta, dlatego drzwiczki mogą być montowane jedynie w górnej części nadstawki.Nadstawkę można uzupełnic drzwiczkami lub dodatkową półką.• wym. 82 x 38 x 105,60 cm</t>
   </si>
   <si>
     <t>101895</t>
   </si>
   <si>
     <t>Pufa Inflamea 1 pięciokątna ciemnoszara</t>
   </si>
   <si>
-    <t>Wygodne pufy w kształcie pięciokąta w pięciu kolorach. Czarne stopki sa wykonane z tworzywa sztucznego. Pufy pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • dł. boku 30 cm • wys. 42 cm</t>
+    <t>Wygodne pufy w kształcie pięciokąta w pięciu kolorach. Czarne stopki sa wykonane z tworzywa sztucznego. Pufy pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną o właściwościach trudnopalnych, odporną na plamy i zabrudzenia. • 100 % poliester • gramatura: 476 g/m² • klasa palności: B1 • ścieralność: 96 000 cykli • dł. boku 30 cm • wys. 42 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>096900W</t>
   </si>
   <si>
-    <t>Regał Grande L - biały</t>
-[...2 lines deleted...]
-    <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Można uzupełnić je drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096888, 096888W, 096890, 096890W, 096892, 096892W).• maks. obciążenie: 15 kg• wym. 82 x 38 x 117,4 cm</t>
+    <t>Regał Grande L – biały</t>
+  </si>
+  <si>
+    <t>Regały wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Można uzupełnić je drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096888, 096888W, 096890, 096890W, 096892, 096892W).• maks. obciążenie: 15 kg• wym. 82 x 38 x 117,40 cm</t>
   </si>
   <si>
     <t>096986W</t>
   </si>
   <si>
-    <t>Szafka wisząca Kika - domek Quadro biały, skrzynia biała</t>
-[...2 lines deleted...]
-    <t>Szafki wiszące w kształcie domków wykonane z płyty wiórowanej laminowanej w tonacji klonu oraz białej (korpus) o gr. 18 mm i z foliowanej płyty MDF - bezowej lub białej (dach). Kolorowe elementy wykonane z płyty MDF o gr. 12 mm, pokrytej trwałą okleiną termoplastyczną.• maks. obciążenie: 30 kg• wym. 116,8 x 25 x 70,5 cm</t>
+    <t>Szafka wisząca Kika – domek Quadro biały, skrzynia biała</t>
+  </si>
+  <si>
+    <t>Szafki wiszące w kształcie domków wykonane z płyty wiórowanej laminowanej w tonacji klonu oraz białej (korpus) o gr. 18 mm i z foliowanej płyty MDF – bezowej lub białej (dach). Kolorowe elementy wykonane z płyty MDF o gr. 12 mm, pokrytej trwałą okleiną termoplastyczną.• maks. obciążenie: 30 kg• wym. 116,80 x 25 x 70,50 cm</t>
   </si>
   <si>
     <t>256096</t>
   </si>
   <si>
     <t>Krzesło Colores obrotowe na kółkach z regulacją wysokości - szare</t>
   </si>
   <si>
     <t>Krzesło o nowoczesnym wzornictwie, posiadające wiele zalet. Siedzisko i oparcie połączone w jedną całość, wykonane z tworzywa sztucznego. Dzięki swojej sprężystości oparcie w naturalny sposób dostosowuje się do pleców dziecka. Otwór w oparciu krzesła to doskonały uchwyt do przestawiania krzesła z miejsca na miejsce. Odporne na zabrudzenia i wilgoć. Na powierzchni siedziska zastosowano system antypoślizgowy zabezpieczający przed zsunięciem się dziecka. Stelaż krzesła wyposażony w kółka i mechanizm regulacji wysokości. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • wys. siedziska od 43 do 56 cm</t>
   </si>
   <si>
     <t>098285W</t>
   </si>
   <si>
-    <t>Nadstawka L na słupek Grande - biały</t>
-[...2 lines deleted...]
-    <t>Nadstawki pasujące do szafek słupków o szer. 42 cm z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach. Nadstawki o głębokości 38 cm można ustawiać także na głębokich szafkach (48 cm), ale w tym celu należy dokupić Płytę przejściową do nadstawek na słupki Grande (098287, 098287W). • wym. 42 x 38 x 105,6 cm</t>
+    <t>Nadstawka L na słupek Grande – biały</t>
+  </si>
+  <si>
+    <t>Nadstawki pasujące do szafek słupków o szer. 42 cm z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach. Nadstawki o głębokości 38 cm można ustawiać także na głębokich szafkach (48 cm), ale w tym celu należy dokupić Płytę przejściową do nadstawek na słupki Grande (098287, 098287W). • wym. 42 x 38 x 105,60 cm</t>
   </si>
   <si>
     <t>098411</t>
   </si>
   <si>
     <t>Piankowe pufy Lobo - zestaw 2</t>
   </si>
   <si>
-    <t xml:space="preserve">Zestaw składający się z puf i stolika, wykonany z pianki pokrytej meditapem. Siedziska zostały zaprojektowane tak, aby można je było dosunąć do stolika, gdy nie będą użytkowane. Niestandardowy kształt elementów zestawu sprawia, że stają się one ciekawym elementem wystroju.• wys. siedziska 38 cm • szer. siedziska 59 cm • wys. stolika 50 cm • szer. stolika 67,1 cm </t>
+    <t xml:space="preserve">Zestaw składający się z puf i stolika, wykonany z pianki pokrytej trwałą tkaniną bez ftalanów, łatwą do utrzymania w czystości. Siedziska zostały zaprojektowane tak, aby można je było dosunąć do stolika, gdy nie będą użytkowane. Niestandardowy kształt elementów zestawu sprawia, że stają się one ciekawym elementem wystroju.• wys. siedziska 38 cm • szer. siedziska 59 cm • wys. stolika 50 cm • szer. stolika 67,1 cm </t>
   </si>
   <si>
     <t>101894</t>
   </si>
   <si>
     <t>Pufa Inflamea 1 pięciokątna jasnoszara</t>
   </si>
   <si>
     <t>834159</t>
   </si>
   <si>
-    <t>Treehouse otwarty - jasnoszary</t>
-[...2 lines deleted...]
-    <t>Treehouse to innowacyjne rozwiązanie, które zapewnia funkcjonalność i poprawę jakości akustyki w przestrzeniach edukacyjnych, takich jak szkoły i biblioteki. To ciepła i przytulna konstrukcja tworząca przyjazną atmosferę do pracy indywidualnej lub grupowej, w zależności od potrzeby. Formą przypomina domek na drzewie, w którym powstają najbardziej kreatywne pomysły. Treehouse posiada znaczną powierzchnię absorbującą dźwięki, dzięki czemu wpływa pozytywnie na zmniejszenie hałasu i pogłosu w całym pomieszczeniu. Cechy charakterystyczne:• metalowa konstrukcja – malowana proszkowo• blaty - płyta laminowana • wysokiej jakości kółka z funkcją blokady• obicie pianką i tkaniną • podłoga wykonana z desek • gr. ramy 8 cm• wys. siedzisk 33 cm • wym. stołu 72 x 58 x 71 cm • wym. 210 x 78 x 221,5 cmMONTAŻ WLICZONY W CENĘ.</t>
+    <t>Treehouse otwarty – jasnoszary</t>
+  </si>
+  <si>
+    <t>Treehouse to innowacyjne rozwiązanie, które zapewnia funkcjonalność i poprawę jakości akustyki w przestrzeniach edukacyjnych, takich jak szkoły i biblioteki. To ciepła i przytulna konstrukcja tworząca przyjazną atmosferę do pracy indywidualnej lub grupowej, w zależności od potrzeby. Formą przypomina domek na drzewie, w którym powstają najbardziej kreatywne pomysły. Treehouse posiada znaczną powierzchnię absorbującą dźwięki, dzięki czemu wpływa pozytywnie na zmniejszenie hałasu i pogłosu w całym pomieszczeniu. 
+Cechy charakterystyczne:
+• metalowa konstrukcja – malowana proszkowo
+• blaty – płyta laminowana • wysokiej jakości kółka z funkcją blokady• obicie pianką i tkaniną 
+• podłoga wykonana z desek 
+• gr. ramy 8 cm
+• wys. siedzisk 33 cm 
+• wym. stołu 72 x 58 x 71 cm 
+• wym. 210 x 78 x 221,5 cmMONTAŻ WLICZONY W CENĘ.</t>
   </si>
   <si>
     <t>098760</t>
   </si>
   <si>
     <t>Szafka na LEGO® Education z rozkładanym blatem</t>
   </si>
   <si>
     <t>Wykonana z białej płyty laminowanej o gr 18 mm. Posiada 2 rozkładane blaty i 4 kółka z możliwością blokady. Środkowy blat wyposażony jest w płytki, na których można budować konstrukcje z klocków LEGO®. Kolory płytek wysyłane losowo. Szafkę można uzupełnić 4 zestawami LEGO® Education.  • wym. rozłożonego 223 x 51 x 89 cm • wym. złożonego 51 x 51 x 89 cm</t>
   </si>
   <si>
     <t>098131</t>
   </si>
   <si>
     <t>Stół Moove+ trójkątny rozm. 6</t>
   </si>
   <si>
     <t xml:space="preserve">Mobilny stół na stelażu metalowym z okrągłymi nogami (śr. 32 mm). Stelaż został zespolony z nogami dla zwiększenia stabilności. Blat z płyty laminowanej o gr. 18 mm, wykończonej obrzeżem ABS o gr. 1 mm.• dwie stopki i jedno kółko z hamulcem  • wym. 90 x 90 x 127,3 cm Stoły Moove Plus dzięki swojemu nieregularnemu kształtowi oferują szeroką gamę możliwości ustawiania i łączenia. Krótkie boki trójkątnych stołów Moove Plus pasują do długich boków kwadratowych stołów Moove Plus. Kwadratowe stoły Moove Plus można łatwo ustawić w łuk, aby umożliwić grupom dyskusyjnym. W tym celu ustawia się je obok siebie na długich bokach; z przodu (szer. 70 cm) jest wystarczająco dużo miejsca dla 1 osoby. Dzięki kółkom aranżację można szybko dostosować do zmieniających się sytuacji podczas nauki i pracy. </t>
   </si>
   <si>
     <t>585026</t>
   </si>
   <si>
     <t>Monitor interaktywny insGraf DIGITAL PRO FUTURE 65</t>
   </si>
@@ -325,177 +307,177 @@
 - Wbudowane w przedni panel głośniki (2x20W i 1x15W)
 - Wbudowany mikrofon
 - Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android.
 - Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard
 - Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu. Dodatkowo dla ekranu zastosowano technologię Optical Bonding.
 - Intuicyjny interface z przydatnymi aplikacjami:
 - do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS
 - zmiany źródła wyświetlanego obrazu
 - tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt, nakładanie obrazu, podział tablicy, dodawanie mediów (pdf, youtube, zdjęcia), eksport treści z tablicy w formie kodu QR,)
 - program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej)
 - program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator)
 - udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji)
 - rozpoznawanie tekstu i figur geometrycznych
 - rozpoznawanie tekst i figur geometrycznych
 - wbudowane przybory geometryczne
 - telefon jako wizualizer
 - dodatkowe gadżety: stoper, timer, spotlight
 - EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.
 Zawartość:
 	pilot, 1 szt.
 	pisak, 1 szt.
 	przewód zasilający 3m, 1 szt.
 	przewód USB-C dł - 2m, 1 szt.
 	przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt.
 	przewód HDMI dł - 3m, 1 szt.
-• produkt wymaga baterii (są w zestawie)</t>
+• produkt wymaga baterii (są w zestawie)Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>834109</t>
   </si>
   <si>
     <t>Hoker z oparciem</t>
   </si>
   <si>
     <t>Hoker na płozach o lekkiej, ale wytrzymałej konstrukcji. Siedzisko i oparcie wykonane ze sklejki laminowanej, stelaż metalowy malowany proszkowo wyposażony w ślizgi zapobiegające zarysowywaniu podłogi. • wym. 50 x 53 x 101,5 cm • wym. siedziska 39 x 38 cm • wys. siedziska 75,5 cm</t>
   </si>
   <si>
     <t>101789</t>
   </si>
   <si>
     <t>Pufa Inflamea 1 dł. 154, jasnoszara</t>
   </si>
   <si>
-    <t xml:space="preserve">Komfortowe pufy dopasowane wymiarem do Kącika czytelniczego XL Quadro (096977, 096977W). Pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wym. 154 x 41,5 x 41 cm  </t>
+    <t xml:space="preserve">Komfortowe pufy dopasowane wymiarem do Kącika czytelniczego XL Quadro (096977, 096977W). Pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wym. 154 x 41,5 x 41 cm </t>
   </si>
   <si>
     <t>079123</t>
   </si>
   <si>
     <t>Las - naklejka wielokrotnego użytku</t>
   </si>
   <si>
     <t>Naklejka dużych rozmiarów składająca się z 3 elementów. Drukowana na wysokiej jakości materiale posiadającym opatentowany rodzaj kleju oparty na mikro przyssawkach. Jest idealny do krótkookresowej jak i długookresowej aplikacji do wewnątrz. Usuwalny, aplikowany bez pęcherzyków. Łatwy w aplikacji, przyjazny dla środowiska. Nie pozostawia żadnych śladów po usunięciu, nawet po długookresowej aplikacji. Przeznaczony do większości czystych i gładkich powierzchni takich jak szyby, metal, płyty meblowe.• wym. 3,5 x 2,5 mUwaga, częścią dostawy jest TESTER. Koniecznie, przed instalacja tapety sprawdź, czy będzie trzymać na twojej powierzchni. • wym. 350 cm x 250 cm</t>
   </si>
   <si>
     <t>834154</t>
   </si>
   <si>
     <t>Stolik duży wysoki biały 130x50x110</t>
   </si>
   <si>
     <t>Stoliki wykonane z płyty melaminowanej o gr. 2 cm, na stelażu z rury o śr. 22 mm. • wym. 130 x 50 x 110 cm</t>
   </si>
   <si>
     <t>096977W</t>
   </si>
   <si>
-    <t>Quadro - kącik czytelniczy XL - biały</t>
-[...2 lines deleted...]
-    <t>Kącik czytelniczy wyposażony w wiele półek, które pozwolą zebrać wszystkie ulubione, dziecięce lektury w jednym miejscu. Pod górną półką umieszczono listwę LED. Kolor i moc podświetlenia można zmienić w zależności od indywidualnych potrzeb oraz nastroju. Pomiędzy bocznymi regałami znajduje się specjalne miejsce na wstawienie siedzisk 101787, 101789, 101791 (sprzedawane osobno), na których najmłodsi miło spędzą czas z książkami. Mebel należy przymocować do ściany. Istnieje możliwość dokupienia półek do środkowego modułu (092199 do zewnętrznych przegród, 092287 do środkowych). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• 3 połączone moduły z półkami • górna półka ma podświetlenie ledowe (listwa świetlna na całej długości półki) z regulacją koloru oraz jasności - w komplecie zasilacz z kablem o dł. 4,7 m oraz pilot na baterie • wym. przestrzeni pomiędzy modułami 154,3 x 157,5 cm• wym. 237,9 x 41,5 x 199 cm</t>
+    <t>Quadro – kącik czytelniczy XL – biały</t>
+  </si>
+  <si>
+    <t>Kącik czytelniczy wyposażony w wiele półek, które pozwolą zebrać wszystkie ulubione, dziecięce lektury w jednym miejscu. Pod górną półką umieszczono listwę LED. Kolor i moc podświetlenia można zmienić w zależności od indywidualnych potrzeb oraz nastroju. Pomiędzy bocznymi regałami znajduje się specjalne miejsce na wstawienie siedzisk 101787, 101789, 101791 (sprzedawane osobno), na których najmłodsi miło spędzą czas z książkami. Mebel należy przymocować do ściany. Istnieje możliwość dokupienia półek do środkowego modułu (092199 do zewnętrznych przegród, 092287 do środkowych). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm. • 3 połączone moduły z półkami • górna półka ma podświetlenie ledowe (listwa świetlna na całej długości półki) z regulacją koloru oraz jasności – w komplecie zasilacz z kablem o dł. 4,7 m oraz pilot na baterie • wym. przestrzeni pomiędzy modułami 154,3 x 157,5 cm• wym. 237,90 x 41,50 x 199 cm</t>
   </si>
   <si>
     <t>548100</t>
   </si>
   <si>
     <t>Krzesło obrotowe szaro-czarne</t>
   </si>
   <si>
     <t>Wyposażone w wysokie, ergonomicznie wyprofilowane oparcie, zapewniające optymalne wsparcie dla kręgosłupa. Regulowana wysokość. Krzesło na kółkach. Materiał: 100% włókno syntetyczne. • śr. 63 cm • wym. siedziska 50 x 48 cm • wys. siedziska 51-57 cm</t>
   </si>
   <si>
     <t>146212</t>
   </si>
   <si>
     <t>Tablica bezramowa biała 100x150</t>
   </si>
   <si>
     <t xml:space="preserve">Tablice o powierzchni suchościeralno-magnetycznej z solidną półką na akcesoria. Całkowita grubość tablicy – 10 mm – sprawia, że jest to najcieńsza i najbardziej kompaktowa tablica na rynku. Nie posiada ramy i nie wymaga dodatkowych elementów montażowych takich jak profile aluminiowe czy plastikowe zaślepki. Tablice można montować jedna przy drugiej, bez odstępów. Dostępne w dwóch rozmiarach (75 x 115 cm i 100 x 150 cm) oraz trzech wariantach kolorystycznych (biała, zielona, niebieska). </t>
   </si>
   <si>
     <t>056154</t>
   </si>
   <si>
     <t>Dywan spirala 2 x 2 m</t>
   </si>
   <si>
     <t>Dywan ze spiralnym wzorem w uspokajających odcieniach zieleni i niebieskiego. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiada Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm   Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 2 x 2 m</t>
   </si>
   <si>
     <t>098125W</t>
   </si>
   <si>
     <t>Kontenerek Grande M gł. 50 cm - biały</t>
   </si>
   <si>
-    <t>Kontenerki uzupełniające kolekcję Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach. Drzwiczki można zamontować po prawej lub lewej stronie kontenerka (w drzwiczkach należy przewiercić otwory na uchwyt w odpowiednim miejscu). Szafki mieszczą: 2 szt. - Pojemnik płytki 1 lub 1 szt.- Pojemnik głęboki 2 (372xxx, sprzedawane osobno).Nadstawka w rozmiarze pozwalającym na przechowywanie segregatorów. • wym. 36 x 51,8 x 111,3 cm</t>
+    <t>Kontenerki uzupełniające kolekcję Grande, wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach. Drzwiczki można zamontować po prawej lub lewej stronie kontenerka (w drzwiczkach należy przewiercić otwory na uchwyt w odpowiednim miejscu). Szafki mieszczą: 2 szt. – Pojemnik płytki 1 lub 1 szt. – Pojemnik głęboki 2 (372xxx, sprzedawane osobno).Nadstawka w rozmiarze pozwalającym na przechowywanie segregatorów. • wym. 36 x 51,80 x 111,30 cm</t>
   </si>
   <si>
     <t>834190</t>
   </si>
   <si>
     <t>Stolik Mini niski biały 60x60x40</t>
   </si>
   <si>
     <t>Stoliki Mini wykonane z płyty melaminowanej o gr. 2 cm, na stelażu z rury o śr. 22 mm. • wym. 60 x 60 x 40 cm</t>
   </si>
   <si>
     <t>092104</t>
   </si>
   <si>
-    <t>Quadro - dwustronna biblioteczka mobilna, biała, skrzynia klon jasny</t>
-[...2 lines deleted...]
-    <t>Mobilna, dwustronna biblioteczka służąca do ekspozycji książek w taki sposób, by były widoczne ich okładki. Wykonana z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego, oraz z płyty MDF o gr. 18 mm, pokrytej trwałą okleiną termoplastyczną. • 3 półki z każdej strony (szerokość: 8, 10 i 14 cm)• wym. 60 x 38 x 97,8 cm</t>
+    <t>Quadro – dwustronna biblioteczka mobilna, biała, skrzynia klon jasny</t>
+  </si>
+  <si>
+    <t>Mobilna, dwustronna biblioteczka przeznaczona do ekspozycji książek w taki sposób, aby widoczne były ich okładki. Wykonana z płyty laminowanej o gr. 18 mm w tonacji jasnego klonu oraz z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • 3 półki z każdej strony (szerokość: 8, 10 i 14 cm)• wym. 60 x 38 x 97,80 cm</t>
   </si>
   <si>
     <t>092968N</t>
   </si>
   <si>
     <t>Nadstawka do prostej lady recepcyjnej - klon 375</t>
   </si>
   <si>
     <t>Stanowią granicę między przestrzenią dla interesantów, a stanowiskiem pracy recepcjonisty. Bardzo ważne jest, by gwarantowały pracownikowi komfort i łatwy dostęp do sprzętów i dokumentów.  Lady wykonane są z płyty laminowanej o gr. 18 mm w tonacji buku lub klonu 375, wykończone obrzeżem o gr. 2 mm. Z kilku brył można tworzyć dowolne zestawienia: z nadstawkami, ladą prostą, narożną. Część narożna pokryta jest laminatem w kolorze aluminiowym.• wym. 120 x 31 x  35,8 cm</t>
   </si>
   <si>
     <t>ZEST5457</t>
   </si>
   <si>
     <t>Grande - Wysoki regał z modułem do mocowania drabiny 39 - biały</t>
   </si>
   <si>
     <t>Wysokie regały Grande oferują dużo miejsca do przechowywania. Powstają z połączenia szafek dolnych i nadstawek o głębokości 48 cm. Zawierają moduł pośredni z drążkiem na drabinkę, umożliwiającą łatwy dostęp do górnych półek. Pozwala to na optymalne wykorzystanie wysokości pomieszczenia. Dostępne jako otwarte półki lub z drzwiczkami. Meble wykonane płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu oraz białym. Drzwiczki dostępne są w innych kolorach. Wysokość podstawy wynosi 10 cm.Skład zestawu: # 096901W Regał Grande L głęboki - biały, 1 szt.# 096893W Nadstawka Grande L głęboka – biała, 1 szt.# 096891W Nadstawka Grande M głęboka - biała, 1 szt. # 096970W Moduł Grande 1-częściowy - biały, 1 szt.# Uchwyt ścienny można zamontować na panelu bocznym półki lub na ścianie; Minimalna wysokość montażu: 245 cm, aby drabinka przylegała płasko do ściany. # Pasujące drzwi w rozmiarze M i L (z zamkiem lub bez, w tym drzwi szklane) lub dodatkowe półki można zamówić osobno. # Wysokie szafki muszą być przymocowane do ściany.UWAGA: Montaż drzwiczek zwiększa głębokość szafki o 18 mm (do 49,8 cm).• wym. 82.00 x 48.00 x 301.60 cm</t>
   </si>
   <si>
     <t>096903W</t>
   </si>
   <si>
-    <t>Regał Grande M głęboki z 8 szufladami - biały</t>
-[...2 lines deleted...]
-    <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Wyposażone w wytrzymałe, trwałe szuflady kasetowe w tym samym odcieniu. Szuflady są wyposażone w metalowe prowadnice, z mechanizmem samodomykającym. Zapewniają cichy domyk i możliwość pełnegu wysuwu.Na regale można zamontować nadstawki z tej samej kolekcji (096889, 096889W, 096891, 096891W, 096893, 096893W). W przypadku głębokich regałów (48 cm), można ustawiać także nadstawki o głębokości 38 cm (096888, 096888W, 096890, 096890W, 096892, 096892W), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). • wym. 82 x 49.8 x 82,2 cm</t>
+    <t>Regał Grande M głęboki z 8 szufladami – biały</t>
+  </si>
+  <si>
+    <t>Regały wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Wyposażone w wytrzymałe, trwałe szuflady kasetowe w tym samym odcieniu. Szuflady są wyposażone w metalowe prowadnice z mechanizmem samodomykającym. Zapewniają cichy domyk i możliwość pełnegu wysuwu.Na regale można zamontować nadstawki z tej samej kolekcji (096889, 096889W, 096891, 096891W, 096893, 096893W). W przypadku głębokich regałów (48 cm) można ustawiać także nadstawki o głębokości 38 cm (096888, 096888W, 096890, 096890W, 096892, 096892W), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). • wym. 82 x 49,80 x 82,20 cm</t>
   </si>
   <si>
     <t>ZEST6225</t>
   </si>
   <si>
     <t>Lada recepcyjna - zestaw 2</t>
   </si>
   <si>
     <t>• 092966N Prosta lada recepcyjna lewa - klon 375, 1 szt.• 092967N Prosta lada recepcyjna prawa - klon 375, 1 szt.• 092968N Nadstawka do prostej lady recepcyjnej - klon 375, 2 szt.• D174652-05 Narożna lada recepcyjna - klon 375, 1 szt.• D174653-05 Nadstawka do narożnej lady recepcyjnej - klon 375, 1 szt.• gł. lady 76 cm• dł. zestawu: P: 1,96 + L: 1,96• wym. 196.00 x 196.00 x 111.80 cm</t>
   </si>
   <si>
     <t>092967N</t>
   </si>
   <si>
     <t>Prosta lada recepcyjna prawa - klon 375</t>
   </si>
   <si>
     <t>Stanowią granicę między przestrzenią dla interesantów, a stanowiskiem pracy recepcjonisty. Bardzo ważne jest, by gwarantowały pracownikowi komfort i łatwy dostęp do sprzętów i dokumentów.  Lady wykonane są z płyty laminowanej o gr. 18 mm w tonacji buku lub klonu 375, wykończone obrzeżem o gr. 2 mm. Z kilku brył można tworzyć dowolne zestawienia: z nadstawkami, ladą prostą, narożną. Część narożna pokryta jest laminatem w kolorze aluminiowym.• wym. 120 x 76 x 76 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
@@ -591,1182 +573,1152 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70f8af2dda82b3d58a68b42c2fd8651d1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d697a591adb66c8c8ac74206d43dcf1b2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951828d821ae1daa80494b4845bbb1643.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3775d3afc39ac9d2ed96a01a4f5525dc4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22ec00b3dc4c513a229c8e4f4f3b450a5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b78a513c5c98d87033faf40caa086c26.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cb840d69e7ea3162d39fc5b19248d387.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37da609abb93761e62e561e0a90ac57a8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25f978a97e18c1c815be53693a299a389.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a54eb5b60bc100e2cab2df514266c6f910.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3fdbbe95609dbf75b06c28ef43441f511.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06f2e36787f4d826f3ac73042e8a350912.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6365d4478a77acd96d24c167be758d6313.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fea30a87b51c40ff58d4ef7c89ca42914.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00277f904f524ac480b1feae6bfcc50415.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7e42c86484c571dc8d2174d19d145f516.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/447ee517ee47f29cad7bad77b7c30e9f17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eec6fd829f7d9ad266be8880fa5287918.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2210366828d47d43f2422c370e6067719.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f2f1deb0a34036c1fe906c36c2e832120.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f0ae677d3c1c3b90abd9d8155b9ed2b21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70e6ab68e69c085dcea421cd0dd80f0322.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/930453457304a73f9eff180aa2775dd823.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15bfe3e8c82f024e1039bd2dd654cc4924.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ef95261017fe2d724bc2f737c83a6c625.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d35fc2bcfe75866889fdba50e20e57b26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9a9c86d6d372f364b23e4fac9d7176227.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98bfd226fc9a26ed5381942e37a54a9c28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd0d39ec52fd9cf74d2ac21486582b2e29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c699d97d7c7aa20142882c6abe58ffde30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdce32d10f7b69cd7ec1300fc25af0ec31.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8eddc341c6f4324166b47c3c9fe0fc2532.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/262f126f2d06c5c59729847c4867889133.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e57957137745aabee5baebcfd96eaa0634.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59cd42f05a568d3251b5a1392239b50735.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40eb35d56d7043725fd6880ef3ff0ff736.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea735c517f7e8d8efaa5ed2e7c870e9b37.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78372c94ea87091330beea814cba0bdf38.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee3868158565f08c4399fd6ba8f3a1821.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50fd1a498490b974736e088bf34860882.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ff7d627aaefb3dd9246728c016c37813.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6723a13fbadf654767670aa9cde3925d4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b612ec2ff65bc325cabd55f748564715.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed95643c940174ebce9b8d154120e6ce6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d288081a000e7d4cc8dfacb82a1ab6c07.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/712af7e5f39183c89d74cac282bec0298.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06c8bca1aec0ee7954eeb7eb468023129.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a3683bc17b88fe0d673bce08b84d4a010.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d190e01641140ba040d502349495c5411.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6046141324ef9f22b8626014f85c3c8812.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8232e4a4e11ff9f3ed58847403c74fd13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64428d520dc6d93c46b1774179abae4214.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47e41e4f341572e09ffa75b2f0b4cc7615.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2bbde94a7250689e3f364cb05cca40b16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26b9d1d917a8416c1998a26cf99afb2917.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ee32d83cf555c50b8415b50989ad34a18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e133e77cb19919e7cc0fbff0d946a2b719.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea2e3775797c6d96c9ce667246f9161e20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9f6c6135d867e1a21c03e209c24ef8821.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46cbaa4f563ef8f620ea797f41223df022.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c34166cb5587c74f156314cfd1cfb3323.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d80d5ffa898c8e93dec1d24b6ce72cc024.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecc31c737bd97314da75c8c68697db4025.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e985267fadeebe2d23f3fb5bf0922bcd26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18948f2cf72ec5fe2f6b9e94bee1d2c827.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281f9ecfb426239b0b5c3474eb006beb28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8daf370079845f89e95bf116924b920429.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2263db0fc34e2f6b96ec3219389439fc30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ade514594dbbfb8cc978dee310d65cf731.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f17fd943abfabe25a6fb5c994cdefc632.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abab44774fca60faca2c92ddc8eaf72633.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/977687c107c7ed4969c81d931632149434.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa73c4773b65cf357f180e4230d004cf35.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/065aa9f881e98510cee79958a9b4dfb036.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5169b161e2ebdcffbd12e41bb31c299c37.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0048" descr="STREAMOTEKA"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="834256" descr="834256"/>
+        <xdr:cNvPr id="2" name="085623" descr="085623"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="085623" descr="085623"/>
+        <xdr:cNvPr id="3" name="834043" descr="834043"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="834043" descr="834043"/>
+        <xdr:cNvPr id="4" name="D174653-05" descr="D174653-05"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="D174653-05" descr="D174653-05"/>
+        <xdr:cNvPr id="5" name="096910W" descr="096910W"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="096910W" descr="096910W"/>
+        <xdr:cNvPr id="6" name="ZEST5863" descr="ZEST5863"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="ZEST5863" descr="ZEST5863"/>
+        <xdr:cNvPr id="7" name="091207" descr="091207"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="091207" descr="091207"/>
+        <xdr:cNvPr id="8" name="092167W" descr="092167W"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="092167W" descr="092167W"/>
+        <xdr:cNvPr id="9" name="096985W" descr="096985W"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="096985W" descr="096985W"/>
+        <xdr:cNvPr id="10" name="096892W" descr="096892W"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="096892W" descr="096892W"/>
+        <xdr:cNvPr id="11" name="101895" descr="101895"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="101895" descr="101895"/>
+        <xdr:cNvPr id="12" name="096900W" descr="096900W"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="096900W" descr="096900W"/>
+        <xdr:cNvPr id="13" name="096986W" descr="096986W"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="096986W" descr="096986W"/>
+        <xdr:cNvPr id="14" name="256096" descr="256096"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="256096" descr="256096"/>
+        <xdr:cNvPr id="15" name="098285W" descr="098285W"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="098285W" descr="098285W"/>
+        <xdr:cNvPr id="16" name="098411" descr="098411"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="098411" descr="098411"/>
+        <xdr:cNvPr id="17" name="101894" descr="101894"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="101894" descr="101894"/>
+        <xdr:cNvPr id="18" name="834159" descr="834159"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="834159" descr="834159"/>
+        <xdr:cNvPr id="19" name="098760" descr="098760"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="098760" descr="098760"/>
+        <xdr:cNvPr id="20" name="098131" descr="098131"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="098131" descr="098131"/>
+        <xdr:cNvPr id="21" name="585026" descr="585026"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="585026" descr="585026"/>
+        <xdr:cNvPr id="22" name="834109" descr="834109"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="834109" descr="834109"/>
+        <xdr:cNvPr id="23" name="101789" descr="101789"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="101789" descr="101789"/>
+        <xdr:cNvPr id="24" name="079123" descr="079123"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="079123" descr="079123"/>
+        <xdr:cNvPr id="25" name="834154" descr="834154"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="834154" descr="834154"/>
+        <xdr:cNvPr id="26" name="096977W" descr="096977W"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="096977W" descr="096977W"/>
+        <xdr:cNvPr id="27" name="548100" descr="548100"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>31</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="548100" descr="548100"/>
+        <xdr:cNvPr id="28" name="146212" descr="146212"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>32</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="146212" descr="146212"/>
+        <xdr:cNvPr id="29" name="056154" descr="056154"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="056154" descr="056154"/>
+        <xdr:cNvPr id="30" name="098125W" descr="098125W"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="098125W" descr="098125W"/>
+        <xdr:cNvPr id="31" name="834190" descr="834190"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="834190" descr="834190"/>
+        <xdr:cNvPr id="32" name="092104" descr="092104"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="092104" descr="092104"/>
+        <xdr:cNvPr id="33" name="092968N" descr="092968N"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>37</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="092968N" descr="092968N"/>
+        <xdr:cNvPr id="34" name="ZEST5457" descr="ZEST5457"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>38</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="ZEST5457" descr="ZEST5457"/>
+        <xdr:cNvPr id="35" name="096903W" descr="096903W"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="096903W" descr="096903W"/>
+        <xdr:cNvPr id="36" name="ZEST6225" descr="ZEST6225"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>40</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="37" name="ZEST6225" descr="ZEST6225"/>
+        <xdr:cNvPr id="37" name="092967N" descr="092967N"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2033,54 +1985,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G44"/>
+  <dimension ref="A1:G43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F44" sqref="F44:G44"/>
+      <selection activeCell="F43" sqref="F43:G43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="3"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
@@ -2113,821 +2065,800 @@
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="80">
       <c r="A6" s="7"/>
       <c r="B6" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F6" s="10">
-        <v>29999.9</v>
+        <v>799.9</v>
       </c>
       <c r="G6" s="11">
-        <v>59999.8</v>
+        <v>799.9</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="80">
       <c r="A7" s="7"/>
       <c r="B7" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="8">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F7" s="10">
-        <v>799.9</v>
+        <v>3999.9</v>
       </c>
       <c r="G7" s="11">
-        <v>799.9</v>
+        <v>11999.7</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="80">
       <c r="A8" s="7"/>
       <c r="B8" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="8">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F8" s="10">
-        <v>3999.9</v>
+        <v>519.9</v>
       </c>
       <c r="G8" s="11">
-        <v>11999.7</v>
+        <v>519.9</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="80">
       <c r="A9" s="7"/>
       <c r="B9" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>18</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E9" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F9" s="10">
-        <v>519.9</v>
+        <v>459.9</v>
       </c>
       <c r="G9" s="11">
-        <v>519.9</v>
+        <v>919.8</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="80">
       <c r="A10" s="7"/>
       <c r="B10" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F10" s="10">
-        <v>459.9</v>
+        <v>1239.3</v>
       </c>
       <c r="G10" s="11">
-        <v>919.8</v>
+        <v>1239.3</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="80">
       <c r="A11" s="7"/>
       <c r="B11" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>24</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E11" s="8">
         <v>1</v>
       </c>
       <c r="F11" s="10">
-        <v>1239.3</v>
+        <v>6999.9</v>
       </c>
       <c r="G11" s="11">
-        <v>1239.3</v>
+        <v>6999.9</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="80">
       <c r="A12" s="7"/>
       <c r="B12" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>27</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>28</v>
       </c>
       <c r="E12" s="8">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F12" s="10">
-        <v>6999.9</v>
+        <v>699.9</v>
       </c>
       <c r="G12" s="11">
-        <v>6999.9</v>
+        <v>3499.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="80">
       <c r="A13" s="7"/>
       <c r="B13" s="8" t="s">
         <v>29</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>30</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E13" s="8">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F13" s="10">
-        <v>699.9</v>
+        <v>459.9</v>
       </c>
       <c r="G13" s="11">
-        <v>3499.5</v>
+        <v>919.8</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="80">
       <c r="A14" s="7"/>
       <c r="B14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>33</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>34</v>
       </c>
       <c r="E14" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F14" s="10">
-        <v>459.9</v>
+        <v>509.9</v>
       </c>
       <c r="G14" s="11">
-        <v>919.8</v>
+        <v>509.9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="80">
       <c r="A15" s="7"/>
       <c r="B15" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>36</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>37</v>
       </c>
       <c r="E15" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F15" s="10">
-        <v>509.9</v>
+        <v>679.9</v>
       </c>
       <c r="G15" s="11">
-        <v>509.9</v>
+        <v>1359.8</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="80">
       <c r="A16" s="7"/>
       <c r="B16" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>39</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>40</v>
       </c>
       <c r="E16" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F16" s="10">
-        <v>679.9</v>
+        <v>599.9</v>
       </c>
       <c r="G16" s="11">
-        <v>1359.8</v>
+        <v>599.9</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="80">
       <c r="A17" s="7"/>
       <c r="B17" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>42</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>43</v>
       </c>
       <c r="E17" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F17" s="10">
-        <v>599.9</v>
+        <v>799.9</v>
       </c>
       <c r="G17" s="11">
-        <v>599.9</v>
+        <v>1599.8</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="80">
       <c r="A18" s="7"/>
       <c r="B18" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>45</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>46</v>
       </c>
       <c r="E18" s="8">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="F18" s="10">
-        <v>799.9</v>
+        <v>769.9</v>
       </c>
       <c r="G18" s="11">
-        <v>1599.8</v>
+        <v>9238.8</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="80">
       <c r="A19" s="7"/>
       <c r="B19" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>48</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>49</v>
       </c>
       <c r="E19" s="8">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F19" s="10">
-        <v>769.9</v>
+        <v>419.9</v>
       </c>
       <c r="G19" s="11">
-        <v>9238.8</v>
+        <v>839.8</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="80">
       <c r="A20" s="7"/>
       <c r="B20" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>51</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>52</v>
       </c>
       <c r="E20" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F20" s="10">
-        <v>419.9</v>
+        <v>2399.9</v>
       </c>
       <c r="G20" s="11">
-        <v>839.8</v>
+        <v>2399.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="80">
       <c r="A21" s="7"/>
       <c r="B21" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D21" s="9" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="E21" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F21" s="10">
-        <v>2399.9</v>
+        <v>679.9</v>
       </c>
       <c r="G21" s="11">
-        <v>2399.9</v>
+        <v>1359.8</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="80">
       <c r="A22" s="7"/>
       <c r="B22" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="C22" s="9" t="s">
         <v>56</v>
       </c>
-      <c r="C22" s="9" t="s">
+      <c r="D22" s="9" t="s">
         <v>57</v>
       </c>
-      <c r="D22" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E22" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F22" s="10">
-        <v>679.9</v>
+        <v>19999.9</v>
       </c>
       <c r="G22" s="11">
-        <v>1359.8</v>
+        <v>19999.9</v>
       </c>
     </row>
     <row r="23" spans="1:7" customHeight="1" ht="80">
       <c r="A23" s="7"/>
       <c r="B23" s="8" t="s">
         <v>58</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>59</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>60</v>
       </c>
       <c r="E23" s="8">
         <v>1</v>
       </c>
       <c r="F23" s="10">
-        <v>19999.9</v>
+        <v>1599.9</v>
       </c>
       <c r="G23" s="11">
-        <v>19999.9</v>
+        <v>1599.9</v>
       </c>
     </row>
     <row r="24" spans="1:7" customHeight="1" ht="80">
       <c r="A24" s="7"/>
       <c r="B24" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C24" s="9" t="s">
         <v>62</v>
       </c>
       <c r="D24" s="9" t="s">
         <v>63</v>
       </c>
       <c r="E24" s="8">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F24" s="10">
-        <v>1599.9</v>
+        <v>419.9</v>
       </c>
       <c r="G24" s="11">
-        <v>1599.9</v>
+        <v>5038.8</v>
       </c>
     </row>
     <row r="25" spans="1:7" customHeight="1" ht="80">
       <c r="A25" s="7"/>
       <c r="B25" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>65</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>66</v>
       </c>
       <c r="E25" s="8">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F25" s="10">
-        <v>419.9</v>
+        <v>7379.9</v>
       </c>
       <c r="G25" s="11">
-        <v>5038.8</v>
+        <v>7379.9</v>
       </c>
     </row>
     <row r="26" spans="1:7" customHeight="1" ht="80">
       <c r="A26" s="7"/>
       <c r="B26" s="8" t="s">
         <v>67</v>
       </c>
       <c r="C26" s="9" t="s">
         <v>68</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>69</v>
       </c>
       <c r="E26" s="8">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F26" s="10">
-        <v>7379.9</v>
+        <v>1299.9</v>
       </c>
       <c r="G26" s="11">
-        <v>7379.9</v>
+        <v>5199.6</v>
       </c>
     </row>
     <row r="27" spans="1:7" customHeight="1" ht="80">
       <c r="A27" s="7"/>
       <c r="B27" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C27" s="9" t="s">
         <v>71</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>72</v>
       </c>
       <c r="E27" s="8">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F27" s="10">
-        <v>1299.9</v>
+        <v>899.9</v>
       </c>
       <c r="G27" s="11">
-        <v>5199.6</v>
+        <v>899.9</v>
       </c>
     </row>
     <row r="28" spans="1:7" customHeight="1" ht="80">
       <c r="A28" s="7"/>
       <c r="B28" s="8" t="s">
         <v>73</v>
       </c>
       <c r="C28" s="9" t="s">
         <v>74</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>75</v>
       </c>
       <c r="E28" s="8">
         <v>1</v>
       </c>
       <c r="F28" s="10">
-        <v>899.9</v>
+        <v>1599.9</v>
       </c>
       <c r="G28" s="11">
-        <v>899.9</v>
+        <v>1599.9</v>
       </c>
     </row>
     <row r="29" spans="1:7" customHeight="1" ht="80">
       <c r="A29" s="7"/>
       <c r="B29" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C29" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>78</v>
       </c>
       <c r="E29" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F29" s="10">
-        <v>1599.9</v>
+        <v>1399.9</v>
       </c>
       <c r="G29" s="11">
-        <v>1599.9</v>
+        <v>2799.8</v>
       </c>
     </row>
     <row r="30" spans="1:7" customHeight="1" ht="80">
       <c r="A30" s="7"/>
       <c r="B30" s="8" t="s">
         <v>79</v>
       </c>
       <c r="C30" s="9" t="s">
         <v>80</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>81</v>
       </c>
       <c r="E30" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F30" s="10">
-        <v>1399.9</v>
+        <v>1999.9</v>
       </c>
       <c r="G30" s="11">
-        <v>2799.8</v>
+        <v>1999.9</v>
       </c>
     </row>
     <row r="31" spans="1:7" customHeight="1" ht="80">
       <c r="A31" s="7"/>
       <c r="B31" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C31" s="9" t="s">
         <v>83</v>
       </c>
       <c r="D31" s="9" t="s">
         <v>84</v>
       </c>
       <c r="E31" s="8">
         <v>1</v>
       </c>
       <c r="F31" s="10">
-        <v>1999.9</v>
+        <v>659.9</v>
       </c>
       <c r="G31" s="11">
-        <v>1999.9</v>
+        <v>659.9</v>
       </c>
     </row>
     <row r="32" spans="1:7" customHeight="1" ht="80">
       <c r="A32" s="7"/>
       <c r="B32" s="8" t="s">
         <v>85</v>
       </c>
       <c r="C32" s="9" t="s">
         <v>86</v>
       </c>
       <c r="D32" s="9" t="s">
         <v>87</v>
       </c>
       <c r="E32" s="8">
         <v>1</v>
       </c>
       <c r="F32" s="10">
-        <v>659.9</v>
+        <v>839.9</v>
       </c>
       <c r="G32" s="11">
-        <v>659.9</v>
+        <v>839.9</v>
       </c>
     </row>
     <row r="33" spans="1:7" customHeight="1" ht="80">
       <c r="A33" s="7"/>
       <c r="B33" s="8" t="s">
         <v>88</v>
       </c>
       <c r="C33" s="9" t="s">
         <v>89</v>
       </c>
       <c r="D33" s="9" t="s">
         <v>90</v>
       </c>
       <c r="E33" s="8">
         <v>1</v>
       </c>
       <c r="F33" s="10">
-        <v>839.9</v>
+        <v>549.9</v>
       </c>
       <c r="G33" s="11">
-        <v>839.9</v>
+        <v>549.9</v>
       </c>
     </row>
     <row r="34" spans="1:7" customHeight="1" ht="80">
       <c r="A34" s="7"/>
       <c r="B34" s="8" t="s">
         <v>91</v>
       </c>
       <c r="C34" s="9" t="s">
         <v>92</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>93</v>
       </c>
       <c r="E34" s="8">
         <v>1</v>
       </c>
       <c r="F34" s="10">
-        <v>549.9</v>
+        <v>949.9</v>
       </c>
       <c r="G34" s="11">
-        <v>549.9</v>
+        <v>949.9</v>
       </c>
     </row>
     <row r="35" spans="1:7" customHeight="1" ht="80">
       <c r="A35" s="7"/>
       <c r="B35" s="8" t="s">
         <v>94</v>
       </c>
       <c r="C35" s="9" t="s">
         <v>95</v>
       </c>
       <c r="D35" s="9" t="s">
         <v>96</v>
       </c>
       <c r="E35" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F35" s="10">
-        <v>949.9</v>
+        <v>799.9</v>
       </c>
       <c r="G35" s="11">
-        <v>949.9</v>
+        <v>1599.8</v>
       </c>
     </row>
     <row r="36" spans="1:7" customHeight="1" ht="80">
       <c r="A36" s="7"/>
       <c r="B36" s="8" t="s">
         <v>97</v>
       </c>
       <c r="C36" s="9" t="s">
         <v>98</v>
       </c>
       <c r="D36" s="9" t="s">
         <v>99</v>
       </c>
       <c r="E36" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F36" s="10">
-        <v>799.9</v>
+        <v>869.9</v>
       </c>
       <c r="G36" s="11">
-        <v>1599.8</v>
+        <v>869.9</v>
       </c>
     </row>
     <row r="37" spans="1:7" customHeight="1" ht="80">
       <c r="A37" s="7"/>
       <c r="B37" s="8" t="s">
         <v>100</v>
       </c>
       <c r="C37" s="9" t="s">
         <v>101</v>
       </c>
       <c r="D37" s="9" t="s">
         <v>102</v>
       </c>
       <c r="E37" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F37" s="10">
-        <v>869.9</v>
+        <v>339.9</v>
       </c>
       <c r="G37" s="11">
-        <v>869.9</v>
+        <v>679.8</v>
       </c>
     </row>
     <row r="38" spans="1:7" customHeight="1" ht="80">
       <c r="A38" s="7"/>
       <c r="B38" s="8" t="s">
         <v>103</v>
       </c>
       <c r="C38" s="9" t="s">
         <v>104</v>
       </c>
       <c r="D38" s="9" t="s">
         <v>105</v>
       </c>
       <c r="E38" s="8">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F38" s="10">
-        <v>339.9</v>
+        <v>2339.6</v>
       </c>
       <c r="G38" s="11">
-        <v>679.8</v>
+        <v>11698.0</v>
       </c>
     </row>
     <row r="39" spans="1:7" customHeight="1" ht="80">
       <c r="A39" s="7"/>
       <c r="B39" s="8" t="s">
         <v>106</v>
       </c>
       <c r="C39" s="9" t="s">
         <v>107</v>
       </c>
       <c r="D39" s="9" t="s">
         <v>108</v>
       </c>
       <c r="E39" s="8">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F39" s="10">
-        <v>2339.6</v>
+        <v>2759.9</v>
       </c>
       <c r="G39" s="11">
-        <v>11698.0</v>
+        <v>2759.9</v>
       </c>
     </row>
     <row r="40" spans="1:7" customHeight="1" ht="80">
       <c r="A40" s="7"/>
       <c r="B40" s="8" t="s">
         <v>109</v>
       </c>
       <c r="C40" s="9" t="s">
         <v>110</v>
       </c>
       <c r="D40" s="9" t="s">
         <v>111</v>
       </c>
       <c r="E40" s="8">
         <v>1</v>
       </c>
       <c r="F40" s="10">
-        <v>2759.9</v>
+        <v>3659.4</v>
       </c>
       <c r="G40" s="11">
-        <v>2759.9</v>
+        <v>3659.4</v>
       </c>
     </row>
     <row r="41" spans="1:7" customHeight="1" ht="80">
       <c r="A41" s="7"/>
       <c r="B41" s="8" t="s">
         <v>112</v>
       </c>
       <c r="C41" s="9" t="s">
         <v>113</v>
       </c>
       <c r="D41" s="9" t="s">
         <v>114</v>
       </c>
       <c r="E41" s="8">
         <v>1</v>
       </c>
       <c r="F41" s="10">
-        <v>3659.4</v>
+        <v>479.9</v>
       </c>
       <c r="G41" s="11">
-        <v>3659.4</v>
-[...4 lines deleted...]
-      <c r="B42" s="8" t="s">
+        <v>479.9</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7">
+      <c r="F43" s="4" t="s">
         <v>115</v>
       </c>
-      <c r="C42" s="9" t="s">
-[...20 lines deleted...]
-        <v>176069.2</v>
+      <c r="G43" s="12">
+        <v>116069.4</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 