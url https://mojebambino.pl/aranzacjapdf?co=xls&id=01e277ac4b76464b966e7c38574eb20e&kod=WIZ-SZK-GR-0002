--- v0 (2025-10-29)
+++ v1 (2025-12-14)
@@ -15,238 +15,363 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>WIZ-SZK-GR-0002 Klasa szkolna IV-VIII Grande</t>
   </si>
   <si>
-    <t>z dnia 2025-10-29 13:54:27</t>
+    <t>z dnia 2025-12-14 20:40:17</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>096893W</t>
   </si>
   <si>
-    <t>Nadstawka Grande L głęboka - biała</t>
-[...2 lines deleted...]
-    <t>Nadstawki do głębokich regałów z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach. Nadstawkę można uzupełnic drzwiczkami lub dodatkową półką.• wym. 82 x 48 x 105,6 cm</t>
+    <t>Nadstawka Grande L głęboka – biała</t>
+  </si>
+  <si>
+    <t>Nadstawki do głębokich regałów z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach. Nadstawkę można uzupełnic drzwiczkami lub dodatkową półką.• wym. 82 x 48 x 105,60 cm</t>
   </si>
   <si>
     <t>096891W</t>
   </si>
   <si>
-    <t>Nadstawka Grande M głęboka - biała</t>
-[...2 lines deleted...]
-    <t>Nadstawki do głębokich regałów z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach. Nadstawkę można uzupełnić drzwiczkami.• wym. 82 x 48 x 70,4 cm</t>
+    <t>Nadstawka Grande M głęboka – biała</t>
+  </si>
+  <si>
+    <t>Nadstawki do głębokich regałów z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach. Nadstawkę można uzupełnić drzwiczkami.• wym. 82 x 48 x 70,40 cm</t>
   </si>
   <si>
     <t>372059</t>
   </si>
   <si>
     <t>Pojemnik głęboki 2 - czarny</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 15 cm • 1 szt.</t>
   </si>
   <si>
     <t>099749W</t>
   </si>
   <si>
     <t>Biurko Grande narożne prawe z metalową nogą, białe</t>
   </si>
   <si>
     <t>Duże biurka narożne uzupełniające kolekcję meblową Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Wyposażone w 4 szuflady (w górnej szufladzie zamek), z przelotką w blacie. • dł. boku 80 cm• wym. 180 x 160 x 76,6 cm</t>
   </si>
   <si>
     <t>096895W</t>
   </si>
   <si>
-    <t>Regał Grande L na pojemniki, na cokole - 2 kolumny - biały</t>
-[...2 lines deleted...]
-    <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Należy uzupełnić je plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Na regale można zamontować nadstawki (098254W-098256W, sprzedawane osobno).• wym. 70,2 x 48 x 117,4 cm</t>
+    <t>Regał Grande L na pojemniki, na cokole – 2 kolumny – biały</t>
+  </si>
+  <si>
+    <t>Regały wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Należy uzupełnić je plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Na regale można zamontować nadstawki (098254W-098256W, sprzedawane osobno).• wym. 70,20 x 48 x 117,40 cm</t>
   </si>
   <si>
     <t>B9037-46-08-SP-2EMC03-PA-P</t>
   </si>
   <si>
     <t>Stół Daniel 130x50 rozm. 4-6, 2os., stelaż aluminium, blat biały, obrzeże ABS, narożniki proste</t>
   </si>
   <si>
     <t>Stoły Daniel występują w dwóch rozmiarach blatów: 1-osobowym (70 x 50 cm) i 2-osobowym (130 x 50 cm). Stoły bez regulacji wysokości dostępne w rozmiarach od 3 do 6, stoły z regulacją – w rozmiarach: 2–4 i 4–6.W rozm. 70 x 50 cm i 130 x 50 cm blaty dostępne są w dwóch wersjach płyty:- laminowanej o gr. 18 mm, w 5 odcieniach do wyboru: buk, klon, brzoza, biały i szary. Można dobrać do nich obrzeże ABS o gr. 2 mm lub wytrzymałe i trwałe obrzeże PU (dostępne odcienie: buk, brzoza) o gr. 4 mm;- o gr. 25 mm, pokryty trwałym laminatem HPL, w 4 odcieniach do wyboru: buk, klon, biały i szary. Można dobrać do nich drewniane obrzeże, przyklejone do płyty lub wybrać opcję blatu ze sklejki bez dodatkowego obrzeża.Narożniki mogą być proste (dotyczy obrzeży: drewnianego i ABS) lub zaokrąglone (dotyczy obrzeży PU, ze sklejki i ABS).Niezależnie od rodzaju blatu, stelaż występuje w 6 wersjach kolorystycznych: czerwony, niebieski, zielony, żółty, czarny i aluminiowy oraz dla wybranych modeli są dodatkowo dostępne w wersji oliwkowej, łososiowej, różowej i turkusowej. Stelaż wykonany z rury okrągłej o średnicy 32 mm i profilu o przekroju 38 x 20 mm.Stoły są wyposażone w haczyki na tornister, plastikowe zatyczki chroniące podłogę przed zarysowaniem oraz zatyczki chroniące stelaż przez zarysowaniem go podczas regulowania wysokości.Dostępne są następujące rodzaje obrzeża blatu:PA - obrzeże ABS o gr. 2 mm, będące standardowym obrzeżem (dla blatów z płyty laminowanej o grubości 18 mm);PU - obrzeże o gr. 4 mm (dla blatów z płyty laminowanej o grubości 18 mm w buku, klonie i brzozie). Obrzeże PU jest specjalną mieszanką, która wnika w otwarte krawędzie płyty wiórowej i wypełnia wszystkie wolne przestrzenie.PD -  doklejone obrzeże z litego drewna (dla blatów z płyty o grubości 25 mm pokrytej laminatem HPL).PO -  obrzeże zaokrąglone na całej powierzchni i lakierowane (dla blatów z płyty o grubości 25 mm).</t>
   </si>
   <si>
     <t>256071</t>
   </si>
   <si>
     <t>Krzesło Colores rozm. 5 czerwone, stelaż aluminium</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż w kolorze srebrnym został wykonany z rury okrągłej o śr. 18 mm w rozmiarach 1-4 i 22 mm w rozmiarach 5-6. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka, a szeroko rozstawione tylne nogi zapewniają wysoką stabilność. Krzesło jest odporne na zabrudzenia i wilgoć, a powierzchnia siedziska moletowana, odporna na zarysowania, antypoślizgowa. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Otwór w oparciu stanowi wygodny uchwyt wykorzystywany w czasie przemieszczania. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • dostępne w rozmiarach 1-6 • 6 kolorów </t>
   </si>
   <si>
     <t>096889W</t>
   </si>
   <si>
-    <t>Nadstawka Grande S głęboka - biała</t>
-[...2 lines deleted...]
-    <t>Nadstawki do głębokich regałów z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach. Nadstawkę można uzupełnić drzwiczkami.• wym. 82 x 48 x 35,2 cm</t>
+    <t>Nadstawka Grande S głęboka – biała</t>
+  </si>
+  <si>
+    <t>Nadstawki do głębokich regałów z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach. Nadstawkę można uzupełnić drzwiczkami.• wym. 82 x 48 x 35,20 cm</t>
+  </si>
+  <si>
+    <t>085603-0VAT</t>
+  </si>
+  <si>
+    <t>Drukarka 3D Flashforge Adventurer 4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cena skalkulowana wyłącznie dla placówek oświatowych.    Pakiet zawiera produkt ze stawką VAT 0%: Drukarka 3D FlashForge Adventurer 4, (wartość netto = brutto).  Przy zakupie wymagane jest przesłanie wypełnionego i podpisanego przez organ nadzorujący Zaświadczenia.  Wzór Zaświadczenia &gt;&gt; Przykład wypełnionego Zaświadczenia &gt;&gt;  * wysyłka realizowana jest po dostarczeniu prawidłowo wypełnionego formularza zamówienia VAT0% w oryginale.     Drukarka 3D Sygnis FlashForge Adventurer 4 doskonale sprawdza się w tworzeniu technologicznego parku maszyn. Funkcja RESUME PRINT pozwala na rozpoczęcie drukowania od tego samego momentu, w którym go przerwano z powodu, np. nagłego odcięcia zasilania, a większe pole robocze umożliwia jeszcze efektywniej drukować wybrane modele.  Drukarka 3D Adventurer 4 to nie tylko większy rozmiar wydruku: 220 x 200 x 250 mm, ale także większe możliwości. Posiada wbudowany uchwyt szpuli filamentu 1kg oraz możliwość korzystania z dysz o średnicach 0,3 / 0,4 mm. Drukarka 3D wyposażona jest w czujnik filamentu, schowek na narzędzia oraz kamerę, która pozwala na wykonywanie i przeglądanie zdjęć z poziomu interfejsu drukarki. Możliwość zdalnej kontroli nad urządzeniem poprzez Wi-Fi lub Ethernet. Lokalne sterowanie urządzenia odbywa się za pomocą 4.3 calowego kolorowego wyświetlacza HD, posiadającego trzy stopnie jasności. Drukarka 3D posiada tryb oszczędzania energii. Dzięki ekstruderowi 265 °C możliwy jest druk z PLA/ABS/PC/PETG/PLA-CF/PETG-CF. Nowe funkcje w oprogramowaniu pozwalają nadzorować wiele urządzeń jednocześnie. Drukarka 3D posiada dwa tryby kalibracji: 9-cio punktową i ekspercką. Dodatkowo istnieje możliwość pobrania log’u z urządzenia.  Drukarka 3D Adventurer 4 posiada funkcję umożliwiającą edycję temperatury stołu oraz dyszy w trakcie drukowania. Zmienić można także wysokość osi Z, procentową ilość podawanego filamentu, moc wentylatorów oraz prędkość drukowania. Wbudowana instrukcja obsługi oraz informacje na temat oprogramowania pozwolą na lepsze zapoznanie się z drukarką. Na drukarkę udzielamy rocznej gwarancji i świadczymy pomoc techniczną, jako jedyny autoryzowany serwis FlashForge w Polsce.       Wyposażenie:   _x0001_szpula filamentu (1 kg) _x0001_kabel zasilający _x0001_dodatkowy moduł wysokotemperaturowy o średnicy 0.4mm _x0001_śrubokręt _x0001_narzędzie do przepychania dyszy _x0001_komplet śrubokrętów imbusowych _x0001_smar _x0001_pendrive _x0001_karta do poziomowania _x0001_złączka do filamentu _x0001_instrukcja obsługi    Specyfikacja:   _x0001_Technologia: FDM/FFF _x0001_Liczba głowic: 1 _x0001_Temperatura Ekstrudera: 240 ℃ / 265 ℃ _x0001_Temperatura platformy roboczej: 110 ℃ _x0001_Prędkość drukowania: 10 – 150 mm/s _x0001_Obszar roboczy: 220 x 200 x 250 mm _x0001_Rozdzielczość warstwy: 0,1 – 0,4 mm _x0001_Komora robocza: zamknięta _x0001_Głośność: 45 dB _x0001_Wielkość wyświetlacza: 4,3" _x0001_Zasilanie: 100-240 VAC, 47-603Hz _x0001_Kamera: 1 _x0001_Filtr: HEPA _x0001_Czujnik filamentu _x0001_Łączność: pamięć USB, Wi-Fi, Ethernet, FlashCloud _x0001_Waga: 20,1 kg _x0001_Wymiary: 500 x 470 x 540 mm   Serwis i infolinia techniczna dostępne pod numerem (22) 790-00-19   serwis@sygnis.pl;  bambino@sygnis.pl </t>
   </si>
   <si>
     <t>372054</t>
   </si>
   <si>
     <t>Pojemnik płytki 1 - czarny</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • wym. wewn. 27 x 35,5 cm • 1 szt.</t>
   </si>
   <si>
     <t>372014</t>
   </si>
   <si>
     <t>Pojemnik głęboki 2 - czerwony</t>
   </si>
   <si>
     <t>ZEST5863</t>
   </si>
   <si>
     <t>Szafka Grande na drukarkę 3D  mobilna - zestaw 76</t>
   </si>
   <si>
     <t>SKŁAD ZESTAWU:
 	096929 Regał Grande mobilny M na pojemniki - klon, 1 szt.
 	372063 Pojemnik duży 3 srebrny, 4 szt.
 	372053 Pojemnik płytki 1 srebrny, 2 szt.
 SZCZEGÓŁOWY OPIS:
 096929 Regał Grande mobilny M na pojemniki - klon, 1 szt.
 Mobilny regał wykonany z klonowej płyty laminowanej o gr. 18 mm. Wyposażony w kółka z hamulcami.
 	wym. 70,2 x 48 x 87,4 cm
 372063 Pojemnik duży 3 srebrny, 4 szt. 
 Pojemnik z wytrzymałego tworzywa sztucznego. Dostarczany z prowadnicami.
 	wym. 31,2 x 42,7 x 22,5 cm
 372053 Pojemnik płytki 1 srebrny, 2 szt. 
 Pojemnik z wytrzymałego tworzywa sztucznego. Dostarczany z prowadnicami.
 	wym. 31,2 x 42,7 x 7,5 cm
 • wym. 70,2 x 48 x 82,2 cm</t>
   </si>
   <si>
     <t>096874K</t>
   </si>
   <si>
-    <t>Drzwi Grande średnie 90 st. z zamkiem 2 szt. - białe</t>
-[...2 lines deleted...]
-    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90 stopni i zastosowano w nich mechanizm cichego domyku. Wyposażone w zamek. Pasują do regałów M (096898, 096898W, 096899, 096899W), nadstawek M (096890, 096890W, 096891, 096891W) i szafki wiszącej M szerokiej (098268). • 2 szt. • wym. 40,5 x 70,1 cm</t>
+    <t>Drzwi Grande średnie 90 st. z zamkiem 2 szt. – białe</t>
+  </si>
+  <si>
+    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90° i zastosowano w nich mechanizm cichego domyku. Wyposażone w zamek. Pasują do regałów M (096898, 096898W, 096899, 096899W), nadstawek M (096890, 096890W, 096891, 096891W) i szafki wiszącej M szerokiej (098268). • 2 szt. • wym. 40,50 x 70,10 cm</t>
   </si>
   <si>
     <t>096982</t>
   </si>
   <si>
     <t>Stół Hugo HPL z manualnie regulowaną wysokością</t>
   </si>
   <si>
     <t>Blat wykonany ze sklejki laminowanej laminatem HPL, o gr. 25 mm. Narożniki zaokrąglone. Wysokość blatu można regulować manualnie. Stelaż wykonany ze stali malowanej proszkowo. • wym.  120 x 75 cm • regulacja wys. w zakresie 70-117 cm</t>
   </si>
   <si>
     <t>096901W</t>
   </si>
   <si>
-    <t>Regał Grande L głęboki - biały</t>
-[...2 lines deleted...]
-    <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Regał można uzupełnić drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096889, 096889W, 096891, 096891W, 096893, 096893W, 096964). Na głębokich regałach (48 cm), można ustawiać także nadstawki o głębokości 38 cm (096888, 096888W, 096890, 096890W, 096892, 096892W), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). • wym. 82 x 48 x 117,4 cm</t>
+    <t>Regał Grande L głęboki – biały</t>
+  </si>
+  <si>
+    <t>Regały wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Regał można uzupełnić drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096889, 096889W, 096891, 096891W, 096893, 096893W, 096964). Na głębokich regałach (48 cm) można ustawiać także nadstawki o głębokości 38 cm (096888, 096888W, 096890, 096890W, 096892, 096892W), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). • wym. 82 x 48 x 117,40 cm</t>
   </si>
   <si>
     <t>MZEST0018</t>
   </si>
   <si>
     <t>Monitor interaktywny Insgraf Digital EduSpace 75 ze statywem z windą i tablicami</t>
   </si>
   <si>
-    <t>Skład zestawu:  • 585038 Monitor interaktywny insGraf Digital EduSpace 75, 1 szt. • 620007 Statyw z windą i tablicami do monitora interaktywnego 75, 1 szt.</t>
+    <t xml:space="preserve">
+Skład zestawu:
+	585038 Monitor interaktywny insGraf Digital EduSpace 75, 1 szt. Więcej informacji &gt;&gt;
+	620007 Statyw z windą i tablicami do monitora interaktywnego 75, 1 szt. Więcej informacji &gt;&gt;
+585038 Monitor interaktywny insGraf Digital EduSpace 75, 1 szt.
+insGraf DIGITAL EDUSpace – era innowacyjnej edukacji cyfrowej
+insGraf DIGITAL EDUSpace to najnowocześniejszy monitor interaktywny zaprojektowany specjalnie z myślą o placówkach edukacyjnych i cyfrowej transformacji szkoły. Łączy w sobie zaawansowane technologie, łatwość obsługi i funkcjonalności, które wspierają zarówno nauczycieli, jak i uczniów. Wyposażony w system operacyjny Android 14 z certyfikatem Google EDLA (Enterprise Device Licensing Agreement), zapewnia pełną integrację z ekosystemem Google, oferując dostęp do Google for Education oraz sklepu Google Play. To innowacyjne rozwiązanie gwarantuje szkołom nieograniczone możliwości edukacyjne oraz najwyższy poziom bezpieczeństwa.
+Co daje certyfikat Google EDLA? Certyfikat EDLA to potwierdzenie zgodności urządzenia z rygorystycznymi standardami Google, dzięki czemu monitor jest w pełni bezpieczny, wydajny i kompatybilny. EDLA umożliwia regularne aktualizacje systemu, zapewniając jego stabilność i nowoczesność. Dzięki integracji z Google Play nauczyciele mogą korzystać z tysięcy aplikacji edukacyjnych, takich jak narzędzia do nauki matematyki, języków obcych czy programowania, które wzbogacają lekcje o interaktywne treści. Ponadto pełna integracja z Google Workspace for Education (Classroom, Meet, Drive, Docs) usprawnia współpracę i organizację pracy zarówno w klasie, jak i w trybie zdalnym.
+Najważniejsze nowości i zalety:
+1. System Android 14 z certyfikatem Google EDLA:
+	Pełna integracja z Google Workspace for Education.
+	Nieograniczony dostęp do sklepu Google Play.
+	Regularne aktualizacje i zgodność z najnowszymi technologiami.
+2. Generatywna sztuczna inteligencja Google Gemini:
+	Pomoc w tworzeniu materiałów dydaktycznych.
+	Zaawansowany asystent wspierający nauczyciela i ucznia w procesie edukacji
+	Źródło inspiracji, zwiększenie produktywności, zaangażowanie ucznia w proces uczenia.
+3. Ułatwienia dostępu – nauka bez barier:
+Monitor Insgraf DIGITAL EDUSpace został wyposażony w skróty ułatwień dostępu, które zostały stworzone z myślą o uczniach ze specjalnymi potrzebami edukacyjnymi (SPE), wszystko dostępne wprost na ekranie w pasku ułatwień dostępu:
+	Powiększanie tekstu – umożliwia lepsze zrozumienie treści osobom z problemami ze wzrokiem.
+	Odwrócenie kolorów – ułatwia korzystanie z urządzenia uczniom z dysfunkcją wzroku lub trudnościami w odróżnianiu kolorów.
+	Duży wskaźnik – poprawia widoczność kursora, wspierając uczniów z trudnościami w koordynacji ruchowej.
+	Czytanie zawartości ekranu – funkcja lektora pomaga osobom niewidomym lub z dysleksją w przyswajaniu treści
+Te rozwiązania sprawiają, że monitor jest w pełni dostosowany do potrzeb uczniów z specjalnymi potrzebami edukacyjnymi (SPE) wspierając integrację i równe szanse w edukacji.
+4. Moduł NFC – szybkie i bezpieczne logowanie. Dzięki tej technologii nauczyciele mogą błyskawicznie uzyskać dostęp do swoich kont, eliminując konieczność wpisywania haseł. To rozwiązanie zwiększa wygodę oraz chroni przed nieautoryzowanym dostępem.
+5. Zewnętrzna kamera AI:
+	Tryb panoramiczny
+	Lokalizowanie uczestników i automatyczne kadrowanie
+	Lokalizacja dźwięku
+Kamera do zakupienia osobno (585040).
+6. Teraz 50 punktów dotyku, umożliwiających jednoczesną pracę wielu osób
+7. Bezprzewodowa komunikacja z EShare Pro:
+	Wbudowane oprogramowanie EShare PRO w cenie monitora.
+	Bezprzewodowe przesyłanie treści z urządzeń uczniów i nauczycieli.
+	Wsparcie dla współpracy między różnymi platformami.
+8. Niezależne dzielenie ekranu:
+Choć funkcja podziału ekranu pojawiała się już w niektórych monitorach, insGraf DIGITAL EDUSpace wyróżnia się płynnością działania i pełną swobodą w wyborze aplikacji, co czyni go wyjątkowo przydatnym w edukacji.
+	Podział ekranu na dwie części
+	Jednoczesne uruchamianie dowolnych aplikacji
+	Regulowana szerokość podzielonych części
+Nowe funkcje Whiteboard – jeszcze więcej możliwości w nauczaniu
+Zaawansowana aplikacja Whiteboard wprowadza innowacyjne funkcje, które sprawdzą się zarówno podczas lekcji matematyki, muzyki, jak i innych przedmiotów:
+	Rozpoznawanie pisma ręcznego – automatyczne konwertowanie ręcznie napisanych notatek na tekst cyfrowy.
+	Diagramy i mapy myśli – narzędzia wspierające wizualne przedstawianie informacji i organizację pracy - tworzenie diagramów i map myśli .
+Dlaczego warto wybrać insGraf DIGITAL EDUSpace?
+Monitor insGraf DIGITAL EDUSpace to idealne rozwiązanie dla nowoczesnych szkół, które chcą wprowadzić edukację na wyższy poziom. Dzięki zaawansowanym funkcjom, integracji z Google Workspace i wsparciu generatywnej sztucznej inteligencji, monitor zapewnia nauczycielom więcej możliwości, oszczędzając czas i angażując uczniów w aktywne uczestnictwo w lekcjach.
+Postaw na insGraf DIGITAL EDUSpace i odkryj nowy wymiar edukacji!
+Google EDLA (Enterprise Device Licensing Agreement) to certyfikat, który gwarantuje, że urządzenie spełnia najwyższe standardy Google w zakresie bezpieczeństwa, wydajności i kompatybilności. Certyfikowane monitory, takie jak insGraf DIGITAL EDUSpace, zapewniają pełen dostęp do Google Workspace for Education, umożliwiając korzystanie z takich narzędzi jak Google Classroom, Google Meet, Docs, Sheets czy Slides. Dzięki temu nauczyciele mogą z łatwością planować lekcje, prowadzić wideokonferencje, zarządzać zadaniami domowymi i monitorować postępy uczniów w jednym, spójnym ekosystemie. Certyfikat EDLA oznacza również regularne aktualizacje oprogramowania, zapewniające ciągłe wsparcie dla nowych funkcji i ochronę przed zagrożeniami cybernetycznymi. Google Workspace for Education to nie tylko narzędzia organizacyjne, ale również platforma wspierająca kreatywność i współpracę, co pozwala uczniom rozwijać umiejętności XXI wieku, takie jak komunikacja, krytyczne myślenie i współpraca w grupie.
+SPECYFIKACJA TECHNICZNA:
+Przekątna obrazu: 75"
+Wymiary: 170,5 x 102,6 x 11 cm
+Waga: 51 kg
+Matryca: VA
+Podświetlenie: DLED
+Żywotność matrycy: 50 000h
+Technologia matrycy: Zero bonding
+Twardość szkła: 9h
+Grubość szkła: 3,2mm
+Rozdzielczość: 3840x2160 pixel (4k)
+Współczynnik proporcji: 16:9
+Jasność świecenia: 450 cd/m²
+Kontrast: 5500:1
+HDR: HDR 10
+Kolory wyświetlacza: 8 bitów + FRC
+Czujnik światła otoczenia: Tak
+Czas rekcji wyświetlacza: 6,5 ms
+Kąt widzenia H/V: 178°/178°
+Czujnik dotyku: podczerwień
+Punkty dotyku: 50 punktów
+Narzędzia do pisania: pisak, palec, dłoń
+Pisanie 2 kolory: Tak - dwa pisaki
+Dokładność pisania: &lt; 1 mm (ponad 90% pow.)
+Wysokość odczytu pisak: 1,5 mm
+Czas reakcji pisania/dotyk: 3,3 ms
+Pamięć ram: 8GB
+Procesor: CORTEX A72x4 A53x4
+Chipset: RK3576
+Pojemność dysku: 256GB
+System operacyjny: ANDROID 14 + Certyfikat Google EDLA, wsparcie dla aktualizacji systemu przez 5 lat. Aktualizacje w trybie OTA (Over-The-Air)
+Slot OPS: Tak (12 x 18 x 3 cm)
+WIFI: Tak / 6
+Bluetooth: Tak/ BT 5.2
+ZŁĄCZA PORTY
+Przedni panel: • HDMI 2.0 x 1 • USB (dotykowe) x 1 • USB 3.0 x 2 • Wejście mikrofonu x 1 • USB Typ C x 1 - do 5V/3A 65W
+Panel tylny: • USB3.0 (dotykowy) x 1 • USB Typ C x 1 • Wejście HDMI 1/2 x 2 • Wyjście HDMI x 1 • DP x 1 • USB 3.0 x2 • USB 2.0 (Android) x 1 • RS-232 x 1 • słuchawki x 1 • wyjście SPDIF x 1 • audio-VGA x 1 • VGA x 1 • gniazdo OPS x 1 (4K przy 60 Hz) • Wejście sieciowe LAN RJ45/8P8C x 1 • Wyjście sieciowe LAN RJ45/8P8C x 1
+Obsługa HDCP (Cyfrowa ochrona treści przed kopiowanie)
+Głośniki: przód 2 x 20 W
+Mikrofon: Tak (8 macierzy, 10m, nagrywanie, redukcja pogłosu)
+Podział ekranu: Tak/dowolne 2 aplikacje - nowość
+Udostępnianie ekranu: Tak
+Obsługiwane pliki: Full
+Wbudowany pakiet OFFICE: Tak
+Obsługiwane pliki video: Full
+FUNKCJE TABLICY
+Pisanie - rysik, palec dłoń: Tak
+Wysokość pisania: 1,5 mm
+Czas reakcji (pisanie): ≤ 3,3 ms
+Funkcja Painting
+Funkcje rozpoznawania i zamiana pisania i figur geometrycznych: Tak
+Autokształty: Tak
+Funkcja notatki: Tak
+Gadżety: stoper, minutnik spotlight
+Przybory geometryczne: TAK - linijka, ekierka, kątomierz
+Podział tablicy: Tak
+Zapis aktywnej tablicy: Tak
+YOUTUBE w Tablicy: Tak
+Własne Wideo w Tablicy: Tak
+Wyszukiwanie obrazów: Tak
+Powierzchnia ekranu monitora jest matowa, antyodblaskowa.
+Zawartość:
+	pilot, 1 szt.
+	pisak, 2 szt.
+	przewód zasilający 3m, 1 szt.
+	przewód USB-C 65W dł - 2m, 1 szt.
+	przewód USB 2.0 A-B -3M, 1 szt.
+	przewód HDMI 2.0 dł - 3m, 1 szt.
+</t>
   </si>
   <si>
     <t>256086</t>
   </si>
   <si>
     <t>Krzesło Colores obrotowe z reg.  wys. czerwone</t>
   </si>
   <si>
     <t>Krzesło o nowoczesnym wzornictwie, posiadające wiele zalet. Siedzisko i oparcie połączone w jedną całość, wykonane z tworzywa sztucznego. Dzięki swojej sprężystości oparcie w naturalny sposób dostosowuje się do pleców dziecka. Otwór w oparciu krzesła to doskonały uchwyt do przestawiania krzesła z miejsca na miejsce. Odporne na zabrudzenia i wilgoć. Na powierzchni siedziska zastosowano system antypoślizgowy zabezpieczający przed zsunięciem się dziecka. Stelaż krzesła wyposażony w mechanizm regulacji wysokości. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • wys. siedziska od 38 do 51 cm</t>
   </si>
   <si>
     <t>096877K</t>
   </si>
   <si>
-    <t>Drzwi Grande wysokie 90 st. z zamkiem 2 szt. - białe</t>
-[...2 lines deleted...]
-    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90 stopni i zastosowano w nich mechanizm cichego domyku. Wyposażone w zamek. Pasują do regałów L (096900, 096900W, 096901, 096901W) i nadstawek L (096892, 096892W, 096893, 096893W). • 2 szt. • wym. 40,5 x 105,3 cm</t>
+    <t>Drzwi Grande wysokie 90 st. z zamkiem 2 szt. – białe</t>
+  </si>
+  <si>
+    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90° i zastosowano w nich mechanizm cichego domyku. Wyposażone w zamek. Pasują do regałów L (096900, 096900W, 096901, 096901W) i nadstawek L (096892, 096892W, 096893, 096893W). • 2 szt. • wym. 40,50 x 105,30 cm</t>
   </si>
   <si>
     <t>256091</t>
   </si>
   <si>
     <t>Krzesło Colores rozm. 5 szare, stelaż aluminium</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -330,51 +455,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97a6a7445be90d9905ccf0985ca4ea2d1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/213ab5c52a58caf1cbf73103832531ff2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba7e288d8cac2b05a170fa38044ac8bc3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71fb61971d54068a99da4ab61def54574.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfdd9ebcaef4f73cee97992fb0b7da7a5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84f05b5cc7282a19be9152e7a79f93306.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ad012872e8fb7fa2eb9634d0ff966527.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3406f6bc71740ac25d08215033652d18.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67898bc353f001c15c0e55eac6b3003f9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b929b7fefdbf946a449c3429e6e0e50610.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16bd632acf894c9d6f0188dbc819c85911.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ea582415131a50d1a944b37b7d77a4512.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bcaad3a22b4890f9ab8ccf2836e7e3513.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ab77182267bc3f6748704b33157429a14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8b9291b7658eb5a2f36d65a9346f6ef15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72553a55240f23520a1d99b8f01754ae16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dac8b754e0b4aa31368e79687459b3b17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a6c0951d39b96f6b367d2e9559129e818.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bce1949fb8b39d6a4f751f2346e480519.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e360e29b2d1f8b0a0eaef9bc57672b0d1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ae21cffd7f27c036ea5c716ea9a92c22.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a493cfa85bd41dbea387d92b92bd5ca63.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2296a989d7ded0468a672d433a7652d74.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62797365f3aaab1bab944d4a2cfc07285.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e515925a6070c0a234e44de125064766.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817d526ff0d0c420ccad68e7ef2ae05a7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eb8ad892c4e8ed16ad0c4dbf6156b5f8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60f95bf1d4fd65e703a71bf426597b4f9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d162078f3b2a68546cbbc51d47ef29610.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03745d2477f622cd07d1af3d6c7579a711.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfb5855c84a6bdf638e229e84ccd114d12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd85fa2eadf5aceea518fd14a8981a4d13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62525983f93a9d5055cea645289ff08614.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fd65d30d0392e7a8fd2eec6a06bcac015.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c288fc21fa5eabd7aed34a28936441f16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f2a6aba8110f9eefd9dd14b920f1b9a17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/181a5717040fe263b956fc80b700911818.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/962ef280a0a96856b2a5ba316b61f70a19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52de50340ce4d061d7893e594674752020.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5000625" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-GR-0002" descr="Klasa szkolna IV-VIII Grande"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -615,327 +740,357 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="372054" descr="372054"/>
+        <xdr:cNvPr id="10" name="085603-0VAT" descr="085603-0VAT"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="372014" descr="372014"/>
+        <xdr:cNvPr id="11" name="372054" descr="372054"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="ZEST5863" descr="ZEST5863"/>
+        <xdr:cNvPr id="12" name="372014" descr="372014"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="096874K" descr="096874K"/>
+        <xdr:cNvPr id="13" name="ZEST5863" descr="ZEST5863"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="096982" descr="096982"/>
+        <xdr:cNvPr id="14" name="096874K" descr="096874K"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="096901W" descr="096901W"/>
+        <xdr:cNvPr id="15" name="096982" descr="096982"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="MZEST0018" descr="MZEST0018"/>
+        <xdr:cNvPr id="16" name="096901W" descr="096901W"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="256086" descr="256086"/>
+        <xdr:cNvPr id="17" name="MZEST0018" descr="MZEST0018"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="096877K" descr="096877K"/>
+        <xdr:cNvPr id="18" name="256086" descr="256086"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="256091" descr="256091"/>
+        <xdr:cNvPr id="19" name="096877K" descr="096877K"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>190500</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="256091" descr="256091"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1202,54 +1357,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G25"/>
+  <dimension ref="A1:G26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F25" sqref="F25:G25"/>
+      <selection activeCell="F26" sqref="F26:G26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="3"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
@@ -1450,254 +1605,275 @@
       <c r="D13" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E13" s="8">
         <v>1</v>
       </c>
       <c r="F13" s="10">
         <v>389.9</v>
       </c>
       <c r="G13" s="11">
         <v>389.9</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="80">
       <c r="A14" s="7"/>
       <c r="B14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>33</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>34</v>
       </c>
       <c r="E14" s="8">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F14" s="10">
-        <v>53.9</v>
+        <v>5691.0</v>
       </c>
       <c r="G14" s="11">
-        <v>215.6</v>
+        <v>5691.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="80">
       <c r="A15" s="7"/>
       <c r="B15" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>36</v>
       </c>
       <c r="D15" s="9" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="E15" s="8">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F15" s="10">
-        <v>71.9</v>
+        <v>53.9</v>
       </c>
       <c r="G15" s="11">
-        <v>575.2</v>
+        <v>215.6</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="80">
       <c r="A16" s="7"/>
       <c r="B16" s="8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="E16" s="8">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F16" s="10">
-        <v>1239.3</v>
+        <v>71.9</v>
       </c>
       <c r="G16" s="11">
-        <v>1239.3</v>
+        <v>575.2</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="80">
       <c r="A17" s="7"/>
       <c r="B17" s="8" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>41</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>42</v>
       </c>
       <c r="E17" s="8">
         <v>1</v>
       </c>
       <c r="F17" s="10">
-        <v>265.9</v>
+        <v>1239.3</v>
       </c>
       <c r="G17" s="11">
-        <v>265.9</v>
+        <v>1239.3</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="80">
       <c r="A18" s="7"/>
       <c r="B18" s="8" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>44</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>45</v>
       </c>
       <c r="E18" s="8">
         <v>1</v>
       </c>
       <c r="F18" s="10">
-        <v>2499.9</v>
+        <v>265.9</v>
       </c>
       <c r="G18" s="11">
-        <v>2499.9</v>
+        <v>265.9</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="80">
       <c r="A19" s="7"/>
       <c r="B19" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>47</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>48</v>
       </c>
       <c r="E19" s="8">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F19" s="10">
-        <v>659.9</v>
+        <v>2499.9</v>
       </c>
       <c r="G19" s="11">
-        <v>1979.7</v>
+        <v>2499.9</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="80">
       <c r="A20" s="7"/>
       <c r="B20" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>50</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>51</v>
       </c>
       <c r="E20" s="8">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F20" s="10">
-        <v>29999.8</v>
+        <v>659.9</v>
       </c>
       <c r="G20" s="11">
-        <v>29999.8</v>
+        <v>1979.7</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="80">
       <c r="A21" s="7"/>
       <c r="B21" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>53</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>54</v>
       </c>
       <c r="E21" s="8">
         <v>1</v>
       </c>
       <c r="F21" s="10">
-        <v>719.9</v>
+        <v>29999.8</v>
       </c>
       <c r="G21" s="11">
-        <v>719.9</v>
+        <v>29999.8</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="80">
       <c r="A22" s="7"/>
       <c r="B22" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>56</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>57</v>
       </c>
       <c r="E22" s="8">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F22" s="10">
-        <v>315.9</v>
+        <v>719.9</v>
       </c>
       <c r="G22" s="11">
-        <v>1263.6</v>
+        <v>719.9</v>
       </c>
     </row>
     <row r="23" spans="1:7" customHeight="1" ht="80">
       <c r="A23" s="7"/>
       <c r="B23" s="8" t="s">
         <v>58</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>59</v>
       </c>
       <c r="D23" s="9" t="s">
+        <v>60</v>
+      </c>
+      <c r="E23" s="8">
+        <v>4</v>
+      </c>
+      <c r="F23" s="10">
+        <v>315.9</v>
+      </c>
+      <c r="G23" s="11">
+        <v>1263.6</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" customHeight="1" ht="80">
+      <c r="A24" s="7"/>
+      <c r="B24" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C24" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="D24" s="9" t="s">
         <v>28</v>
       </c>
-      <c r="E23" s="8">
+      <c r="E24" s="8">
         <v>9</v>
       </c>
-      <c r="F23" s="10">
+      <c r="F24" s="10">
         <v>399.9</v>
       </c>
-      <c r="G23" s="11">
+      <c r="G24" s="11">
         <v>3599.1</v>
       </c>
     </row>
-    <row r="25" spans="1:7">
-[...4 lines deleted...]
-        <v>56698.2</v>
+    <row r="26" spans="1:7">
+      <c r="F26" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="G26" s="12">
+        <v>62389.2</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 