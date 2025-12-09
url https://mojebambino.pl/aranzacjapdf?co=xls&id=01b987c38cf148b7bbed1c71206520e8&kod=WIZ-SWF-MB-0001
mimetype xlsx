--- v0 (2025-10-10)
+++ v1 (2025-12-09)
@@ -20,123 +20,123 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>WIZ-SWF-MB-0001 Sala ruchu</t>
   </si>
   <si>
-    <t>z dnia 2025-10-10 17:24:28</t>
+    <t>z dnia 2025-12-09 10:57:00</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>096950</t>
   </si>
   <si>
     <t>Kącik małego alpinisty</t>
   </si>
   <si>
     <t>Kącik dla małego miłośnika gór, ze zjeżdżalnią i ścianką, po której można się wspinać. Stonowane kolory sprawiają, że będzie pasował do każdego wnętrza i umili najmłodszym zabawę w przedszkolu. Dodatkową atrakcję stanowią przesuwanki, zjeżdżalnia, lustro i duża aplikacja misia, którego brzuch pokryty jest futerkiem. Kącik wykonany z lakierowanej sklejki o gr. 18 mm, drewna, płyty laminowanej oraz kolorowej płyty MDF, ślizg zjeżdżalni wykonany z lakierowanej sklejki o gr. 18 mm pokrytej laminatem HPL. Konieczne kotwiczenie do podłoża. • wym. 209,2 x 186 x 209,5 cm • wys. barierek 135 cm • wys. podestów 45 i 60 cm • wym. ścianki wspinaczkowej 59,5 x 86 cm • wym. podestów 55 x 72 cm i 66 x 123 cm • wym. zjeżdżalni 46 x 132,5 cmWskazane jest zabezpieczenie przed upadkiem powierzchni wokół zjeżdżalni (materace antypoślizgowe: 101322-101327, 101337-101342, 101758, sprzedawane osobno).Zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!OSTRZEŻENIE: W przypadku dzieci poniżej 3 lat wymagany jest nadzór osoby dorosłej.</t>
   </si>
   <si>
     <t>101776</t>
   </si>
   <si>
     <t>Basen 2 x 3 m, wys. 60 cm</t>
   </si>
   <si>
-    <t>Basen wykonany z tkaniny poliestrowej (Kodura-Nylon). Schody ze zjeżdżalnią (101779 - do basenów o wys. 60 cm lub 101828 - do basenów o wys. 45 cm) sprzedawane osobno. • gr. podłogi 2 mm• wym. 2 x 3 m • wys. 60 cm • 4000 piłeczek o śr. 8 cm• Czyścić miękką szmatką/gąbką i łagodną wodą z mydłem (temperatura maks. 30°C), w razie potrzeby użyć łagodnego środka czyszczącego lub płynu do mycia naczyń. Nie używaj agresywnych, chemicznych środków czyszczących ani wybielaczy na bazie rozpuszczalników!• od 2 lat</t>
+    <t>Basen wykonany z tkaniny poliestrowej (Kodura-Nylon). Schody ze zjeżdżalnią (101779 – do basenów o wys. 60 cm lub 101828 – do basenów o wys. 45 cm) sprzedawane osobno. • gr. podłogi 2 mm• wym. 2 x 3 m • wys. 60 cm • 4000 piłeczek o śr. 8 cm• Czyścić miękką szmatką/gąbką i łagodną wodą z mydłem (temperatura maks. 30°C), w razie potrzeby użyć łagodnego środka czyszczącego lub płynu do mycia naczyń. Nie używaj agresywnych, chemicznych środków czyszczących ani wybielaczy na bazie rozpuszczalników!• od 2 latSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101830</t>
   </si>
   <si>
-    <t>Zestaw piankowy Mobaklocki 3 - MED</t>
-[...2 lines deleted...]
-    <t>Mobaklocki wykonane z pianki. Pokryte trwałą i zmywalną tkaniną meditap. Można je łączyć w tory przeszkód, jak również tworzyć przestrzenne konstrukcje. • wym. najmniejszego elem. 30 x 30 x 15 cm • wym. największego elem. 30 x 30 x 90 cm • 10 szt. • wyrób medyczny - klasa I</t>
+    <t>Zestaw piankowy Mobaklocki 3 – MED</t>
+  </si>
+  <si>
+    <t>Mobaklocki wykonane z pianki. Pokryte trwałą i zmywalną tkaniną. Można je łączyć w tory przeszkód, jak również tworzyć przestrzenne konstrukcje. • wym. najmniejszego elem. 30 x 30 x 15 cm • wym. największego elem. 30 x 30 x 90 cm • 10 szt. • wyrób medyczny - klasa ISpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>834088</t>
   </si>
   <si>
     <t>Legvan zestaw 2</t>
   </si>
   <si>
     <t>Propozycje zestawów siedzisk z kolekcji Legvan, która została zaprojektowana dla stref komunikacyjnych i przestrzeni wnętrz publicznych. Siedzisko i oparcie tapicerowane odporną na ścieranie tkaniną poliestrową (100 000 cykli). Tkanina posiada badania na trudnozapalność m. in: BS EN 1021-1, BS EN 1021-2, BS 7176 Medium Hazard. Stelaż malowany proszkowo. • wys. siedziska 44 cm • wys. z oparciem 73 cm • gł. 76 cm• dł. zestawu 200 cm • szer. zest 200 cm</t>
   </si>
   <si>
     <t>096943</t>
   </si>
   <si>
-    <t>Ścianka wspinaczkowa - jaskinia</t>
-[...2 lines deleted...]
-    <t>Kolorowe ścianki wspinaczkowe zachęcą dzieci do aktywności ruchowej i wspólnej zabawy. Wspinaczka świetnie rozwija koordynację i równowagę. Ścianki wykonane ze sklejki o gr. 18 mm. Uchwyty z tworzywa sztucznego w różnych kolorach i kształtach. Ścianka wspinaczkowa złożona z 2 elementów. Ścianka dodatkowo wyposażona w dzwonki-rurki w górnej części. • wym. 187 x 167 cmInstrukcja montażu ścianek wspinaczkowych 096943-096945:• Nie montować na lekkich ścianach (płytach gipsowo-kartonowych).• Wszystkie moduły są indywidualnie mocowane do ściany• Moduły można także montować indywidualnie na różnych ścianach• Uchwyty wspinaczkowe są wstępnie zmontowane</t>
+    <t>Ścianka wspinaczkowa – jaskinia</t>
+  </si>
+  <si>
+    <t>Kolorowe ścianki wspinaczkowe zachęcą dzieci do aktywności ruchowej i wspólnej zabawy. Wspinaczka świetnie rozwija koordynację i równowagę. Ścianki wykonane ze sklejki o gr. 18 mm. Uchwyty z tworzywa sztucznego w różnych kolorach i kształtach. Ścianka wspinaczkowa złożona z 2 elementów. Ścianka dodatkowo wyposażona w dzwonki-rurki w górnej części. • wym. 187 x 167 cmInstrukcja montażu ścianek wspinaczkowych 096943-096945:• Nie montować na lekkich ścianach (płytach gipsowo-kartonowych).• Wszystkie moduły są indywidualnie mocowane do ściany• Moduły można także montować indywidualnie na różnych ścianach• Uchwyty wspinaczkowe są wstępnie zmontowaneSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101655</t>
   </si>
   <si>
     <t>Materac kwadratowy - szary</t>
   </si>
   <si>
-    <t>Kwadratowe materace piankowe pokryte trwałą tkaniną meditap. • wym. 60 x 60 x 7 cm</t>
+    <t>Kwadratowe materace piankowe pokryte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 60 x 60 x 7 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -214,51 +214,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4af879e5db429f2938a27864800043801.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fad5522263725b44b0b05744a0f6c952.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3470948aff922fc36cbd990f604a99483.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301d70d41975b8ad7c0c7d52e1e0bf9d4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/574dfb2a56616ea2e1e5cd64b7ee35205.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a983643ef8dbcbd3eda76b97e608b74c6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01c6cc02150d46da86072b7d93a6f51d7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3ba0a0873d18019cdc0141a791ae5251.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d878998ce264c90c8a80a83ac47e4da32.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23a86d1800d32339ca652b9e77a79f703.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5f2a54499245640f10556cc71b3631c4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/906f47d1529a707c235fcb222d2847f85.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd869835bbc86bcb9efbeaffb9b7c14e6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff10b32e41a7f5e64174dcb1f44a69817.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5715000" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SWF-MB-0001" descr="Sala ruchu"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>